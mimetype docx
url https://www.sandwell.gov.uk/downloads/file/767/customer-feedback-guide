--- v0 (2025-10-08)
+++ v1 (2026-03-12)
@@ -896,166 +896,144 @@
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3535680" cy="425450"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3CA727C3" w14:textId="3716EA0D" w:rsidR="00941E25" w:rsidRPr="00941E25" w:rsidRDefault="00AF079B">
+                          <w:p w14:paraId="3CA727C3" w14:textId="421DAC4C" w:rsidR="00941E25" w:rsidRPr="00941E25" w:rsidRDefault="00AF079B">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>Complaints Policy upd</w:t>
                             </w:r>
                             <w:r w:rsidR="001A161B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">ated </w:t>
                             </w:r>
-                            <w:r w:rsidR="00396A9E">
+                            <w:r w:rsidR="009A7B49">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>July</w:t>
-[...8 lines deleted...]
-                              <w:t xml:space="preserve"> 2025</w:t>
+                              <w:t>March 2026</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="11048E0E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:227.2pt;margin-top:94.2pt;width:278.4pt;height:33.5pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMaVzd+wEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IdK3UEy0GaNEWB&#10;9AGk/YA1RVlESS5L0pbSr++SUhyjvRXVgVhytcOd2eHmejCaHaUPCm3NF7M5Z9IKbJTd1/z7t/s3&#10;a85CBNuARitr/iQDv96+frXpXSWX2KFupGcEYkPVu5p3MbqqKILopIEwQyctJVv0BiJt/b5oPPSE&#10;bnSxnM8vix594zwKGQKd3o1Jvs34bStF/NK2QUama069xbz6vO7SWmw3UO09uE6JqQ34hy4MKEuX&#10;nqDuIAI7ePUXlFHCY8A2zgSaAttWCZk5EJvF/A82jx04mbmQOMGdZAr/D1Z8Pj66r57F4R0ONMBM&#10;IrgHFD8Cs3jbgd3LG++x7yQ0dPEiSVb0LlRTaZI6VCGB7PpP2NCQ4RAxAw2tN0kV4skInQbwdBJd&#10;DpEJOrwoL8rLNaUE5VbLclXmqRRQPVc7H+IHiYaloOaehprR4fgQYuoGqudf0mUW75XWebDasr7m&#10;V+WyzAVnGaMi+U4rU/P1PH2jExLJ97bJxRGUHmO6QNuJdSI6Uo7DbmCqmSRJIuyweSIZPI42o2dB&#10;QYf+F2c9Wazm4ecBvORMf7Qk5dVitUqezJtV+XZJG3+e2Z1nwAqCqnnkbAxvY/bxSPmGJG9VVuOl&#10;k6llsk4WabJ58ub5Pv/18hi3vwEAAP//AwBQSwMEFAAGAAgAAAAhAIflEiPcAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj01PwzAMhu9I+w+RkXZjCVMzldJ0mkC7ghgfEres8dqKxqmabC3/HnOC&#10;o/1ar5+n3M6+FxccYxfIwO1KgUCqg+uoMfD2ur/JQcRkydk+EBr4xgjbanFV2sKFiV7wckiN4BKK&#10;hTXQpjQUUsa6RW/jKgxInJ3C6G3icWykG+3E5b6Xa6U20tuO+ENrB3xosf46nL2B96fT50emnptH&#10;r4cpzEqSv5PGLK/n3T2IhHP6O4ZffEaHipmO4Uwuit4AiyTe5nkGgmOtN2xyNLDWOgNZlfK/QPUD&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATGlc3fsBAADUAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh+USI9wAAAAIAQAADwAAAAAAAAAAAAAA&#10;AABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="11048E0E" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:227.2pt;margin-top:94.2pt;width:278.4pt;height:33.5pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMaVzd+wEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IdK3UEy0GaNEWB&#10;9AGk/YA1RVlESS5L0pbSr++SUhyjvRXVgVhytcOd2eHmejCaHaUPCm3NF7M5Z9IKbJTd1/z7t/s3&#10;a85CBNuARitr/iQDv96+frXpXSWX2KFupGcEYkPVu5p3MbqqKILopIEwQyctJVv0BiJt/b5oPPSE&#10;bnSxnM8vix594zwKGQKd3o1Jvs34bStF/NK2QUama069xbz6vO7SWmw3UO09uE6JqQ34hy4MKEuX&#10;nqDuIAI7ePUXlFHCY8A2zgSaAttWCZk5EJvF/A82jx04mbmQOMGdZAr/D1Z8Pj66r57F4R0ONMBM&#10;IrgHFD8Cs3jbgd3LG++x7yQ0dPEiSVb0LlRTaZI6VCGB7PpP2NCQ4RAxAw2tN0kV4skInQbwdBJd&#10;DpEJOrwoL8rLNaUE5VbLclXmqRRQPVc7H+IHiYaloOaehprR4fgQYuoGqudf0mUW75XWebDasr7m&#10;V+WyzAVnGaMi+U4rU/P1PH2jExLJ97bJxRGUHmO6QNuJdSI6Uo7DbmCqmSRJIuyweSIZPI42o2dB&#10;QYf+F2c9Wazm4ecBvORMf7Qk5dVitUqezJtV+XZJG3+e2Z1nwAqCqnnkbAxvY/bxSPmGJG9VVuOl&#10;k6llsk4WabJ58ub5Pv/18hi3vwEAAP//AwBQSwMEFAAGAAgAAAAhAIflEiPcAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj01PwzAMhu9I+w+RkXZjCVMzldJ0mkC7ghgfEres8dqKxqmabC3/HnOC&#10;o/1ar5+n3M6+FxccYxfIwO1KgUCqg+uoMfD2ur/JQcRkydk+EBr4xgjbanFV2sKFiV7wckiN4BKK&#10;hTXQpjQUUsa6RW/jKgxInJ3C6G3icWykG+3E5b6Xa6U20tuO+ENrB3xosf46nL2B96fT50emnptH&#10;r4cpzEqSv5PGLK/n3T2IhHP6O4ZffEaHipmO4Uwuit4AiyTe5nkGgmOtN2xyNLDWOgNZlfK/QPUD&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATGlc3fsBAADUAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh+USI9wAAAAIAQAADwAAAAAAAAAAAAAA&#10;AABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3CA727C3" w14:textId="3716EA0D" w:rsidR="00941E25" w:rsidRPr="00941E25" w:rsidRDefault="00AF079B">
+                    <w:p w14:paraId="3CA727C3" w14:textId="421DAC4C" w:rsidR="00941E25" w:rsidRPr="00941E25" w:rsidRDefault="00AF079B">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>Complaints Policy upd</w:t>
                       </w:r>
                       <w:r w:rsidR="001A161B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">ated </w:t>
                       </w:r>
-                      <w:r w:rsidR="00396A9E">
+                      <w:r w:rsidR="009A7B49">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t>July</w:t>
-[...8 lines deleted...]
-                        <w:t xml:space="preserve"> 2025</w:t>
+                        <w:t>March 2026</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk167185058" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:id w:val="-1766532299"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
@@ -1748,103 +1726,145 @@
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>…………………………………………………………………………</w:t>
           </w:r>
           <w:r w:rsidR="0069290C">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>6</w:t>
           </w:r>
           <w:r w:rsidRPr="00EE6DC2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="64A0CA3F" w14:textId="54708B65" w:rsidR="004F0CDF" w:rsidRPr="00ED0C4A" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
+        <w:p w14:paraId="64A0CA3F" w14:textId="54708B65" w:rsidR="004F0CDF" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
           <w:pPr>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00EE6DC2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Stage</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00EE6DC2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>…………………………………………………..…………………………………</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>……………..</w:t>
           </w:r>
           <w:r w:rsidR="0069290C">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>7</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="307BEB60" w14:textId="357ECCD1" w:rsidR="009A7B49" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="004F0CDF">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00E9272F">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>Adult Social Care Complaints</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E9272F">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>Procedure……</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>……………………………..7</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="077BD078" w14:textId="3753382D" w:rsidR="004F0CDF" w:rsidRPr="00501BB3" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc95140940" w:history="1">
             <w:r w:rsidRPr="00501BB3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -1991,74 +2011,84 @@
               </w:rPr>
               <w:t>Putting things right - remedies and redress</w:t>
             </w:r>
             <w:r w:rsidRPr="00501BB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0069290C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CBC73A3" w14:textId="48D2C9C1" w:rsidR="004F0CDF" w:rsidRPr="00501BB3" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
+        <w:p w14:paraId="3CBC73A3" w14:textId="31B32070" w:rsidR="004F0CDF" w:rsidRPr="00501BB3" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc95140944" w:history="1">
             <w:r w:rsidRPr="00501BB3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Statutory Complaints - Children’s Service and Adult Social Care</w:t>
+              <w:t xml:space="preserve">Statutory Complaints - Children’s Service and </w:t>
+            </w:r>
+            <w:r w:rsidR="009A7B49">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Public Health</w:t>
             </w:r>
             <w:r w:rsidRPr="00501BB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0069290C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -2277,161 +2307,161 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0069290C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E805D2C" w14:textId="40C2D9CC" w:rsidR="004F0CDF" w:rsidRPr="00501BB3" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
+        <w:p w14:paraId="3E805D2C" w14:textId="2DB4C472" w:rsidR="004F0CDF" w:rsidRPr="00501BB3" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc95140949" w:history="1">
             <w:r w:rsidRPr="00501BB3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>How long the Council will keep your records</w:t>
             </w:r>
             <w:r w:rsidRPr="00501BB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0069290C">
+            <w:r w:rsidR="00155E71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5D834935" w14:textId="05E7FD81" w:rsidR="004F0CDF" w:rsidRPr="00501BB3" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
+        <w:p w14:paraId="5D834935" w14:textId="7BED3AFA" w:rsidR="004F0CDF" w:rsidRPr="00501BB3" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc95140950" w:history="1">
             <w:r w:rsidRPr="00501BB3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Whistle Blowing Policy</w:t>
             </w:r>
             <w:r w:rsidRPr="00501BB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0069290C">
+            <w:r w:rsidR="00155E71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="109C697F" w14:textId="6A28BB47" w:rsidR="004F0CDF" w:rsidRPr="00501BB3" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc95140951" w:history="1">
             <w:r w:rsidRPr="00501BB3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2494,51 +2524,50 @@
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="65092C2E" w14:textId="77777777" w:rsidR="004762BA" w:rsidRDefault="004762BA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BF0CD22" w14:textId="373CEAAE" w:rsidR="00D31EA6" w:rsidRDefault="004F0CDF" w:rsidP="004F0CDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="16DBFA53" w14:textId="77777777" w:rsidR="00D210F5" w:rsidRPr="007312F7" w:rsidRDefault="00D210F5" w:rsidP="007312F7"/>
     <w:p w14:paraId="101F0657" w14:textId="77777777" w:rsidR="00927ACC" w:rsidRPr="0075386E" w:rsidRDefault="00927ACC" w:rsidP="00AB2024">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc95140932"/>
       <w:r w:rsidRPr="0075386E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="1142F653" w14:textId="77777777" w:rsidR="00927ACC" w:rsidRPr="00B354E3" w:rsidRDefault="00927ACC" w:rsidP="00AB2024">
       <w:pPr>
@@ -2827,51 +2856,69 @@
       <w:r w:rsidRPr="00B354E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> staff or those acting on its behalf.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70D0653D" w14:textId="4F80B5A4" w:rsidR="00927ACC" w:rsidRPr="00B354E3" w:rsidRDefault="00927ACC" w:rsidP="00AB2024">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B354E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A request for a service, a comment or a suggestion are all distinct from a complaint. The Council will deal</w:t>
+        <w:t xml:space="preserve">A request for a service, a comment or a suggestion </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B354E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B354E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all distinct from a complaint. The Council will deal</w:t>
       </w:r>
       <w:r w:rsidR="00756764" w:rsidRPr="00B354E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B354E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with notifications of a single service failure as a service request, for example, a report of a missed refuse</w:t>
       </w:r>
       <w:r w:rsidR="00756764" w:rsidRPr="00B354E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4168,51 +4215,72 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Customer Feedback Team</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED0C4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>Sandwell Council</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED0C4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
-        <w:t>Roway Lane</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED0C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Roway</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lane</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED0C4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>Oldbury</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED0C4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>B69 3ES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3136DC6A" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
@@ -4641,66 +4709,66 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> here.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="101CABF5" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="0075386E" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc95140939"/>
       <w:r w:rsidRPr="0075386E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>How the Council will deal with your complaint - Formal Stage</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="36FD7EFE" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="0075386E" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+    <w:p w14:paraId="36FD7EFE" w14:textId="1ECFCCA2" w:rsidR="00C12867" w:rsidRPr="0075386E" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075386E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The Corporate Complaints process consists of 2 stages except for Children’s, Adult and Public Health Complaints:</w:t>
+        <w:t>The Corporate Complaints process consists of 2 stages except for Children’s and Public Health Complaints:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51CF26B4" w14:textId="77777777" w:rsidR="00C12867" w:rsidRDefault="00C12867" w:rsidP="0075386E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="130C9EAF" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="0075386E" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075386E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4929,116 +4997,498 @@
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The investigating officer will review the entire case, such as the original complaint, any background information relating to the complaint matter,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the response provided at Stage One and any other information which has relevance to the complaint.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4788F17D" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+    <w:p w14:paraId="4788F17D" w14:textId="437AE859" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The timeframe to respond to a Stage Two complaint is 20 working days from the date of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>acknowledgement</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> except for Children Trust and Adult Services. We will agree an extension to this timescale with the complainant if required.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="37728A2C" w14:textId="47606065" w:rsidR="00382A55" w:rsidRDefault="00382A55">
+        <w:t xml:space="preserve"> except for Children Trust and</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A7B49" w:rsidRPr="00577A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public Health</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5145">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We will agree an extension to this timescale with the complainant if required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D18D47" w14:textId="77777777" w:rsidR="001C2EAE" w:rsidRDefault="001C2EAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="7397D812" w14:textId="77777777" w:rsidR="001C2EAE" w:rsidRDefault="001C2EAE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2EAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Adult Social Care Complaints Procedure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773F9286" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You may want to talk about your concerns informally with the staff or manager of the service you are complaining about. We encourage you to do this, as you may be able to sort out the problem at this stage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE514EA" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Similarly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if you ring to register your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>complaint</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we will ask an officer to contact you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> try and sort the matter out to your satisfaction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B60471F" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you find you cannot sort out the problem within 48 hours (two days) of making the complaint, you can then contact </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the matter will be dealt with formally.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1795629B" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ways of logging a complaint for Adult Social Care</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F48ED4" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Online: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00E9272F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Contact us online via MySandwell</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Email: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00E9272F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>customer_services@sandwell.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Phone: 0121 569 7867</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Write in: Customer Feedback Team, Sandwell Council, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roway</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lane, Oldbury, B69 3ES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39182F89" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Formal stage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE47069" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We will acknowledge your complaint and give you the details of the officer who will investigate and respond to it. The investigating officer will be independent of the service area you are complaining about. They will contact you to discuss your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">complaint and agree your complaint and desired outcomes. You will be asked to review and agree the complaints/desired outcomes.  Once this has been agreed with you officers will aim to investigate and issue a response within 30 working days.  If they need more time they will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B95D96" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Once they have investigated your complaint they will send you a written response. This will advise you that if you are not satisfied with the response you can go to the Local Government Ombudsman.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77089452" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRPr="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E9272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You may also be interested in...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2EF62B" w14:textId="77777777" w:rsidR="00E9272F" w:rsidRDefault="00E9272F" w:rsidP="00E9272F">
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00E9272F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>The Adult Social Care annual complaints feedback report 2023-24</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="74D0FDF2" w14:textId="77777777" w:rsidR="00F613C2" w:rsidRPr="00E9272F" w:rsidRDefault="00F613C2" w:rsidP="00E9272F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EBD06ED" w14:textId="673BEB64" w:rsidR="00C12867" w:rsidRPr="00F613C2" w:rsidRDefault="00C12867" w:rsidP="00F613C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc95140940"/>
+      <w:r w:rsidRPr="00F613C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Local Government and Social Care Ombudsman and the Housing Ombudsman Service</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="44BF97B3" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the complainant remains dissatisfied with the response following the Stage Two response, they can escalate their complaint to the Local Government and Social Care Ombudsman Service or the Housing Ombudsman Service. These free to use services are external to Sandwell MBC. Contact details for the appropriate body will be provided in the Council’s Stage Two response.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="052B938F" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -5108,122 +5558,122 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If you require further information, please click the following links:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A732A4" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Local Government Ombudsman</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214EAA73" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>The Housing Ombudsman</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61EDD4B1" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You can access our Ombudsman Code Self-Assessments by going to the Housing Complaints Performance Data Section on our website. Click the following link to go to our webpage:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1389291F" w14:textId="4819A153" w:rsidR="00382A55" w:rsidRDefault="00C12867" w:rsidP="00C217B1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Complaint Handling Code Self-Assessment form</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1A4ECB0A" w14:textId="77777777" w:rsidR="00382A55" w:rsidRDefault="00382A55">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="261F91A0" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -5327,71 +5777,87 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="23EB9AE4" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a complaint that has already been decided by a court or independent tribunal,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A1D5A0" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+    <w:p w14:paraId="20A1D5A0" w14:textId="50C8630E" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a Statutory complaint about Adult Social Services, Public Health or Children’s Services</w:t>
+        <w:t>a Statutory complaint about</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5145">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public Health or Children’s Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8D28D3" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>allegations of fraud or corruption (which would be more appropriate to be dealt with by the Council’s Anti-Fraud or Whistle Blowing procedure)</w:t>
       </w:r>
     </w:p>
@@ -5660,51 +6126,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enquiries from a MP or Councillor will be handled outside the Complaints process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="373B2B65" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you wish to make a complaint about your Councillor concerning a breach of the Members Code of Conduct.  These types of complaints are investigated by the Council’s Monitoring Officer.  The Monitoring Officer who will be in contact with you within 5 working days to acknowledge your complaint and advise what next steps will be. Please click </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to access the complaint form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73FC7FF4" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
@@ -5910,180 +6376,154 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If any remedy is offered by the Council, this will reflect the impact on the individual as result of any fault identified. The remedy offered will set out what will happen and by when, in agreement with the individual where appropriate. Any remedy proposed is followed through to completion. </w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="_Toc95140944"/>
     </w:p>
     <w:p w14:paraId="06A93191" w14:textId="77777777" w:rsidR="00382A55" w:rsidRDefault="00382A55">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6BC6E2" w14:textId="00CC64FB" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00382A55">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2F6BC6E2" w14:textId="60C65267" w:rsidR="00C12867" w:rsidRPr="00F613C2" w:rsidRDefault="00C12867" w:rsidP="00382A55">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE5145">
-        <w:rPr>
+      <w:r w:rsidRPr="00F613C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Statutory Complaints - Children’s Service and Adult Social Care</w:t>
+        <w:t xml:space="preserve">Statutory Complaints - Children’s Service and </w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
-    </w:p>
-    <w:p w14:paraId="54B9A5DD" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+      <w:r w:rsidR="009A7B49" w:rsidRPr="00F613C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Public Health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B9A5DD" w14:textId="78C4FDEC" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>There is a statutory process laid down by law for handling complaints about Adult Social Care and Public Health and Children’s Services. This includes any relevant service that is commissioned or provided by an external contractor on behalf of the Council.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="711D0059" w14:textId="77777777" w:rsidR="00C12867" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+        <w:t>There is a statutory process laid down by law for handling complaints about Public Health and Children’s Services. This includes any relevant service that is commissioned or provided by an external contractor on behalf of the Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711D0059" w14:textId="3354205F" w:rsidR="00C12867" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE1BAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Adult Social Care or Public Health</w:t>
+        <w:t>Public Health</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE1BAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A35A36" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+    <w:p w14:paraId="00A35A36" w14:textId="39E0EB15" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A statutory adult’s or Public Health complaint is an expression of dissatisfaction in relation to a service provided, action taken or refusal of service by Adult Social Services, Public Health or its commissioned Providers. A complaint must qualify under the Adult’s or Public Health complaints legislation such as the Care Act 2014 or any other relevant legislation.</w:t>
-[...50 lines deleted...]
-      </w:hyperlink>
+        <w:t>A statutory Public Health complaint is an expression of dissatisfaction in relation to a service provided, action taken or refusal of service by Public Health or its commissioned Providers. A complaint must qualify under the Public Health complaints legislation</w:t>
+      </w:r>
+      <w:r w:rsidR="00577A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="557F59B6" w14:textId="77777777" w:rsidR="00C12867" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE1BAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Children’s Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE1BAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -6095,51 +6535,51 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A statutory children’s complaint is an expression of dissatisfaction in relation to the Council’s duties under the Children Act 1989, to ensure children are safeguarded and their welfare is promoted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D0A6A67" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Further information on Sandwell Council’s Children Trust can be found on the website by clicking here</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13A0DF44" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6177,149 +6617,151 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Headteacher and then the Chair of the school’s governing body. You will be informed which procedure you need to follow when making a complaint.</w:t>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="_Toc95140945"/>
     </w:p>
     <w:p w14:paraId="16A2D31B" w14:textId="77777777" w:rsidR="00382A55" w:rsidRDefault="00382A55">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A23F8E" w14:textId="616263FD" w:rsidR="00C12867" w:rsidRPr="000A1B1C" w:rsidRDefault="00C12867" w:rsidP="00382A55">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="09A23F8E" w14:textId="616263FD" w:rsidR="00C12867" w:rsidRPr="00A437AA" w:rsidRDefault="00C12867" w:rsidP="00382A55">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A1B1C">
-        <w:rPr>
+      <w:r w:rsidRPr="00A437AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Housing Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="306CD778" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you wish to make a complaint or a compliment concerning housing, please click into the link below for further information </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1"/>
+      <w:hyperlink r:id="rId34" w:history="1"/>
     </w:p>
     <w:p w14:paraId="5A92E8DD" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Housing Complaint and Compliment Guide</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="50FC510F" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>For information on our housing complaints performance please click on the link below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ABE8011" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Housing Complaints Performance Data</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="79440149" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc95140946"/>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -6371,73 +6813,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="244B2D40" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Compliments about a service you have received from a </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> or a person are always welcome. We will then ensure that the people, or </w:t>
+        <w:t xml:space="preserve">Compliments about a service you have received from a department or a person are always welcome. We will then ensure that the people, or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>service,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> you are complimenting are informed and congratulated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7313A85E" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
@@ -6522,51 +6942,51 @@
     <w:p w14:paraId="2EF41123" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:spacing w:val="4"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en" w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>customer_services@sandwell.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -6623,51 +7043,72 @@
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>SMBC</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>Direct 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
-        <w:t>Roway Lane</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE5145">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Roway</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE5145">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lane</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>Oldbury</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>B69 3ES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DF75466" w14:textId="6EADC5F9" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
@@ -6937,51 +7378,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Further information regarding Unreasonably Persistent behaviour can be found by clicking on the link below:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABD95DB" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Unreasonably Persistent behaviour procedure</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="613C4E96" w14:textId="77777777" w:rsidR="00382A55" w:rsidRDefault="00C12867" w:rsidP="00382A55">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Hlk156303613"/>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -7195,63 +7636,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Council will not share your information with other organisations without your consent, except for organisations that the Council are contracted with or where the Council is required to do so by law.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4F5405" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00AE5145" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="00AE5145">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>If you require further information, click here</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="204FE213" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+    <w:p w14:paraId="204FE213" w14:textId="3E83C51F" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc95140949"/>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>How long the Council will keep your records</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="33A0B07F" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7260,51 +7701,51 @@
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Council will keep information relating to complaints for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">three </w:t>
       </w:r>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>years following closure of the complaint except Children’s, Adult Service and Public Health complaints. Where legal action has been taken, information will be kept for seven years after completion of the action. Following this retention period all information will be destroyed under confidential conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="369FB774" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+    <w:p w14:paraId="369FB774" w14:textId="31120995" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc95140950"/>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Whistle Blowing Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="284DA346" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
@@ -7317,101 +7758,101 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Sandwell Council has a whistleblowing policy and reporting form (also known as a Confidential Reporting Code) to allow people to raise serious concerns on a confidential basis. For further information please click on the links below:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="457D8EDE" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00605E8F">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="en" w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Whistleblowing policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="321A9EF1" wp14:editId="42505FA3">
             <wp:extent cx="152400" cy="152400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Picture 3" descr="http://www.sandwell.gov.uk/site/images/file_type_icons/DOC.gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="http://www.sandwell.gov.uk/site/images/file_type_icons/DOC.gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40">
+                    <a:blip r:embed="rId41">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="152400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -7425,194 +7866,204 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(DOC) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CDEBDB3" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00605E8F">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="en" w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Whistleblowing - reporting form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2071D31F" wp14:editId="49BD1D1C">
             <wp:extent cx="152400" cy="152400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Picture 4" descr="http://www.sandwell.gov.uk/site/images/file_type_icons/DOC.gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="http://www.sandwell.gov.uk/site/images/file_type_icons/DOC.gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40">
+                    <a:blip r:embed="rId41">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="152400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(DOC) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0820812E" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+    <w:p w14:paraId="7922CF61" w14:textId="77777777" w:rsidR="00A437AA" w:rsidRDefault="00A437AA" w:rsidP="00C12867">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc95140951"/>
-      <w:r w:rsidRPr="00605E8F">
+    </w:p>
+    <w:p w14:paraId="49AA97A9" w14:textId="77777777" w:rsidR="00A437AA" w:rsidRPr="00A437AA" w:rsidRDefault="00A437AA" w:rsidP="00A437AA"/>
+    <w:p w14:paraId="0820812E" w14:textId="4F40845D" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00605E8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Reasonable Adjustments Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="62086CA5" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Council is committed to providing excellent customer service and delivering high quality services to our residents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783CD2D9" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">This policy sets out what a reasonable adjustment is, how to make a reasonable adjustment to us, our duties and responsibilities and what considerations we will </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>take into account</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> when reviewing your request</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5071D806" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -7623,69 +8074,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We must take reasonable steps in the way that we work to ensure we are compliant with Equality &amp; Diversity legislation and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A794E7F" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This policy does not seek to explain how we will approach every </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> it is intended as a general statement of our policy and</w:t>
+        <w:t>This policy does not seek to explain how we will approach every situation, it is intended as a general statement of our policy and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC542B0" w14:textId="77777777" w:rsidR="00C12867" w:rsidRPr="00605E8F" w:rsidRDefault="00C12867" w:rsidP="00C12867">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">confirms our commitment to improving accessibility for everybody that we deal </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00605E8F">
@@ -7786,65 +8219,65 @@
       <w:r w:rsidRPr="00605E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CEC5938" w14:textId="728408D2" w:rsidR="006D2AB3" w:rsidRPr="005D079F" w:rsidRDefault="00C12867" w:rsidP="002F11F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="005D079F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Link to Reasonable Adjustment Policy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="006D2AB3" w:rsidRPr="005D079F" w:rsidSect="000A1B1C">
-      <w:headerReference w:type="even" r:id="rId43"/>
+      <w:headerReference w:type="even" r:id="rId44"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="283" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="72522A2D" w14:textId="77777777" w:rsidR="00D52ECD" w:rsidRDefault="00D52ECD" w:rsidP="00CE4557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1D4F7DB4" w14:textId="77777777" w:rsidR="00D52ECD" w:rsidRDefault="00D52ECD" w:rsidP="00CE4557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7923,51 +8356,51 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="302FFB64" w14:textId="77777777" w:rsidR="00D52ECD" w:rsidRDefault="00D52ECD" w:rsidP="00CE4557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1BDE0095" w14:textId="77777777" w:rsidR="00D52ECD" w:rsidRDefault="00D52ECD" w:rsidP="00CE4557">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6CC05D88" w14:textId="45C4636E" w:rsidR="00B354E3" w:rsidRPr="00600254" w:rsidRDefault="00C3509B" w:rsidP="00B354E3">
+  <w:p w14:paraId="6CC05D88" w14:textId="45C4636E" w:rsidR="00B354E3" w:rsidRPr="00600254" w:rsidRDefault="00E46F4F" w:rsidP="00B354E3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="758487576"/>
         <w:placeholder>
           <w:docPart w:val="8002C51E2F7E40F789A2BEBC39806909"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:appearance w15:val="hidden"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00B354E3">
           <w:t>[Type here]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
@@ -10188,248 +10621,263 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00927ACC"/>
     <w:rsid w:val="00015D64"/>
     <w:rsid w:val="00041A22"/>
     <w:rsid w:val="00060CA0"/>
     <w:rsid w:val="000A1B1C"/>
     <w:rsid w:val="000E22DD"/>
     <w:rsid w:val="000F034A"/>
     <w:rsid w:val="00112411"/>
     <w:rsid w:val="00121FA8"/>
     <w:rsid w:val="001308D8"/>
+    <w:rsid w:val="00155E71"/>
     <w:rsid w:val="00162197"/>
     <w:rsid w:val="0018786E"/>
     <w:rsid w:val="00192924"/>
     <w:rsid w:val="001A161B"/>
     <w:rsid w:val="001A560F"/>
     <w:rsid w:val="001B648E"/>
     <w:rsid w:val="001C16AD"/>
+    <w:rsid w:val="001C2EAE"/>
     <w:rsid w:val="001E3115"/>
     <w:rsid w:val="00201C8D"/>
     <w:rsid w:val="00202CA1"/>
     <w:rsid w:val="0024048D"/>
     <w:rsid w:val="00252E93"/>
     <w:rsid w:val="00254364"/>
     <w:rsid w:val="002557E9"/>
     <w:rsid w:val="00264BDC"/>
     <w:rsid w:val="00264D74"/>
     <w:rsid w:val="00280CA1"/>
     <w:rsid w:val="00294152"/>
     <w:rsid w:val="0029575F"/>
     <w:rsid w:val="002B6212"/>
     <w:rsid w:val="002D23B2"/>
     <w:rsid w:val="002E6FD5"/>
     <w:rsid w:val="00302A2F"/>
     <w:rsid w:val="003323D8"/>
     <w:rsid w:val="003422EF"/>
     <w:rsid w:val="00347AB3"/>
     <w:rsid w:val="00354672"/>
     <w:rsid w:val="00362003"/>
     <w:rsid w:val="0037001F"/>
     <w:rsid w:val="00372AE7"/>
     <w:rsid w:val="00382A55"/>
     <w:rsid w:val="0039557A"/>
     <w:rsid w:val="00396A9E"/>
     <w:rsid w:val="00397ACE"/>
     <w:rsid w:val="003B00B3"/>
     <w:rsid w:val="003B69C7"/>
     <w:rsid w:val="003B6D88"/>
     <w:rsid w:val="00406476"/>
     <w:rsid w:val="00410A52"/>
     <w:rsid w:val="0041251D"/>
     <w:rsid w:val="00416683"/>
     <w:rsid w:val="004348F9"/>
     <w:rsid w:val="004359A6"/>
     <w:rsid w:val="00457717"/>
     <w:rsid w:val="004641DA"/>
     <w:rsid w:val="00470139"/>
     <w:rsid w:val="004762BA"/>
     <w:rsid w:val="00484551"/>
     <w:rsid w:val="004A0E2F"/>
     <w:rsid w:val="004A2A76"/>
     <w:rsid w:val="004B0561"/>
     <w:rsid w:val="004B1915"/>
     <w:rsid w:val="004D49B3"/>
     <w:rsid w:val="004F0CDF"/>
     <w:rsid w:val="004F7B17"/>
     <w:rsid w:val="00501BB3"/>
     <w:rsid w:val="00502296"/>
+    <w:rsid w:val="00577A11"/>
+    <w:rsid w:val="00592E21"/>
     <w:rsid w:val="00595460"/>
+    <w:rsid w:val="005B0F77"/>
     <w:rsid w:val="005B2FD7"/>
     <w:rsid w:val="005C0F8F"/>
     <w:rsid w:val="005D079F"/>
+    <w:rsid w:val="005E4E41"/>
     <w:rsid w:val="005F2D22"/>
     <w:rsid w:val="005F34F4"/>
     <w:rsid w:val="00600254"/>
     <w:rsid w:val="00605E8F"/>
     <w:rsid w:val="00614724"/>
     <w:rsid w:val="00645C35"/>
     <w:rsid w:val="00666630"/>
     <w:rsid w:val="00685864"/>
     <w:rsid w:val="00685931"/>
     <w:rsid w:val="0069290C"/>
     <w:rsid w:val="006A6132"/>
     <w:rsid w:val="006B500F"/>
     <w:rsid w:val="006D105F"/>
     <w:rsid w:val="006D2AB3"/>
     <w:rsid w:val="00704CFA"/>
     <w:rsid w:val="0071133F"/>
     <w:rsid w:val="007117A5"/>
     <w:rsid w:val="0071366E"/>
     <w:rsid w:val="0072494F"/>
     <w:rsid w:val="007312F7"/>
     <w:rsid w:val="00744739"/>
     <w:rsid w:val="0074522B"/>
     <w:rsid w:val="00745B88"/>
     <w:rsid w:val="00747474"/>
     <w:rsid w:val="0075386E"/>
     <w:rsid w:val="00756764"/>
     <w:rsid w:val="007576A3"/>
     <w:rsid w:val="00772CC9"/>
     <w:rsid w:val="00786D17"/>
     <w:rsid w:val="007A3B29"/>
     <w:rsid w:val="007A60B1"/>
     <w:rsid w:val="007C2383"/>
+    <w:rsid w:val="008109B2"/>
     <w:rsid w:val="00813C63"/>
     <w:rsid w:val="00815B97"/>
     <w:rsid w:val="008163A5"/>
     <w:rsid w:val="0082180F"/>
     <w:rsid w:val="008344A2"/>
     <w:rsid w:val="00834CF5"/>
     <w:rsid w:val="0086234F"/>
     <w:rsid w:val="0086699A"/>
     <w:rsid w:val="008957CF"/>
     <w:rsid w:val="008B0E12"/>
     <w:rsid w:val="008C3DD6"/>
     <w:rsid w:val="008C7562"/>
     <w:rsid w:val="008F6CCE"/>
     <w:rsid w:val="00911657"/>
     <w:rsid w:val="00927ACC"/>
     <w:rsid w:val="009410E8"/>
     <w:rsid w:val="00941E25"/>
     <w:rsid w:val="009662BC"/>
     <w:rsid w:val="00975330"/>
     <w:rsid w:val="00981C7F"/>
     <w:rsid w:val="00983FC9"/>
     <w:rsid w:val="0098685F"/>
+    <w:rsid w:val="009A7B49"/>
     <w:rsid w:val="009C7CE3"/>
     <w:rsid w:val="009E7CA2"/>
     <w:rsid w:val="00A01F60"/>
     <w:rsid w:val="00A05D49"/>
     <w:rsid w:val="00A155C1"/>
     <w:rsid w:val="00A271C2"/>
     <w:rsid w:val="00A36766"/>
     <w:rsid w:val="00A43083"/>
+    <w:rsid w:val="00A437AA"/>
     <w:rsid w:val="00A7146B"/>
     <w:rsid w:val="00A760E2"/>
     <w:rsid w:val="00AB2024"/>
     <w:rsid w:val="00AC5FCF"/>
     <w:rsid w:val="00AE5145"/>
     <w:rsid w:val="00AE5D62"/>
     <w:rsid w:val="00AF079B"/>
     <w:rsid w:val="00AF1A26"/>
     <w:rsid w:val="00AF34DF"/>
+    <w:rsid w:val="00B0201F"/>
     <w:rsid w:val="00B354E3"/>
     <w:rsid w:val="00B41102"/>
     <w:rsid w:val="00B43592"/>
     <w:rsid w:val="00B46D91"/>
     <w:rsid w:val="00B75E29"/>
     <w:rsid w:val="00B7613A"/>
     <w:rsid w:val="00B83D99"/>
     <w:rsid w:val="00B93389"/>
     <w:rsid w:val="00B97443"/>
     <w:rsid w:val="00BC63A6"/>
     <w:rsid w:val="00BD402D"/>
     <w:rsid w:val="00BE3158"/>
     <w:rsid w:val="00BF6442"/>
     <w:rsid w:val="00C00E1F"/>
     <w:rsid w:val="00C04FC2"/>
     <w:rsid w:val="00C12867"/>
     <w:rsid w:val="00C1322D"/>
     <w:rsid w:val="00C1329C"/>
     <w:rsid w:val="00C217B1"/>
     <w:rsid w:val="00C40F29"/>
     <w:rsid w:val="00C465CF"/>
     <w:rsid w:val="00C62E82"/>
     <w:rsid w:val="00C82925"/>
     <w:rsid w:val="00CB7AB1"/>
+    <w:rsid w:val="00CD1833"/>
     <w:rsid w:val="00CE4557"/>
     <w:rsid w:val="00CF47A9"/>
     <w:rsid w:val="00CF579E"/>
     <w:rsid w:val="00D210F5"/>
     <w:rsid w:val="00D31EA6"/>
     <w:rsid w:val="00D3363B"/>
     <w:rsid w:val="00D375F1"/>
     <w:rsid w:val="00D42CF4"/>
     <w:rsid w:val="00D52ECD"/>
     <w:rsid w:val="00D64B71"/>
     <w:rsid w:val="00D65226"/>
     <w:rsid w:val="00D74EA9"/>
     <w:rsid w:val="00D87FDC"/>
     <w:rsid w:val="00DB1D8A"/>
     <w:rsid w:val="00DB662C"/>
     <w:rsid w:val="00DC05DD"/>
     <w:rsid w:val="00DE1BAD"/>
     <w:rsid w:val="00DE3DD5"/>
     <w:rsid w:val="00DF1D07"/>
     <w:rsid w:val="00E0092C"/>
+    <w:rsid w:val="00E46F4F"/>
     <w:rsid w:val="00E478EC"/>
     <w:rsid w:val="00E51DD7"/>
     <w:rsid w:val="00E561D8"/>
     <w:rsid w:val="00E65417"/>
     <w:rsid w:val="00E7740E"/>
     <w:rsid w:val="00E810F3"/>
     <w:rsid w:val="00E81794"/>
+    <w:rsid w:val="00E9272F"/>
     <w:rsid w:val="00E951A8"/>
     <w:rsid w:val="00EA45CC"/>
     <w:rsid w:val="00EB5E09"/>
     <w:rsid w:val="00ED0C4A"/>
     <w:rsid w:val="00EE6DC2"/>
     <w:rsid w:val="00EE76B3"/>
     <w:rsid w:val="00EF34AA"/>
     <w:rsid w:val="00EF6E27"/>
     <w:rsid w:val="00F12A63"/>
     <w:rsid w:val="00F24FD4"/>
+    <w:rsid w:val="00F613C2"/>
     <w:rsid w:val="00F70736"/>
     <w:rsid w:val="00F735A4"/>
     <w:rsid w:val="00F76FDF"/>
     <w:rsid w:val="00F842AD"/>
     <w:rsid w:val="00F90A52"/>
+    <w:rsid w:val="00F918A2"/>
     <w:rsid w:val="00F92289"/>
     <w:rsid w:val="00FB1720"/>
     <w:rsid w:val="00FB2D48"/>
     <w:rsid w:val="00FD7FE4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -10861,50 +11309,73 @@
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E561D8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E9272F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -11124,50 +11595,64 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009C7CE3"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00772CC9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E9272F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="421924736">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1460998379">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -11635,51 +12120,51 @@
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1982231317">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgo.org.uk/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/file/483/whistleblowing-policy-2017-updated-october-17" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/info/200195/contact_the_council/4942/how_to_log_a_complaint" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/housing/reasonable-adjustments-policy" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/file/2183/complaints-form-jan-2024-pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customer_services@sandwell.gov.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwellchildrenstrust.org/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sandwell.moderngov.co.uk/ecSDDisplay.aspx?NAME=SD532&amp;ID=532&amp;RPID=572039" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.sandwell.gov.uk/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/download/344/housing-complaints-performance-data" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customer_services@sandwell.gov.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/adult-social-care" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/info/200195/contact_the_council/1149/contact_us_by_phone" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing-ombudsman.org.uk/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/info/200216/adults_and_older_people/2390/adult_social_care_complaints_procedure" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/download/344/housing-complaints-performance-data" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.svg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/council/website/5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sandwell.gov.uk/downloads/file/4843/housing_complaints_and_compliments_procedure" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/privacynotice" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.sandwell.gov.uk/service/Whistleblowing" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.sandwell.gov.uk/en/AchieveForms/?form_uri=sandbox-publish://AF-Process-85d7e187-e1b9-4d15-908e-b104e268ac01/AF-Stage-8c7c894b-16df-45a5-8f8a-8bdc5c1f1156/definition.json&amp;redirectlink=/en&amp;cancelRedirectLink=/en" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/privacynotice" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sandwell.gov.uk/downloads/file/4843/housing_complaints_and_compliments_procedure" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.sandwell.gov.uk/service/Whistleblowing" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgo.org.uk/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customer_services@sandwell.gov.uk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/file/2183/complaints-form-jan-2024-pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customer_services@sandwell.gov.uk" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/file/483/whistleblowing-policy-2017-updated-october-17" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.sandwell.gov.uk/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/download/242/asc-annual-complaints-report-2023-2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/download/344/housing-complaints-performance-data" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/download/344/housing-complaints-performance-data" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/info/200195/contact_the_council/1149/contact_us_by_phone" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customer_services@sandwell.gov.uk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing-ombudsman.org.uk/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/info/200195/contact_the_council/4942/how_to_log_a_complaint" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/housing/reasonable-adjustments-policy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.svg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/council/website/5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwellchildrenstrust.org/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sandwell.moderngov.co.uk/ecSDDisplay.aspx?NAME=SD532&amp;ID=532&amp;RPID=572039" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.gif"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8002C51E2F7E40F789A2BEBC39806909"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D66286C7-74A6-42F9-A682-18E839A25928}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -11769,57 +12254,60 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D323B0"/>
     <w:rsid w:val="00015D64"/>
     <w:rsid w:val="00121FA8"/>
     <w:rsid w:val="002967B1"/>
     <w:rsid w:val="00406476"/>
     <w:rsid w:val="00484551"/>
+    <w:rsid w:val="005B0F77"/>
     <w:rsid w:val="006B500F"/>
     <w:rsid w:val="009E7CA2"/>
     <w:rsid w:val="00A01F60"/>
+    <w:rsid w:val="00B0201F"/>
     <w:rsid w:val="00C82925"/>
     <w:rsid w:val="00D323B0"/>
     <w:rsid w:val="00D42CF4"/>
     <w:rsid w:val="00EA45CC"/>
+    <w:rsid w:val="00F918A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -12556,70 +13044,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{291771A2-B67C-4543-96B2-CFCEFDBD3466}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>3863</Words>
-  <Characters>22024</Characters>
+  <Words>3959</Words>
+  <Characters>20777</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>183</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>466</Lines>
+  <Paragraphs>202</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sandwell MBC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25836</CharactersWithSpaces>
+  <CharactersWithSpaces>24624</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Russell</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>