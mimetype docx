--- v0 (2025-12-01)
+++ v1 (2025-12-21)
@@ -63,62 +63,52 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>2025 edition</w:t>
       </w:r>
       <w:r w:rsidR="001A48C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> (published by Sandwell Council)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12AD1B5F" w14:textId="17E2CD45" w:rsidR="000F6AF9" w:rsidRPr="000F6AF9" w:rsidRDefault="000F6AF9" w:rsidP="000F6AF9">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Information is correct at the time of </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Information is correct at the time of publication</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="09D788DA" w14:textId="6D4E3B64" w:rsidR="001E03B3" w:rsidRPr="001E03B3" w:rsidRDefault="001E03B3" w:rsidP="004D42AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E03B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Front page</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DDE67A1" w14:textId="4BE106D5" w:rsidR="00CF01B9" w:rsidRDefault="001E03B3" w:rsidP="001E03B3">
       <w:pPr>
@@ -274,137 +264,101 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>The strength of our community</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="349BC686" w14:textId="65A51852" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">We have seen a summer of national tensions, and sadly an attack in Oldbury which has rightly concerned our community. I want to be </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>We have seen a summer of national tensions, and sadly an attack in Oldbury which has rightly concerned our community. I want to be very clear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A139592" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>very clear</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>At Sandwell we take a zero-tolerance approach to any form of abuse, discrimination or hate, and any violence against women and girls.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9D03E4" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>This incident does not represent the Sandwell I know and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>At Sandwell we take a zero-tolerance approach to any form of abuse, discrimination or hate, and any violence against women and girls.</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> come</w:t>
+        <w:t>love, where people from different backgrounds come</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>together. We asked you in our recent residents’ survey what</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -572,260 +526,214 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>violence and stop hate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571B577D" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">As far as the council’s priorities are concerned, as </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>As far as the council’s priorities are concerned, as you’ll</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>you’ll</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>see throughout this edition, I remain deeply committed to</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>see throughout this edition, I remain deeply committed to</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>achieving things for Sandwell which matter to you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF18063" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>achieving things for Sandwell which matter to you.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>This includes preventing anti-social behaviour by increasing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>This includes preventing anti-social behaviour by increasing</w:t>
+        <w:t>the number of CCTV cameras in our towns. I want us to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>the number of CCTV cameras in our towns. I want us to</w:t>
+        <w:t>continue to have some of the best roads in the country, free</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">continue to have </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>of potholes. I want us to keep focusing on creating the best</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>some of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>green spaces which improve everyone’s quality of life.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD1A10E" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the best roads in the country, free</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>We are a caring council that gets things done.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158B960F" w14:textId="57E127D8" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>of potholes. I want us to keep focusing on creating the best</w:t>
+        <w:t>Finally, this will be the last Herald before Christmas and New</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>green spaces which improve everyone’s quality of life.</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> a bit early, I wish everyone a Merry</w:t>
+        <w:t>Year so, although it’s a bit early, I wish everyone a Merry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Christmas and a Happy New Year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58C36467" w14:textId="62974F28" w:rsidR="005744A3" w:rsidRPr="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -960,191 +868,163 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>to see him visiting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DAECAA9" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>He was greeted by Sandwell and West</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Birmingham NHS Trust’s Chair Sir David</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Nicholson and Chief Executive Diane Wake</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Nicholson and Chief Executive Diane Wake.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72326A57" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>The Mayor of Sandwell Councillor Steve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005744A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Melia and Sandwell Council Chief Executive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005744A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Shokat Lal also attended the visit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72326A57" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+    <w:p w14:paraId="5C55D63E" w14:textId="38E428C1" w:rsidR="005744A3" w:rsidRPr="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>The Mayor of Sandwell Councillor Steve</w:t>
-[...74 lines deleted...]
-        <w:t xml:space="preserve"> to meet</w:t>
+        <w:t>The King was then taken to meet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>patients and staff on an older person’s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1166,218 +1046,164 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Eighty-five-year-old Jackie, from Great Barr,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">said: “He </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>said: “He was brought into my room and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>was brought</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>shook hands with my husband first and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> into my room and</w:t>
+        <w:t>then he shook hands with me. He held my</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>shook hands with my husband first and</w:t>
+        <w:t>hand most of the time I was talking to him,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>then he shook hands with me. He held my</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>so it was a lovely experience.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C913C8F" w14:textId="67B82D0D" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">hand </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>During his tour, King Charles also met with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>most of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>frontline doctors and nurses, as well as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the time I was talking to him,</w:t>
-[...82 lines deleted...]
-        <w:t xml:space="preserve"> and the</w:t>
+        <w:t>support staff, volunteers and the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>parents</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1439,64 +1265,52 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B0AE46A" w14:textId="4072AF4D" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nuisance bikes seized and </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Nuisance bikes seized and crushed</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3EC02746" w14:textId="4855ED3F" w:rsidR="005744A3" w:rsidRPr="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>As part of #SaferStreetsSummer, a nationwide initiative in towns and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1598,157 +1412,85 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>various operations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">where bikes </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>where bikes were seized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F09442" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>were seized</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>These bikes were then crushed as they had been driven in a dangerous manner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07201491" w14:textId="17022275" w:rsidR="005744A3" w:rsidRPr="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> riding an off-road bike illegally, we will seize and destroy it.</w:t>
+        <w:t>If you are caught riding an off-road bike illegally, we will seize and destroy it.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BCA5445" w14:textId="572F965C" w:rsidR="005744A3" w:rsidRPr="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Report off-road motorbike nuisance anonymously to Crimestoppers on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1845,140 +1587,84 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>www.sandwell.gov.uk/motorbikenuisance</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7C3A0797" w14:textId="77777777" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">We have also focused on retail crime, which led to </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>We have also focused on retail crime, which led to a number of prolific thieves</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a number of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>being charged and jailed for their persistent shop theft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033097DA" w14:textId="37065A27" w:rsidR="005744A3" w:rsidRDefault="005744A3" w:rsidP="005744A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prolific thieves</w:t>
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> criminal behaviour</w:t>
+        <w:t>Some offenders have also been given criminal behaviour</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005744A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>orders which can ban</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1988,258 +1674,182 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>them from specific locations in town centres.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E80BA3" w14:textId="426886C0" w:rsidR="005744A3" w:rsidRPr="00EF0862" w:rsidRDefault="00DF2B57" w:rsidP="005744A3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fly-tippers face £1,000 </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Fly-tippers face £1,000 fine</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1DA850F9" w14:textId="799A1F4A" w:rsidR="00DF2B57" w:rsidRPr="00DF2B57" w:rsidRDefault="00DF2B57" w:rsidP="00DF2B57">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Since January 2024, we have issued </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Since January 2024, we have issued 54 fines for incidents of fly-tipping,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>54</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>littering and where residents gave their waste to someone who failed to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fines for incidents of fly-tipping,</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>dispose of it properly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25778453" w14:textId="6925BAEA" w:rsidR="00DF2B57" w:rsidRPr="00DF2B57" w:rsidRDefault="00DF2B57" w:rsidP="00DF2B57">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>littering and where residents gave their waste to someone who failed to</w:t>
+        <w:t>And, if people choose not to pay the fine, we are taking them to court – where they will</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>dispose of it properly.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25778453" w14:textId="6925BAEA" w:rsidR="00DF2B57" w:rsidRPr="00DF2B57" w:rsidRDefault="00DF2B57" w:rsidP="00DF2B57">
+        <w:t>be prosecuted and may receive an even higher fine or potentially imprisonment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D26494" w14:textId="2FDB002C" w:rsidR="00DF2B57" w:rsidRPr="00DF2B57" w:rsidRDefault="00DF2B57" w:rsidP="00DF2B57">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>And, if people choose not to pay the fine, we are taking them to court – where they will</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Our waste management partner Serco helps us get fly-tipping swiftly removed from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>be prosecuted</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>council land. We’re using CCTV more and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and may receive an even higher fine or potentially imprisonment.</w:t>
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> to tackle fly-tipping and other anti</w:t>
+        <w:t>more to tackle fly-tipping and other anti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>social</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2266,69 +1876,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>We urge everyone to take responsibility for their waste. You can help us too:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10CF30C4" w14:textId="77777777" w:rsidR="00DF2B57" w:rsidRPr="00DF2B57" w:rsidRDefault="00DF2B57" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Use the tip in </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Lane, Oldbury, where you can dispose of unwanted items for free.</w:t>
+        <w:t>Use the tip in Shidas Lane, Oldbury, where you can dispose of unwanted items for free.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="778E95EF" w14:textId="0EB898B0" w:rsidR="00DF2B57" w:rsidRPr="00DF2B57" w:rsidRDefault="00DF2B57" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00DF2B57">
@@ -2399,87 +1991,51 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>If someone offers to take away rubbish, check they have a waste carrier’s licence, get</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">a </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> to a</w:t>
+        <w:t>a receipt and note the details of any vehicle used. If fly-tipped waste is linked to a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF2B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>resident, they may be liable for a fine of £600 under Householders’ Duty of Care.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43FDCBC9" w14:textId="11446245" w:rsidR="005744A3" w:rsidRDefault="00DF2B57" w:rsidP="005744A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -2553,363 +2109,207 @@
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Keeping our roads safe this winter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04953100" w14:textId="193B9D07" w:rsidR="00A56D8C" w:rsidRPr="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>We’re ready for any cold weather that comes our way. Our gritting crew will be on 24-hour standby</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ready for any </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>from mid-November, ready to keep Sandwell moving in snow or icy conditions, night and day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A857396" w14:textId="51B07985" w:rsidR="00A56D8C" w:rsidRPr="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>cold weather</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Every time the gritters go out, they cover around 260 miles of Sandwell’s roads, each time putting down around 55 tonnes of salt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB0303D" w14:textId="42C12917" w:rsidR="00A56D8C" w:rsidRPr="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that comes our way. Our gritting crew will be on 24-hour standby</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">from mid-November, ready to keep Sandwell moving in snow or icy conditions, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>t only are we ready for winter gritting, we’re also leading the way in maintaining roads and tackling potholes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C702B1C" w14:textId="778C58F4" w:rsidR="00A56D8C" w:rsidRPr="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>night</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The percentage of residents satisfied with road maintenance in Sandwell (72%) is more than double the local government</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and day.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6A857396" w14:textId="51B07985" w:rsidR="00A56D8C" w:rsidRPr="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
+        <w:t>benchmark (27%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163294D6" w14:textId="02BEBA55" w:rsidR="00A56D8C" w:rsidRPr="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Every time the gritters go out, they cover around 260 miles of Sandwell’s roads, each time putting down around </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>And another survey recently put Sandwell in the top three local authorities nationally for the way we deal with potholes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D848A0B" w14:textId="36D58076" w:rsidR="00A56D8C" w:rsidRPr="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>55</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>We’re spending £15million this financial year to keep on top of these priority highways issues for residents and other road users.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00215902" w14:textId="785EA7BB" w:rsidR="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tonnes of salt.</w:t>
-[...208 lines deleted...]
-        <w:t xml:space="preserve"> stop them all, we are</w:t>
+        <w:t>We’re responsible for maintaining nearly 550 miles of roads across our six towns. So, while we can’t stop them all, we are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>winning the battle with potholes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018D0AB6" w14:textId="1CD33DB4" w:rsidR="00A56D8C" w:rsidRPr="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -2953,62 +2353,52 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>the war memorial in Oldbury.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55E1257E" w14:textId="39187AAA" w:rsidR="00A56D8C" w:rsidRPr="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proud veterans, councillors, council </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Proud veterans, councillors, council staff</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>and members of the public attended the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
@@ -3142,332 +2532,260 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>The Mayor of Sandwell Councillor Steve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Melia said: “While </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Melia said: “While many celebrated VE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>many</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Day (Victory in Europe Day), fewer people</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> celebrated VE</w:t>
+        <w:t>are aware of the hardships faced in Asia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Day (Victory in Europe Day), fewer people</w:t>
+        <w:t>and the Pacific. This 80th anniversary of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>are aware of the hardships faced in Asia</w:t>
+        <w:t>VJ Day (Victory over Japan Day, which</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>and the Pacific. This 80th anniversary of</w:t>
+        <w:t>followed the dropping of the first</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>VJ Day (Victory over Japan Day, which</w:t>
+        <w:t>atomic bombs), provided a moment to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>followed the dropping of the first</w:t>
+        <w:t>remember, reflect and recognise those</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>atomic bombs), provided a moment to</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>who served far from home.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F347ABE" w14:textId="53206AFA" w:rsidR="00A56D8C" w:rsidRDefault="00A56D8C" w:rsidP="00A56D8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">remember, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>During the service, Councillor Keith</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>reflect</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Allcock and council employee Ghulam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and recognise those</w:t>
+        <w:t>Ditta shared stories of family members</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>who served far from home.”</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>who fought for Britain in the jungles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>During the service, Councillor Keith</w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> people from</w:t>
+        <w:t>of Burma, where many people from</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A56D8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>different faiths and backgrounds served</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3477,98 +2795,68 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>together to help secure a better world.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23687D15" w14:textId="563D21F7" w:rsidR="008D27C8" w:rsidRPr="00EF0862" w:rsidRDefault="008D27C8" w:rsidP="008D27C8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sandwell </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Sandwell remembers</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6C503EDC" w14:textId="4BFFBC37" w:rsidR="008D27C8" w:rsidRDefault="008D27C8" w:rsidP="008D27C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D27C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Remembrance Sunday services and parades </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> across Sandwell </w:t>
+        <w:t xml:space="preserve">Remembrance Sunday services and parades were held across Sandwell </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="008D27C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">9 </w:t>
       </w:r>
@@ -3630,69 +2918,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Oldbury: Civic Square, Oldbury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7857820A" w14:textId="77777777" w:rsidR="008D27C8" w:rsidRPr="008D27C8" w:rsidRDefault="008D27C8" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D27C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rowley Regis: </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Lane Cemetery</w:t>
+        <w:t>Rowley Regis: Powke Lane Cemetery</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5024C1ED" w14:textId="77777777" w:rsidR="008D27C8" w:rsidRPr="008D27C8" w:rsidRDefault="008D27C8" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D27C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Smethwick: Smethwick Council House</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D308A86" w14:textId="77777777" w:rsidR="008D27C8" w:rsidRPr="008D27C8" w:rsidRDefault="008D27C8" w:rsidP="00D3232E">
@@ -3832,69 +3102,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Saturday 25 January 2026 at Memorial Gardens, Highfields House, High Street, West Bromwich </w:t>
       </w:r>
       <w:r w:rsidR="00C64BD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>B70 8RJ.</w:t>
       </w:r>
       <w:r w:rsidR="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C64BD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Event details will </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> nearer the date at </w:t>
+        <w:t xml:space="preserve">Event details will be provided nearer the date at </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00C64BD5" w:rsidRPr="003D3E42">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>www.sandwell.gov.uk/hmd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="459D540B" w14:textId="6C7EAF46" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4065,168 +3317,132 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>to find out more.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE86BE0" w14:textId="07FAFA3C" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>The MySandwell ‘</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>The MySandwell ‘MyAccounts’ section is available for anyone with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>MyAccounts</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>a MySandwell account, where you can register to view your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>’ section is available for anyone with</w:t>
+        <w:t>balances and manage payment accounts for a range of Sandwell</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a MySandwell account, where you can register to view your</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Council services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A057FB9" w14:textId="329ACFD6" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>balances and manage payment accounts for a range of Sandwell</w:t>
+        <w:t>Going online can save you time and money on phone calls or travel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Council services.</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> easy to create an account – go to</w:t>
+        <w:t>costs. It’s easy to create an account – go to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00376DE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>www.sandwell.gov.uk/mysandwell</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -4266,166 +3482,124 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>or by phone, by credit or debit card on 0300 456 0514.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CDB6768" w14:textId="77777777" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Important information</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Important information if you use the MySandwell app</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6F6E7D" w14:textId="3B272E4E" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>If you use the MySandwell app, we want to make you aware</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...15 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that it </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>If you use the MySandwell app, we want to make you aware</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> no longer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> available. </w:t>
       </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">that it </w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> panic, you can do everything that you do on the app</w:t>
+        <w:t>But don’t panic, you can do everything that you do on the app</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(and more!) on the MySandwell website.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20EE9A63" w14:textId="24548D22" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -4462,238 +3636,134 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA58DDF" w14:textId="77777777" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">A new main phone number is coming for most council </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>A new main phone number is coming for most council services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DDA6B4" w14:textId="4DF1EFBE" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...16 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>We’re making it easier for you to get in touch with us by phone when you need</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>to. Soon we’ll be launching a new, single</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> making it easier for you to </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>telephone number for most enquiries.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154A6199" w14:textId="3B1DD3F8" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>get in touch with</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>You’ll also be able to hold your place in the queue without staying on the line –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> us by phone when you need</w:t>
-[...129 lines deleted...]
-        <w:t xml:space="preserve"> your turn.</w:t>
+        <w:t>and you’ll get an automatic call back when it’s your turn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DCC2F21" w14:textId="12474EB7" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00376DE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Find </w:t>
       </w:r>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>out</w:t>
@@ -4766,102 +3836,74 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Adult social care or urgent help for someone vulnerable: 0121 569 2266</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="481CEFF5" w14:textId="2B0B3E47" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Births, marriages, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and Register Office: 0121 368 1188</w:t>
+        <w:t>Births, marriages, deaths and Register Office: 0121 368 1188</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="192E639F" w14:textId="49F7ADF9" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Children’s services or to report a child at risk: 0121 569 </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Children’s services or to report a child at risk: 0121 569 3100</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="23B08788" w14:textId="6E02A032" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Council Tax and benefits: 0121 368 1155</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="464C2BCC" w14:textId="29BE6CEF" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00D3232E">
       <w:pPr>
@@ -4882,156 +3924,118 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Education benefits: 0121 569 8186/8189</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C7D33EF" w14:textId="2509DC89" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Housing enquiries (including homelessness and rough sleepers): 0121 368 </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Housing enquiries (including homelessness and rough sleepers): 0121 368 1166</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1A3E3B42" w14:textId="6856080D" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Housing repairs: 0121 569 6000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610E3FEB" w14:textId="0E0D12A3" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Highways, bins, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and other environmental services: 0121 368 1177</w:t>
+        <w:t>Highways, bins, recycling and other environmental services: 0121 368 1177</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C585886" w14:textId="17025933" w:rsidR="00376DE9" w:rsidRPr="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pay bills (by debit or credit card): 0300 456 </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Pay bills (by debit or credit card): 0300 456 0514</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="13DE4302" w14:textId="3A110584" w:rsidR="00376DE9" w:rsidRDefault="00376DE9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Welfare Rights Team: 0121 569 3158</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="497E6604" w14:textId="203E9DA4" w:rsidR="006221FE" w:rsidRPr="00376DE9" w:rsidRDefault="006221FE" w:rsidP="006221FE">
       <w:pPr>
@@ -5069,170 +4073,116 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>You have told us how much you value parks and green spaces in Sandwell and,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">because </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>because we’re a council that cares and gets things done, we’re investing in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>we’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>making our open spaces places that everyone can enjoy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A755B7A" w14:textId="77777777" w:rsidR="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a council that cares and gets things done, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Our borough is full of wonderful green</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>we’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>places, like our much-loved Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> investing in</w:t>
-[...82 lines deleted...]
-        <w:t xml:space="preserve"> proud of</w:t>
+        <w:t>Valley Country Park, and we’re proud of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>our Green Flag parks and open spaces.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D66BBE" w14:textId="5023F43D" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -5342,1064 +4292,730 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>to meet your friends, we want to make</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">sure </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>sure they’re safe, welcoming and pleasant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>they’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>places for everyone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65234A57" w14:textId="6F026298" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> safe, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Last year we invested £3.8million</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>welcoming</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>in parks, play areas, outdoor sports</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and pleasant</w:t>
+        <w:t>facilities, nature reserves and other</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>places for everyone.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>green spaces, including £1.2m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Last year we invested £3.8million</w:t>
+        <w:t>improving Britannia Park. This year</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>in parks, play areas, outdoor sports</w:t>
+        <w:t>we’re spending a further £4.3m on 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">facilities, nature </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>projects across 40 of our parks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4BD603" w14:textId="1AA88B44" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>reserves</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>We’re a sporty borough with 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other</w:t>
+        <w:t>outdoor sports sites, including 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>green spaces, including £1.2m</w:t>
+        <w:t>playing pitches, 27 multi-use games</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>improving Britannia Park. This year</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>areas, 33 outdoor gyms, four bowling</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>we’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>greens and 12 BMX and skate facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="677D0D28" w14:textId="66EF89F2" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> spending a further £4.3m on </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>We’ve got 40 allotment sites, with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>50</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>1,336 plots lovingly tended by</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">projects across </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>residents who benefit from the many</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>40</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>health benefits of being in the open</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of our parks.</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>air, being part of a community and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>growing their own produce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781C6D48" w14:textId="6B927584" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a sporty borough with </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>We’re building our first new park</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>48</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>for 50 years at Brandhall, we’ve put</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">outdoor sports sites, including </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>extra money in this year’s budget for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>15</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>tree maintenance and we’re helping</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">playing pitches, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>biodiversity through tree planting and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>27</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>rewilding schemes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108F664F" w14:textId="79E09A02" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> multi-use games</w:t>
+        <w:t>Our hard work has been recognised</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">areas, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>through the Green Flag Awards, an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>33</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>international scheme recognising</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> outdoor gyms, four bowling</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>well-managed parks and open spaces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED47613" w14:textId="3E88C160" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>greens and 12 BMX and skate facilities.</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>We’ve got 16 in Sandwell – a park in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’ve</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>each of our six towns, two cemeteries</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> got </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>and a crematorium, as well as Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>40</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Valley Country Park and community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> allotment sites, with</w:t>
+        <w:t>run</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>1,336 plots lovingly tended by</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>spaces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B513F2A" w14:textId="2C275362" w:rsidR="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">residents who benefit from the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>We can’t do this on our own –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>many</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>friends’ groups and community</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>health benefits of being in the open</w:t>
+        <w:t>volunteers have helped make our</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>air, being part of a community and</w:t>
+        <w:t>green spaces among the best in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>growing their own produce.</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>the country. Together with our</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>investment and hard-working parks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> building our first new park</w:t>
-[...482 lines deleted...]
-        <w:t xml:space="preserve"> created places that are</w:t>
+        <w:t>staff, we’ve created places that are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>special for everyone who lives here</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -6409,64 +5025,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AAB0638" w14:textId="67A4C5B0" w:rsidR="006221FE" w:rsidRPr="00376DE9" w:rsidRDefault="006221FE" w:rsidP="006221FE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Peace Gardens for six Sandwell </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Peace Gardens for six Sandwell parks</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C9CB071" w14:textId="1EE7E33E" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sandwell is</w:t>
       </w:r>
@@ -6494,382 +5098,342 @@
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> 80 years since the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">end of the Second World War by planting </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>end of the Second World War by planting 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>80</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>native trees across six local parks – one in</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>native trees across six local parks – one in</w:t>
+        <w:t>each town – creating new Peace Gardens and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>each town – creating new Peace Gardens and</w:t>
+        <w:t>Woodlands that will stand as living memorials</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Woodlands that will stand as living memorials</w:t>
+        <w:t>for generations to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>for generations to</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>come.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B0EC46" w14:textId="313AC493" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>come.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>Each space will offer quiet places for reflection and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Each space will offer quiet places for reflection and</w:t>
+        <w:t>togetherness. The project celebrates the resilience</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>togetherness. The project celebrates the resilience</w:t>
+        <w:t>of Sandwell’s communities while honouring the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>of Sandwell’s communities while honouring the</w:t>
+        <w:t>sacrifices of those who served in the Second World</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>sacrifices of those who served in the Second World</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>War and the peace and freedom won 80 years ago.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541D50FB" w14:textId="3020ABD5" w:rsidR="006221FE" w:rsidRPr="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>War</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The Peace Gardens and Woodlands will pay tribute to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and the peace and freedom won 80 years ago.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>servicemen with strong ties to Sandwell and ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>The Peace Gardens and Woodlands will pay tribute to</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>their stories, and those</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>servicemen</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>of countless others,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with strong ties to Sandwell and ensure</w:t>
+        <w:t>continue to inspire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>their stories, and those</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>future generations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443A66B1" w14:textId="5E804AE0" w:rsidR="006221FE" w:rsidRDefault="006221FE" w:rsidP="006221FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>of countless others,</w:t>
+        <w:t>Schools, community</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>continue to inspire</w:t>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t>organisations and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006221FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>heritage partners</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7010,375 +5574,319 @@
         <w:t>Love Parks Week</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8615AE" w14:textId="77777777" w:rsidR="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00EB7372">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">We had </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>We had a great time celebrating</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a great time</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">Love Parks Week </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>in the</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> celebrating</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> summer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEBD98F" w14:textId="40956F7A" w:rsidR="00EB7372" w:rsidRPr="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00EB7372">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Love Parks Week </w:t>
-[...7 lines deleted...]
-        <w:t>in the</w:t>
+        <w:t>From guided walks and family-friendly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> summer.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>activities to volunteer clean-up events</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>From guided walks and family-friendly</w:t>
+        <w:t>and outdoor yoga sessions, the week</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>activities to volunteer clean-up events</w:t>
+        <w:t>was filled with energy, enthusiasm and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>and outdoor yoga sessions, the week</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>a shared enjoyment of our great spaces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5850C855" w14:textId="35C453AA" w:rsidR="00EB7372" w:rsidRPr="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00EB7372">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>was filled</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>A huge thank you to everyone who</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with energy, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>took part</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2378627F" w14:textId="68335775" w:rsidR="00EB7372" w:rsidRPr="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00EB7372">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>enthusiasm</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>West Smethwick Park marked its first</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t>prestigious Green Flag Award with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a shared enjoyment of our great spaces.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>a celebratory event recognising the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>A huge thank you to everyone who</w:t>
+        <w:t>dedication of its ground staff and the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>took part</w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t>wider parks team. Sandwell Council</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>West Smethwick Park marked its first</w:t>
+        <w:t>Leader Councillor Kerrie Carmichael,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>prestigious Green Flag Award with</w:t>
-[...90 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>other cabinet members</w:t>
+      </w:r>
       <w:r w:rsidR="00F87381">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>and the Mayor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7463,69 +5971,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>continued commitment to excellence</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">in maintaining a safe, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t>in maintaining a safe, clean and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>welcoming park for all.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52853180" w14:textId="33D229B6" w:rsidR="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00EB7372">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -7633,120 +6123,84 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sandwell’s Green Flag Awards success</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DCF5B9A" w14:textId="490E0295" w:rsidR="00EB7372" w:rsidRPr="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00EB7372">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Have you visited </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Have you visited all of our 16 Green Flag Award parks and green</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>all of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>spaces in Sandwell? Do you know where they are?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F77662" w14:textId="58B352AE" w:rsidR="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00EB7372">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> our 16 Green Flag Award parks and green</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> that the following sites have all achieved the</w:t>
+        <w:t>We are very proud that the following sites have all achieved the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>prestigious Green Flag, which sets the benchmark standard for the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7789,67 +6243,57 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Brunswick Park, Wednesbury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DF8D03A" w14:textId="77777777" w:rsidR="00EB7372" w:rsidRPr="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Barnford</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Park, Oldbury</w:t>
+        <w:t>Barnford Park, Oldbury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D5939A1" w14:textId="77777777" w:rsidR="00EB7372" w:rsidRPr="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Dartmouth Park, West Bromwich</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7304B95D" w14:textId="77777777" w:rsidR="00EB7372" w:rsidRPr="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00D3232E">
@@ -8395,85 +6839,67 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0048591B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>by Warley Woods Community Trust)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBDFCE6" w14:textId="6528C9D8" w:rsidR="00EB7372" w:rsidRDefault="00EB7372" w:rsidP="00EB7372">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Green Flag Award scheme </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>The Green Flag Award scheme is</w:t>
+      </w:r>
+      <w:r w:rsidR="0048591B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>is</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> by Keep Britain Tidy under</w:t>
+        <w:t>managed by Keep Britain Tidy under</w:t>
       </w:r>
       <w:r w:rsidR="0048591B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB7372">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>licence from the Ministry of Housing,</w:t>
       </w:r>
       <w:r w:rsidR="0048591B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8548,602 +6974,464 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>with Sandwell Council, is proud of what</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>we’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>we’re doing to help make our green spaces</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> doing to help make our green spaces</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>lovely places to visit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DB5FF6" w14:textId="48BE152B" w:rsidR="006318D9" w:rsidRPr="006318D9" w:rsidRDefault="006318D9" w:rsidP="006318D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>lovely places to visit.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>Here Claire shares five facts about Lightwoods</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Here Claire shares five facts about Lightwoods</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Park and House:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E636B1C" w14:textId="4FA7893F" w:rsidR="006318D9" w:rsidRPr="006318D9" w:rsidRDefault="006318D9" w:rsidP="006318D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Park and House:</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>1. Did you know that Lightwoods Park is one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>1. Did you know that Lightwoods Park is one</w:t>
+        <w:t>of Sandwell’s 16 parks and green spaces</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>of Sandwell’s 16 parks and green spaces</w:t>
+        <w:t>which has been awarded a prestigious</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">which has </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Green Flag?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43919706" w14:textId="1C760818" w:rsidR="006318D9" w:rsidRPr="006318D9" w:rsidRDefault="006318D9" w:rsidP="006318D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>been awarded</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>2. The park and house have been transformed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a prestigious</w:t>
+        <w:t>by investment from The National Lottery,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Green Flag?</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>the Heritage Lottery Fund and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. The park and house have </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Sandwell Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A133799" w14:textId="678BD863" w:rsidR="006318D9" w:rsidRPr="006318D9" w:rsidRDefault="006318D9" w:rsidP="006318D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>been transformed</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>3. As well as being a great place for children and</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>by investment from The National Lottery,</w:t>
+        <w:t>families to explore – with a skate park, play</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>the Heritage Lottery Fund and</w:t>
+        <w:t>area and more – Lightwoods House is also a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Sandwell Council.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A133799" w14:textId="678BD863" w:rsidR="006318D9" w:rsidRPr="006318D9" w:rsidRDefault="006318D9" w:rsidP="006318D9">
+        <w:t>fantastic wedding venue and meeting space.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1E8DAF" w14:textId="0459C553" w:rsidR="006318D9" w:rsidRPr="006318D9" w:rsidRDefault="006318D9" w:rsidP="006318D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. As well as being </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>4. The Grade II-listed house has been lovingly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a great place</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>restored to its 18th century glory, with a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for children and</w:t>
+        <w:t>tearoom, community rooms and space</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>families to explore – with a skate park, play</w:t>
+        <w:t>for public and private events including</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>area and more – Lightwoods House is also a</w:t>
+        <w:t>wedding and civil partnership</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>fantastic wedding venue and meeting space.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A1E8DAF" w14:textId="0459C553" w:rsidR="006318D9" w:rsidRPr="006318D9" w:rsidRDefault="006318D9" w:rsidP="006318D9">
+        <w:t>ceremonies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A3A404" w14:textId="65A08521" w:rsidR="006318D9" w:rsidRPr="006318D9" w:rsidRDefault="006318D9" w:rsidP="006318D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>5. Many of the park’s historical elements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>been lovingly</w:t>
+        <w:t>have been brought back to life, including</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>restored</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the drinking fountains, the 19th century</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to its 18th century glory, with a</w:t>
-[...192 lines deleted...]
-        <w:t xml:space="preserve"> and the Shakespeare Garden –</w:t>
+        <w:t>bandstand and the Shakespeare Garden –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006318D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>plus new paths and a play area.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A191FE4" w14:textId="74FCE93B" w:rsidR="006318D9" w:rsidRDefault="006318D9" w:rsidP="006318D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -9197,114 +7485,84 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>about Lightwoods Park and House.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE61B68" w14:textId="1384A82D" w:rsidR="00EC793C" w:rsidRPr="00EF0862" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Advert for seasonal Grounds Maintenance Operatives to support our grass cutting </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Advert for seasonal Grounds Maintenance Operatives to support our grass cutting operations</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1BFAC862" w14:textId="005270DD" w:rsidR="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Closing date: Friday 2 January 2026 (however we reserve the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">right to close earlier if sufficient applications </w:t>
-[...17 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>right to close earlier if sufficient applications are received)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F87FCF4" w14:textId="3348A369" w:rsidR="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00EC793C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
@@ -9470,67 +7728,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>partnership work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="167EE057" w14:textId="471E7BC1" w:rsidR="00EC793C" w:rsidRPr="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>It’s</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> been a busy few months since my last update.</w:t>
+        <w:t>It’s been a busy few months since my last update.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="278CDBE8" w14:textId="07F28C6B" w:rsidR="00EC793C" w:rsidRPr="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Aside from the operations we’ve been running to reduce crime in the area,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -9777,307 +8025,217 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>I recently hosted a meeting to talk about women’s safety with community and faith</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">groups, charities, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>groups, charities, councillors and MPs, as well as our independent advisory groups.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D92C9F" w14:textId="427C96CB" w:rsidR="00EC793C" w:rsidRPr="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>councillors</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> through police</w:t>
+        <w:t>This work will continue to ensure concerns are addressed through police</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">and partnership activity. There will be an intense focus during the </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00B246E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>16 Days of Activism against gender-based violence</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> that starts on 25 November. I hope</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">you feel able to get involved on this </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>you feel able to get involved on this important issue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1C848D" w14:textId="3103371A" w:rsidR="00EC793C" w:rsidRPr="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>important issue</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Hate crime remains a priority for us at Sandwell Police. Please keep reporting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E1C848D" w14:textId="3103371A" w:rsidR="00EC793C" w:rsidRPr="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
+        <w:t>so we can end this crime.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471BBA2D" w14:textId="574A0607" w:rsidR="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Hate crime remains a priority for us at Sandwell Police. Please keep reporting</w:t>
+        <w:t>If you do not want to report hate crimes directly to the police, you can</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>so we can end this crime.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>contact a third-party reporting centre. These are venues such as libraries,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>If you do not want to report hate crimes directly to the police, you can</w:t>
+        <w:t>community organisations and places of worship where staff have been</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>contact a third-party reporting centre. These are venues such as libraries,</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> to take formal reports of your concerns. You can </w:t>
+        <w:t xml:space="preserve">trained to take formal reports of your concerns. You can </w:t>
       </w:r>
       <w:r w:rsidRPr="00F87381">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>find details on the council’s website</w:t>
       </w:r>
       <w:r w:rsidR="00F87381">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00F87381" w:rsidRPr="00AF792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
@@ -10090,64 +8248,52 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B67AB6" w14:textId="6804E7BA" w:rsidR="00B246E5" w:rsidRPr="00EF0862" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">No place for hate in </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>No place for hate in Sandwell</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="43C5F90D" w14:textId="6FC52019" w:rsidR="00EC793C" w:rsidRPr="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Hate crimes can have devastating effects</w:t>
       </w:r>
       <w:r w:rsidR="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10162,67 +8308,57 @@
       <w:r w:rsidR="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ones and entire communities too.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="053A8F70" w14:textId="1036E525" w:rsidR="00EC793C" w:rsidRPr="00EC793C" w:rsidRDefault="00EC793C" w:rsidP="00EC793C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>It’s</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> so important that we all do what we</w:t>
+        <w:t>It’s so important that we all do what we</w:t>
       </w:r>
       <w:r w:rsidR="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC793C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>can to help tackle hate crimes whether</w:t>
       </w:r>
       <w:r w:rsidR="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10638,448 +8774,354 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>focus on three key areas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B0ECA1" w14:textId="7FA59C14" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Problem-solving – tackling persistent local issues through long-term </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Problem-solving – tackling persistent local issues through long-term solutions</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4076DF69" w14:textId="332C7333" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Targeted activity – </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Targeted activity – proactive interventions to address crime and disorder</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3425D2B9" w14:textId="44A14044" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Community engagement – building relationships and ensuring residents have a say in </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Community engagement – building relationships and ensuring residents have a say in policing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146F6923" w14:textId="62248D5C" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>policing</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>The officers are not working alone,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>The officers are not working alone,</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>they are supported by a wider team of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>they are supported by a wider team of</w:t>
+        <w:t>neighbourhood officers, emergency</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>neighbourhood officers, emergency</w:t>
+        <w:t>response officers, investigators and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>response officers, investigators and</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>other specialists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4446D072" w14:textId="76F0336A" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>other specialists</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>named</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Your</w:t>
+        <w:t>officer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>named</w:t>
+        <w:t>acts as the local expert, with in-depth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>officer</w:t>
+        <w:t>knowledge of your area’s challenges</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>acts as the local expert, with in-depth</w:t>
+        <w:t>and the partnerships working in the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>knowledge of your area’s challenges</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB40D95" w14:textId="2766A70A" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>and the partnerships working in the</w:t>
+        <w:t>Sandwell Police’s goal is to give officers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>area.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>more time, support and resources to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Sandwell Police’s goal is to give officers</w:t>
+        <w:t>focus on being neighbourhood officers,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">more time, </w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> and visible policing</w:t>
+        <w:t>delivering proactive and visible policing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>in the areas that need it most.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506BCD10" w14:textId="1F65C044" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -11207,154 +9249,84 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E7F3384" w14:textId="51473B07" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Help if you are </w:t>
-[...34 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Help if you are being stalked or harassed</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3CCE5656" w14:textId="77777777" w:rsidR="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">No one should live in fear of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>No one should live in fear of being</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>being</w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> or harassed.</w:t>
+        <w:t>followed, watched or harassed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69611351" w14:textId="77777777" w:rsidR="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Stalking destroys lives – but</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -11463,131 +9435,95 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08AA5753" w14:textId="6337DD52" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Repeated calls, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or messages</w:t>
+        <w:t>Repeated calls, texts or messages</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E4B21E" w14:textId="36B7AB93" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sending unwanted gifts or notes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47B7B188" w14:textId="77777777" w:rsidR="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Turning up uninvited at your home, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or other places</w:t>
+        <w:t>Turning up uninvited at your home, work or other places</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF60810" w14:textId="77777777" w:rsidR="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Damaging property</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D706AE" w14:textId="1F1EFE99" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00D3232E">
@@ -11684,154 +9620,100 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Specialist advisers provide safety</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">planning, evidence-gathering </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>planning, evidence-gathering tips and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>tips</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>guidance on reporting to police.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A5D6F8" w14:textId="40560FA1" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t>Victims are urged to trust their</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>guidance on reporting to police.</w:t>
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> and call 999 if</w:t>
+        <w:t>instincts, keep records and call 999 if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B246E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>in danger.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A37A48C" w14:textId="04B1F380" w:rsidR="00B246E5" w:rsidRPr="00B246E5" w:rsidRDefault="00B246E5" w:rsidP="00B246E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -12385,234 +10267,156 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>upgrades have included:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E1E70BD" w14:textId="250ACF08" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>26</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>26 new or upgraded CCTV cameras</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="60D7C964" w14:textId="0259223B" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> deployable cameras for crime hotspots</w:t>
+        <w:t>8 deployable cameras for crime hotspots</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5155ED26" w14:textId="0B0AF37F" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>11</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>11 locations fitted with equipment to deter nuisance off-road bikes</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5324A665" w14:textId="07A261C7" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">a new business partnership and radio scheme in the town centre to support ongoing safety </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>a new business partnership and radio scheme in the town centre to support ongoing safety efforts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E4295B" w14:textId="46EB1C89" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00F9323D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>efforts</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>The impact goes beyond just new equipment – the project and partnership work</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>The impact goes beyond just new equipment – the project and partnership work</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> and partner organisations has delivered real</w:t>
+        <w:t>between the council, police, businesses and partner organisations has delivered real</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>change on the ground:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64138483" w14:textId="12DAF53B" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
@@ -12628,62 +10432,52 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>reduction in shoplifting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BCF8A8D" w14:textId="67D97251" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">drop in drug-related </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>drop in drug-related offences</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="440331D1" w14:textId="4F012F4C" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>reduction in public order offences</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="499AFCA9" w14:textId="070DC143" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00D3232E">
@@ -12760,178 +10554,122 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>helped strengthen intelligence sharing between</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">businesses and enforcement </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>businesses and enforcement teams</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="341F9B6B" w14:textId="01FBFE45" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">encouraged people to report incidents in the town centre, helping us to target local issues more </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>encouraged people to report incidents in the town centre, helping us to target local issues more effectively</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E23738B" w14:textId="788C522C" w:rsidR="00F9323D" w:rsidRPr="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00F9323D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>effectively</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>Deputy Council Leader Councillor Suzanne Hartwell said: “We listened to people’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Deputy Council Leader Councillor Suzanne Hartwell said: “We listened to people’s</w:t>
+        <w:t>concerns and acted. These results show what can be achieved when the council,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">concerns and acted. These results show what can </w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> and residents work together. We want Wednesbury to be a place</w:t>
+        <w:t>police, businesses and residents work together. We want Wednesbury to be a place</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9323D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>where people feel safe and proud.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5CA60C" w14:textId="296F9FBF" w:rsidR="00F9323D" w:rsidRDefault="00F9323D" w:rsidP="00F9323D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -13034,637 +10772,347 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Operation Advance success</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A598B1" w14:textId="156CDA75" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">More than </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>More than 20 people were arrested, vehicles were seized and drugs were</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>recovered as part of Operation Advance last month.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B13F27" w14:textId="11B64680" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> people </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Policing teams in Sandwell were supported by extra force resources and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>were arrested</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>worked closely with partner organisations, including Sandwell Council, to carry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">, vehicles were </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>out targeted activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="623667CE" w14:textId="67E079FF" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>seized</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The day saw an early morning drugs raid, a multi-agency road safety operation,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and drugs </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>an off-road bike operation, arrests, proactive vehicle patrols and a knife arch.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FB1458" w14:textId="66E24837" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>were</w:t>
+        <w:t>An estimated £20,000 to £30,000 of illegal vapes and tobacco products were seized</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>recovered</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>during a partnership operation with the council’s Trading Standards team at three</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as part of Operation Advance last month.</w:t>
-[...240 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>shops in Cradley Heath. Around 10,000 cigarettes and 4,000 vapes were found.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09086B7B" w14:textId="26D7D600" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Illegal vapes and cigarettes can pose a health risk, and their sale can seed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>criminality in our communities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37543BB7" w14:textId="55AEB0E0" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">As part of a multi-agency road safety operation held in Oldbury, around </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>As part of a multi-agency road safety operation held in Oldbury, around 28 traffic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>28</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>offices were identified, seven vehicles were seized, and arrests were made.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17688CA1" w14:textId="707B55A7" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> traffic</w:t>
+        <w:t>It was not just about enforcement, as the operation also saw school talks,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">offices </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>engagement with communities and gathering intelligence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F6ECBE" w14:textId="34B0780C" w:rsidR="00F9323D" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>were identified</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Operation Advance allows police and partners to carry out intensive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">, seven vehicles </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>activity and build on work which is going on every day of the year to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>were seized</w:t>
-[...144 lines deleted...]
-        <w:t xml:space="preserve"> to live and work.</w:t>
+        <w:t>make Sandwell a great place to live and work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A1D196B" w14:textId="6E0D67BA" w:rsidR="00DB2818" w:rsidRPr="00EF0862" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Darker nights advice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67AEF5B3" w14:textId="790F14EE" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
@@ -13708,165 +11156,111 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>We often see a seasonal rise in burglary and car crime through the autumn and winter months. So, as the nights</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">grow darker, police are increasing patrols in key areas, acting on information from the public, and </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> closely</w:t>
+        <w:t>grow darker, police are increasing patrols in key areas, acting on information from the public, and working closely</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>with partner organisations to prevent crime and protect residents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51B6FE60" w14:textId="5DCB6BED" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Heading out? Make sure your home and vehicle are secure by locking all windows, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and side gates.</w:t>
+        <w:t>Heading out? Make sure your home and vehicle are secure by locking all windows, doors and side gates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74497BD1" w14:textId="51383581" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Check you have removed valuables from your vehicle, locked </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and securely stored your keys.</w:t>
+        <w:t>Check you have removed valuables from your vehicle, locked it and securely stored your keys.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A729DCF" w14:textId="74103087" w:rsidR="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Planning a gathering? Keep side entrances, garden doors and porches locked to deter opportunistic thieves who may target unattended valuables or car keys.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEF9697" w14:textId="3BA319F7" w:rsidR="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
@@ -14035,69 +11429,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Supporting Sandwell</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAD9870" w14:textId="4B8B354A" w:rsidR="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">We know </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> of our residents are struggling to make ends meet.</w:t>
+        <w:t>We know many of our residents are struggling to make ends meet.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">We have a range of support and advice available to support you at </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00BA3BBD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
@@ -14115,379 +11491,239 @@
     </w:p>
     <w:p w14:paraId="5CD8E7C9" w14:textId="02568078" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Supporting Sandwell –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>there’s</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>there’s help here if you need it</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F5CC9B" w14:textId="211F37F0" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> help here if you need </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Our Supporting Sandwell information hub has lots of advice and resources if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>it</w:t>
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> struggling with the cost of living.</w:t>
+        <w:t>you’re struggling with the cost of living.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B728A8" w14:textId="77777777" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Find out more about the help and support we can offer, including:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B0E0BA4" w14:textId="4187DF17" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Where to find Welcoming Spaces, where you can sit, chat and join in free </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Where to find Welcoming Spaces, where you can sit, chat and join in free activities</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="14E18825" w14:textId="6C1412A7" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">How to get help if </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> struggling to pay your bills</w:t>
+        <w:t>How to get help if you’re struggling to pay your bills</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B30A6C5" w14:textId="3595C7DD" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>How to save money on your water bill</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047A974E" w14:textId="6BF6A15B" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">What to do if </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> worried about debt</w:t>
+        <w:t>What to do if you’re worried about debt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E0B469A" w14:textId="6F991A0A" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Not letting your rent get out of </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Not letting your rent get out of control</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="43D372F7" w14:textId="125330AA" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Checking what financial </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> to with our Benefits Calculator</w:t>
+        <w:t>Checking what financial support you may be entitled to with our Benefits Calculator</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21EE4A7E" w14:textId="41B32956" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Where to donate a winter coat for someone who needs one.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488F4910" w14:textId="6D715ACC" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
@@ -14816,64 +12052,52 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F313E9" w14:textId="3EAF8EB1" w:rsidR="00DB2818" w:rsidRPr="00EF0862" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Free school meal holiday vouchers coming in </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Free school meal holiday vouchers coming in December</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3D49DEBF" w14:textId="4FDAD2FB" w:rsidR="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sandwell Council is continuing to support families of more than 23,000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -15065,277 +12289,213 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>package of help funded through the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Household Support Fund this </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Household Support Fund this financial year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B44DB4C" w14:textId="06E16580" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>financial year</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>This funding is also being used to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>support Local Welfare Provision to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">This funding is also </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>help people in crisis – more low-income</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>being used</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>families are now eligible to apply, including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to</w:t>
+        <w:t>residents who need help with disability</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>support Local Welfare Provision to</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>equipment including wheelchairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C381E9" w14:textId="165C59AD" w:rsidR="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>help people in crisis – more low-income</w:t>
+        <w:t>The money is also being used to support</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>families are now eligible to apply, including</w:t>
+        <w:t>local food banks and food pantries,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>residents who need help with disability</w:t>
+        <w:t>carers and young people leaving care,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>equipment including wheelchairs.</w:t>
-[...92 lines deleted...]
-        <w:t xml:space="preserve"> and benefit advice through</w:t>
+        <w:t>budgeting and benefit advice through</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>the council’s Welfare Rights team, and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -15397,311 +12557,207 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B71033" w14:textId="56375965" w:rsidR="00DB2818" w:rsidRPr="00EF0862" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Don’t</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> misuse a Blue Badge!</w:t>
+        <w:t>Don’t misuse a Blue Badge!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A24BBA3" w14:textId="0C7E35D1" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>We’re cracking down on Blue Badge fraud.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> cracking down on Blue Badge fraud.</w:t>
+        <w:t>Misuse of Blue Badges makes it more difficult for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Misuse of Blue Badges makes it more difficult for</w:t>
+        <w:t>people with disabilities and mobility issues to find</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>people with disabilities and mobility issues to find</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>a parking space.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1404E7" w14:textId="77222157" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a parking space.</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>That’s why we’ve prosecuted 25 people for Blue Badge fraud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>over the past year – which has also seen us and our parking</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> why </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>partner APCOA shortlisted for a British Parking Award.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBD17A4" w14:textId="2CFA7B1E" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>we’ve</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>If you know, or suspect, someone may be misusing a Blue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prosecuted </w:t>
-[...118 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Badge, please let us know and we’ll take action.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE6B5EB" w14:textId="6A092817" w:rsidR="00DB2818" w:rsidRPr="00DB2818" w:rsidRDefault="00DB2818" w:rsidP="00DB2818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Please call our hotline on 0121 569 2650 or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -15799,442 +12855,392 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58450351" w14:textId="626745CB" w:rsidR="00C80209" w:rsidRPr="00C80209" w:rsidRDefault="00C80209" w:rsidP="00C80209">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Apprenticeships make Sandwell – 1,300 applications </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Apprenticeships make Sandwell – 1,300 applications received</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0552748F" w14:textId="43ACE63C" w:rsidR="00C80209" w:rsidRPr="00C80209" w:rsidRDefault="00C80209" w:rsidP="00C80209">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sandwell Council has </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Sandwell Council has been recognised</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>been recognised</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>as one of the Top 100 Apprenticeship</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>as one of the Top 100 Apprenticeship</w:t>
+        <w:t>Employers 2025 – one of only four</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Employers 2025 – one of only four</w:t>
+        <w:t>local authorities nationally to achieve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>local authorities nationally to achieve</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>this ranking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6155ACCE" w14:textId="571CCD9E" w:rsidR="00C80209" w:rsidRPr="00C80209" w:rsidRDefault="00C80209" w:rsidP="00C80209">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>this ranking.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>The council has launched a bold new 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">The council has launched a bold new </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Apprentices by 2027 programme following</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>100</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the launch of the Making It Sandwell</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Apprentices by 2027 programme following</w:t>
+        <w:t>campaign, which features young people</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>the launch of the Making It Sandwell</w:t>
+        <w:t>across Sandwell sharing their stories of what</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>campaign, which features young people</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>making it in Sandwell is all about.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017843B7" w14:textId="77777777" w:rsidR="00C80209" w:rsidRDefault="00C80209" w:rsidP="00C80209">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>across Sandwell sharing their stories of what</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Meet Brandon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who is M</w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>making it in Sandwell is all about.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">aking It as an apprentice </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Meet Brandon</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> who is M</w:t>
+        <w:t>armer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, he says: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">aking It as an apprentice </w:t>
-[...7 lines deleted...]
-        <w:t>f</w:t>
+        <w:t>“I always wanted something that’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>armer</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>different every day.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1377C805" w14:textId="4F46AA82" w:rsidR="00C80209" w:rsidRPr="00C80209" w:rsidRDefault="00C80209" w:rsidP="00C80209">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>“I always wanted something that’s</w:t>
+        <w:t>Apprenticeships are a vital way of developing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>different every day.”</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>the skills and talents of our workforce, as well as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Apprenticeships are a vital way of developing</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>supporting the local economy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720CE75D" w14:textId="0BEE6011" w:rsidR="00C80209" w:rsidRDefault="00C80209" w:rsidP="00C80209">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>the skills and talents of our workforce, as well as</w:t>
+        <w:t>The council received over 1,300 applications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>supporting the local economy.</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> Apprentices</w:t>
+        <w:t>in the first two weeks of the 100 Apprentices</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C80209">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>programme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0962601F" w14:textId="511466A7" w:rsidR="00C80209" w:rsidRPr="00C80209" w:rsidRDefault="00C80209" w:rsidP="00C80209">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -16317,265 +13323,151 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>to find out more about the Making It Sandwell campaign.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F509AC0" w14:textId="57002E21" w:rsidR="00D976B7" w:rsidRPr="00C80209" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Have your say – take part in our budget </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Have your say – take part in our budget consultation</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="37473E54" w14:textId="598040EF" w:rsidR="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Every year, the council </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Every year, the council is legally required to set a balanced budget.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>is legally required</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>We’re now looking at what money we have available to spend next year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0977B62E" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to set a balanced budget.</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>As a council, this year we set a total budget of around £1.3billion. Some services, such as schools, council housing, planning and car parking, receive specific income from grants or from charging fees direct to service users. That income adds up to £906million.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E985C76" w14:textId="5094C805" w:rsidR="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>This gives us a budget of £366million to deliver our day-to-day services for the 342,000 people who live in Sandwell. This is called our “net budget”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C018154" w14:textId="363F6E8D" w:rsidR="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> now looking at what money we have available to spend next year.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>Here’s how our net budget of £366million</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">As a council, this year we set a total budget of around £1.3billion. </w:t>
-[...123 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>for council services is funded:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D731137" w14:textId="47AAF405" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Council Tax 40%</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6268256C" w14:textId="165EADC9" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
@@ -16860,243 +13752,153 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="66B5DCBB" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Sandwell Council’s Deputy Leader Councillor Paul Moore said: “It has been important to us to protect your services and to </w:t>
       </w:r>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">make sure that we look after your money. We had to make </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">make sure that we look after your money. We had to make some hard decisions last year on things like bin collections. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E1F099" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>some</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>“This has enabled us to focus this year on things that will make our borough cleaner and safer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD80D14" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>“Our proposals will deliver some of the best roads in the country with our approach to removing potholes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7A7688" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>hard decisions</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>“We will tackle anti-social behaviour with more CCTV and enforcement. Residents will see even more investment in our parks and green spaces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57221712" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> last year on things like bin collections. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="69E1F099" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+        <w:t>“Our capital programme will see investment in our town centres, more affordable housing and delivering on our masterplans to bring new life to our six towns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C60D224" w14:textId="159CB8C5" w:rsidR="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>“This has enabled us to focus this year on things that will make our borough cleaner and safer.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1BD80D14" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+        <w:t>“We also want to keep your Council Tax as one of the lowest in the region. The decisions we make when setting our budget will show that we are a caring council that gets things done.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485F7A8A" w14:textId="2847FA7A" w:rsidR="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Our proposals will deliver </w:t>
-[...121 lines deleted...]
-        <w:t xml:space="preserve"> proposing:</w:t>
+        <w:t>Here are some of the major projects we’re proposing:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785AC143" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Additional investment in our roads and footpaths</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB52BF6" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
@@ -17316,62 +14118,52 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>A new Wednesbury Health Centre in King Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BAB2DC3" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Central Sixth Form building </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The Central Sixth Form building works</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="61074A7C" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Investment in Lightwoods Park </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC15D2C" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
@@ -17393,342 +14185,264 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">New Haden Hill Leisure Centre </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682050ED" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Five new </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Five new Playzones</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3ACD7C53" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Bromwich Hall Manor House Conservation Plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78274907" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">A new </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> in Brandhall</w:t>
+        <w:t>A new ecopark in Brandhall</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16297952" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Support for vulnerable homeowners</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5020084B" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">A new self-service customer portal to make it easier to access our </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>A new self-service customer portal to make it easier to access our services</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3D0E5A19" w14:textId="77EB065A" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Our Warm Homes Healthy People Programme</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E69016" w14:textId="77777777" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Get </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Get involved </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D325371" w14:textId="0EE122AB" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can get involved in how we set our budget for 2026/27 by taking part in our consultation. We want to hear what your priorities are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">You can get involved in how we set our budget for 2026/27 by taking part in our consultation. We want to hear what your priorities are </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>what your views are on our proposals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7ADE81" w14:textId="4312BDD2" w:rsidR="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t>This will help us make decisions on how we spend our</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>what your views are on our proposals.</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> not online, pop into any Sandwell library and ask for</w:t>
+        <w:t>budget next year. If you’re not online, pop into any Sandwell library and ask for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D976B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>help to fill in the survey using one of our computers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="696917FD" w14:textId="6BE43E81" w:rsidR="00D976B7" w:rsidRPr="00D976B7" w:rsidRDefault="00D976B7" w:rsidP="00D976B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -17834,767 +14548,617 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Launch of new Sandwell carers service</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47EDBF90" w14:textId="3D8AFB28" w:rsidR="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’ve</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>We’ve launched a new service for carers, working with local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> launched a new service for carers, working with local</w:t>
+        <w:t>organisations to make sure everyone across Sandwell’s six towns can</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>organisations to make sure everyone across Sandwell’s six towns can</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>access support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08052C72" w14:textId="77777777" w:rsidR="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>access support.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>Led by Forward Carers, the new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Led by Forward Carers, the new</w:t>
+        <w:t>service was launched at an event in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">service </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>September at St Albans Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>was launched</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Centre in Smethwick attended by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at an event in</w:t>
+        <w:t>local carers and Sandwell Council’s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>September at St Albans Community</w:t>
+        <w:t>Executive Director of Adult Social Care</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Centre in Smethwick attended by</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>and Health, Rashpal Bishop.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12340A5C" w14:textId="7503C2A6" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>local carers and Sandwell Council’s</w:t>
+        <w:t>The Mayor of Sandwell Councillor Steve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Executive Director of Adult Social Care</w:t>
+        <w:t>Melia officially opened the new service,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>and Health, Rashpal Bishop.</w:t>
-[...66 lines deleted...]
-        <w:t xml:space="preserve"> by Sandwell Council.</w:t>
+        <w:t>which is funded by Sandwell Council.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717E3945" w14:textId="77777777" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Members of the partnership include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4D8D35" w14:textId="10EB1D8B" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Age Concern Birmingham, leading on the Carers Hub support and information </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Age Concern Birmingham, leading on the Carers Hub support and information service</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5986D1D0" w14:textId="692DD834" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Age UK Birmingham and Sandwell, providing inclusive community-based activities and </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Age UK Birmingham and Sandwell, providing inclusive community-based activities and support</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4649BC38" w14:textId="184BBA0A" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Midland Mencap, providing specialist support to parent </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Midland Mencap, providing specialist support to parent carers</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0E18A006" w14:textId="2D46BDA5" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">St Albans Community Association, providing a welcoming weekly drop-in for carers to access guidance and peer </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>St Albans Community Association, providing a welcoming weekly drop-in for carers to access guidance and peer support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D69AB55" w14:textId="2E5597D3" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>support</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>Chantell Marler, Programme Director</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Chantell Marler, Programme Director</w:t>
+        <w:t>at Forward Carers, said: “We are thrilled</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>at Forward Carers, said: “We are thrilled</w:t>
+        <w:t>to bring our experience and passion</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>to bring our experience and passion</w:t>
+        <w:t>for carer support to Sandwell. Our</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>for carer support to Sandwell. Our</w:t>
+        <w:t>priority is making sure every carer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>priority is making sure every carer</w:t>
+        <w:t>feels seen, supported and connected</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">feels seen, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>– no matter where they live or what</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>supported</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>their caring role looks like.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="610D7928" w14:textId="36A9B23E" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and connected</w:t>
+        <w:t>“Working with such well-regarded local</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>– no matter where they live or what</w:t>
+        <w:t>partners means carers can access trusted</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>their caring role looks like.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="610D7928" w14:textId="36A9B23E" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
+        <w:t>support in their own community.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B84A36A" w14:textId="63582085" w:rsidR="00715CFC" w:rsidRPr="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Councillor Jackie Taylor, Cabinet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Working</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Member for Adult Services, Health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with such well-regarded local</w:t>
+        <w:t>&amp; Wellbeing, said: “This is a really</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>partners means carers can access trusted</w:t>
+        <w:t>positive development that will</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>support in their own community.”</w:t>
-[...109 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>improve access to information, advice</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>and support for unpaid carers right</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00715CFC">
@@ -18825,69 +15389,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Caring for a family member or friend?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17AD9839" w14:textId="6DBD8DB6" w:rsidR="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ensure </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> recognised and supported as an unpaid carer in Sandwell.</w:t>
+        <w:t>Ensure you’re recognised and supported as an unpaid carer in Sandwell.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE92B40" w14:textId="0F2A2664" w:rsidR="00715CFC" w:rsidRDefault="00715CFC" w:rsidP="00715CFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715CFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Register with Sandwell Carers Service to access FREE:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFBF828" w14:textId="77777777" w:rsidR="00A95C94" w:rsidRPr="00A95C94" w:rsidRDefault="00A95C94" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -18943,130 +15489,110 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Carer wellbeing check</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DE72B9" w14:textId="3BE55CFE" w:rsidR="00A95C94" w:rsidRPr="00A95C94" w:rsidRDefault="001F56D9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00A95C94">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ridgit</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> online carer support</w:t>
+        <w:t>ridgit online carer support</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="136BD3AD" w14:textId="77777777" w:rsidR="00A95C94" w:rsidRDefault="00A95C94" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95C94">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Emergency and future planning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226B0DC1" w14:textId="3A8AFFB0" w:rsidR="00A95C94" w:rsidRDefault="00A95C94" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Get a carer ID </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Get a carer ID card</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6956BCD0" w14:textId="59F44313" w:rsidR="00A95C94" w:rsidRDefault="00A95C94" w:rsidP="00A95C94">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Email </w:t>
       </w:r>
       <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="00BA3BBD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
@@ -19178,67 +15704,57 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Online support for carers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A30E034" w14:textId="0258478A" w:rsidR="001F56D9" w:rsidRPr="0050047D" w:rsidRDefault="001F56D9" w:rsidP="001F56D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0050047D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>bridgit</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> provides:</w:t>
+        <w:t>bridgit provides:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F27DEA" w14:textId="38F180AF" w:rsidR="001F56D9" w:rsidRPr="0050047D" w:rsidRDefault="001F56D9" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0050047D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Personalised advice and toolkits</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="423EC938" w14:textId="6835E239" w:rsidR="001F56D9" w:rsidRPr="0050047D" w:rsidRDefault="001F56D9" w:rsidP="00D3232E">
@@ -19304,740 +15820,518 @@
       <w:r w:rsidR="0050047D" w:rsidRPr="0050047D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>with their caring responsibilities and wellbeing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="713CD968" w14:textId="3FB4DC22" w:rsidR="0050047D" w:rsidRPr="0050047D" w:rsidRDefault="0050047D" w:rsidP="001F56D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidRPr="0050047D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t xml:space="preserve">Link to </w:t>
-[...19 lines deleted...]
-          <w:t xml:space="preserve"> online support</w:t>
+          <w:t>Link to bridgit online support</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7DF74524" w14:textId="08C0E591" w:rsidR="0062355E" w:rsidRPr="0062355E" w:rsidRDefault="0062355E" w:rsidP="0062355E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">A creative welcome following a hospital </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>A creative welcome following a hospital stay</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5367ADB4" w14:textId="423EFABE" w:rsidR="0062355E" w:rsidRPr="0062355E" w:rsidRDefault="0062355E" w:rsidP="0062355E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>People staying at ‘home from home’ accommodation following a hospital</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>stay are being welcomed by inspiring pieces of art created by Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>artists with learning disabilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2794FDF0" w14:textId="07465C60" w:rsidR="0062355E" w:rsidRPr="0062355E" w:rsidRDefault="0062355E" w:rsidP="0062355E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Our Adult Social Care’s Creative Arts team jumped at the chance to help create</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>bright, calm and inviting spaces at our specialist flats for people who come to stay</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>for a short time on their journey to regaining their independence. We wanted to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>create an environment that immediately felt welcoming and supportive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D0FE39" w14:textId="77777777" w:rsidR="0062355E" w:rsidRDefault="0062355E" w:rsidP="0062355E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>So, the Creative Arts team worked with artists with learning disabilities to pick out pieces</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>they had created that would bring wonderful, interesting and even amusing artwork into</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>the properties. Their creativity has brought colour, warmth and personality to these spaces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F38C596" w14:textId="77777777" w:rsidR="0062355E" w:rsidRDefault="0062355E" w:rsidP="0062355E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Councillor Jackie Taylor, Sandwell Council’s Cabinet Member for Adult Services, Health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>&amp; Wellbeing, said: “When people arrive here after</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>hospital, it’s important they feel at ease. The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>artwork makes it friendly, warm and truly homely.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3694F5CB" w14:textId="325C3B97" w:rsidR="0062355E" w:rsidRDefault="0062355E" w:rsidP="0062355E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>“This project shows the very best of Sandwell –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>creativity, community and care</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>coming together. It’s not just</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>about recovery.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>It’s also about</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>dignity and giving people a true</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>sense of home. We hope people</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>who come to stay here will wake</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>up with a smile on their face!”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0E9CFB" w14:textId="7A73C1BC" w:rsidR="006D384E" w:rsidRDefault="0062355E" w:rsidP="006D384E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>The Creative Arts on-site shop is open Monday to Friday, 9am to 4pm, at Units 37 to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>39, Cyprus Street, Oldbury B69 4XD. Call</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062355E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>0121 552 8095 for more information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA937B4" w14:textId="3DC99C08" w:rsidR="006D384E" w:rsidRPr="00EF0862" w:rsidRDefault="006D384E" w:rsidP="006D384E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>stay</w:t>
-[...618 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>Could you be a Shared Lives carer?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C49E798" w14:textId="77777777" w:rsidR="006D384E" w:rsidRDefault="006D384E" w:rsidP="006D384E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Are you willing to share your home to support an adult with a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -20077,111 +16371,83 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>term placements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A76300A" w14:textId="77777777" w:rsidR="006D384E" w:rsidRDefault="006D384E" w:rsidP="006D384E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">As a Shared Lives Carer, you will be self-employed and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>As a Shared Lives Carer, you will be self-employed and be paid</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>be paid</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>while someone is</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">while someone </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> with you. You must be able to give an adult the support and care they need,</w:t>
+        <w:t>placed with you. You must be able to give an adult the support and care they need,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>and to include them in your everyday life.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C9840DF" w14:textId="29D1E757" w:rsidR="006D384E" w:rsidRDefault="006D384E" w:rsidP="006D384E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -20236,130 +16502,100 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>more information or call 0121 569 4467.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A1BA159" w14:textId="495869A3" w:rsidR="006D384E" w:rsidRPr="00EF0862" w:rsidRDefault="006D384E" w:rsidP="006D384E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Have your say on dementia </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Have your say on dementia care</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6F475DF8" w14:textId="77777777" w:rsidR="006D384E" w:rsidRDefault="006D384E" w:rsidP="006D384E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>We are seeking your views about your experience of dementia care in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sandwell. Your feedback will help improve services for people living</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">with dementia and their </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>with dementia and their carers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE5FD25" w14:textId="31A05771" w:rsidR="006D384E" w:rsidRPr="006D384E" w:rsidRDefault="006D384E" w:rsidP="006D384E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Find out what we are doing to make Sandwell a dementia-friendly place, including</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -20563,185 +16799,119 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4297AF96" w14:textId="69ED1CEA" w:rsidR="00F25804" w:rsidRDefault="00F25804" w:rsidP="00F25804">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Apply for your new Blue Badge </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Apply for your new Blue Badge online</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="232B0034" w14:textId="0F29488D" w:rsidR="00F25804" w:rsidRPr="00F25804" w:rsidRDefault="00F25804" w:rsidP="00F25804">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">From November 2025, all Blue Badge applications and renewals in Sandwell must </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>From November 2025, all Blue Badge applications and renewals in Sandwell must be made through the online MySandwell portal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D72B4FE" w14:textId="1924468B" w:rsidR="00F25804" w:rsidRPr="00F25804" w:rsidRDefault="00F25804" w:rsidP="00F25804">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F25804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>be made</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The process is quick and can be done on your home laptop or smart device.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D183EC4" w14:textId="4851CCF4" w:rsidR="00F25804" w:rsidRPr="00F25804" w:rsidRDefault="00F25804" w:rsidP="00F25804">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F25804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> through the online MySandwell portal.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D72B4FE" w14:textId="1924468B" w:rsidR="00F25804" w:rsidRPr="00F25804" w:rsidRDefault="00F25804" w:rsidP="00F25804">
+        <w:t>Blue Badges help people with disabilities or health conditions park closer to their destination. You can apply for a badge for yourself, on behalf of somebody else or an organisation that transports people who need a Blue Badge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1B448D" w14:textId="30198514" w:rsidR="00F25804" w:rsidRDefault="00F25804" w:rsidP="00F25804">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">The process is quick and can </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> online at </w:t>
+        <w:t xml:space="preserve">Information can be found online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="00BA3BBD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>www.sandwell.gov.uk/bluebadge</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2D73EAD9" w14:textId="40EFB75C" w:rsidR="00F25804" w:rsidRDefault="00F25804" w:rsidP="00F25804">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
@@ -20757,69 +16927,51 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F25804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>The Community Offer Plus service provides free support</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F25804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">to adults over the age of </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> across Sandwell. The service</w:t>
+        <w:t>to adults over the age of 18 across Sandwell. The service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F25804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>includes support to help you manage your needs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -21042,67 +17194,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>The new service change is going</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>well</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> and we are working hard to</w:t>
+        <w:t>well and we are working hard to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>help residents recycle better and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -21144,103 +17286,67 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Parker is a six-year-old from Oldbury. Recycling has</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">been a special interest of his from </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>been a special interest of his from a very young age.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a very young</w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> bin collections enjoyable</w:t>
+        <w:t>He has made changes to bin collections enjoyable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>and fun.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -21394,120 +17500,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>In the first week alone</w:t>
       </w:r>
       <w:r w:rsidR="00CC4C73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> we emptied up to 170,000 bins and collected approximately </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> we emptied up to 170,000 bins and collected approximately 70 tonnes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>70</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>of paper and card for recycling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459FE5B9" w14:textId="77777777" w:rsidR="00BE086B" w:rsidRDefault="00BE086B" w:rsidP="00BE086B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tonnes</w:t>
-[...50 lines deleted...]
-        <w:t>, put the right items in the right bin by</w:t>
+        <w:t>Please remember, to make sure your bins are collected, put the right items in the right bin by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>checking the recycling guide online or your leaflet. Please do not put plastic carrier bags in your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -21613,110 +17683,90 @@
     <w:p w14:paraId="42AF0F6B" w14:textId="77777777" w:rsidR="00BE086B" w:rsidRDefault="00BE086B" w:rsidP="00BE086B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>They have attended lots of community groups and tenant engagement sessions and trained</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>lots of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>lots of volunteers as Waste and Recycling Ambassadors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE06B5C" w14:textId="082DFF00" w:rsidR="00BE086B" w:rsidRDefault="00BE086B" w:rsidP="00BE086B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> volunteers as Waste and Recycling Ambassadors.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>You might have seen them in supermarkets promoting the new service or when they visited</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BE086B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>You might have seen them in supermarkets promoting the new service or when they visited</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> residents to provide support with any additional waste and recycling needs.</w:t>
+        <w:t>some residents to provide support with any additional waste and recycling needs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3051AD98" w14:textId="0F596003" w:rsidR="00BE086B" w:rsidRPr="00BE086B" w:rsidRDefault="00BE086B" w:rsidP="00BE086B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Waste and Recycling Ambassadors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D38580" w14:textId="1C9DBA45" w:rsidR="00BE086B" w:rsidRPr="00BE086B" w:rsidRDefault="00BE086B" w:rsidP="00BE086B">
       <w:pPr>
@@ -22006,69 +18056,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Recycling (blue) bag for paper and card</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FE0FD60" w14:textId="24217B0C" w:rsidR="000E41CC" w:rsidRPr="000E41CC" w:rsidRDefault="000E41CC" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E41CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Recycling (blue lid) bin for glass, plastics, tins, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and trays</w:t>
+        <w:t>Recycling (blue lid) bin for glass, plastics, tins, cans and trays</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0C8ADA" w14:textId="4B2C62E5" w:rsidR="000E41CC" w:rsidRPr="000E41CC" w:rsidRDefault="000E41CC" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E41CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Food waste (brown) bin for all food waste recycling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4517A4" w14:textId="2A034350" w:rsidR="000E41CC" w:rsidRPr="000E41CC" w:rsidRDefault="000E41CC" w:rsidP="00D3232E">
@@ -22090,1089 +18122,708 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Non-recycling (grey) bin for nappies and non-recycling waste</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="057471A4" w14:textId="6BAEBF2E" w:rsidR="000E41CC" w:rsidRDefault="000E41CC" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E41CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Garden waste (green) bin for grass, leaves and small </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Garden waste (green) bin for grass, leaves and small branches</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="62DB9778" w14:textId="77777777" w:rsidR="000E3235" w:rsidRDefault="000E3235" w:rsidP="00494346">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E50DB3B" w14:textId="720C746E" w:rsidR="00494346" w:rsidRDefault="00494346" w:rsidP="00494346">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Tips to reduce waste:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="543029E7" w14:textId="562E58E5" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avoid </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Avoid overbuying</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2A60451A" w14:textId="04C7926E" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cut down on </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> plastics</w:t>
+        <w:t>Cut down on single use plastics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B48A928" w14:textId="4D27E6A3" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Opt</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Opt for digital receipts</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="02C72EDB" w14:textId="25283608" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Borrow instead of </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Borrow instead of buying</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="40D22EA0" w14:textId="2D726340" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Buy pre-loved and reduce fast fashion </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Buy pre-loved and reduce fast fashion purchases</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="310E3624" w14:textId="22FF25AD" w:rsidR="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Using leftovers is </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Using leftovers is a great way to save time and money on lunches</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="06499893" w14:textId="69C431D6" w:rsidR="00494346" w:rsidRDefault="00494346" w:rsidP="00494346">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Tips to reuse items:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="522DF17A" w14:textId="77777777" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Use reusable </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Use reusable bags</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="57A0C4B5" w14:textId="4B85CDBF" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reuse takeaway </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Reuse takeaway containers</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7DB19255" w14:textId="011F85F7" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Consider buying refillable water </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Consider buying refillable water bottles</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="28EBC3A2" w14:textId="536D5847" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Old clothes can </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Old clothes can be donated or re-purposed into cleaning cloths</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="24FBCF8E" w14:textId="54ED786A" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reuse wrapping paper and gift </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Reuse wrapping paper and gift bags</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1D171E0C" w14:textId="434C4BAC" w:rsidR="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Upcycle your </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Upcycle your furniture</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="220BCCD8" w14:textId="302C14A1" w:rsidR="00494346" w:rsidRDefault="00494346" w:rsidP="00494346">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Tips to recycle items:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3830E9" w14:textId="147DBF8B" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Flatten cardboard before disposing in your recycling (blue) </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Flatten cardboard before disposing in your recycling (blue) bag</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="448AE258" w14:textId="45F3CBA7" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Batteries must </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Batteries must be recycled separately in a plastic bag on top of your recycling (blue lid) bin</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4A33C3BD" w14:textId="2DB1FEE0" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thin plastics such as crisp packets, bread bags and cling film can </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Thin plastics such as crisp packets, bread bags and cling film can be recycled at most supermarkets</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0B2CC334" w14:textId="285710F5" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Separate items properly</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="048A6CE3" w14:textId="187E609D" w:rsidR="00494346" w:rsidRPr="00494346" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Garden and food waste can </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Garden and food waste can be composted at home</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="41E276A5" w14:textId="1BE390E4" w:rsidR="005C7B89" w:rsidRDefault="00494346" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494346">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Recycle plastic plant pots at garden </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Recycle plastic plant pots at garden centres</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3F3433D8" w14:textId="07E89282" w:rsidR="000E3235" w:rsidRDefault="000E3235" w:rsidP="000E3235">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId66" w:history="1">
         <w:r w:rsidRPr="00AF792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>www.sandwell.gov.uk/recycling</w:t>
-[...8 lines deleted...]
-          <w:t>guide</w:t>
+          <w:t>www.sandwell.gov.uk/recyclingguide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479E2016" w14:textId="685350C0" w:rsidR="000E3235" w:rsidRPr="000E3235" w:rsidRDefault="000E3235" w:rsidP="000E3235">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A5CD585" w14:textId="1D4ECC02" w:rsidR="005C7B89" w:rsidRPr="005C7B89" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Bereavement Services – here to </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Bereavement Services – here to help</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1C0E6176" w14:textId="77777777" w:rsidR="005C7B89" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>We all know the grief that comes with loss. Our Bereavement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Services team is here to support you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03854F05" w14:textId="1D354878" w:rsidR="005C7B89" w:rsidRPr="005C7B89" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Our </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Our dedicated and experienced staff offer a kind and professional service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>dedicated</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>including an affordable funeral service, memorials and at Sandwell Valley</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and experienced staff offer a kind and professional service</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Crematorium an on-site wake facility, coffee shop and pet cemetery.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC6370C" w14:textId="03B6167A" w:rsidR="005C7B89" w:rsidRPr="005C7B89" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>including an affordable funeral service, memorials and at Sandwell Valley</w:t>
+        <w:t>As well as running Sandwell Valley and Rowley Regis crematoriums, we also</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Crematorium an on-site wake facility, coffee </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>maintain nine cemeteries and 11 churchyards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B068F17" w14:textId="10B17478" w:rsidR="005C7B89" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>shop</w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve"> million square metres of green space</w:t>
+        <w:t>In total, this equates to nearly one million square metres of green space</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>across Sandwell, where you will find attractive and quiet spaces to visit and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -23357,60 +19008,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId68" w:history="1">
         <w:r w:rsidRPr="00BA3BBD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>www.sandwell.gov.uk/allowa</w:t>
-[...8 lines deleted...]
-          <w:t>nces</w:t>
+          <w:t>www.sandwell.gov.uk/allowances</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>read</w:t>
@@ -23528,399 +19170,255 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>House at Oldbury.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50864442" w14:textId="46AB2BC5" w:rsidR="005C7B89" w:rsidRPr="005C7B89" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Councillor Melia said: “It gave me </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Councillor Melia said: “It gave me great pleasure to welcome friends from Le Blanc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>great pleasure</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Mesnil because I served on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to welcome friends from Le Blanc</w:t>
+        <w:t>committee of Sandwell Town Twinning Association</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Mesnil because I served on the</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">when it was </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>committee of Sandwell Town Twinning Association</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>first formed and I’m very happy that the association is still active.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025244DD" w14:textId="45C59196" w:rsidR="005C7B89" w:rsidRPr="005C7B89" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">when it </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>“There have been many exchanges between Sandwell and Le Blanc Mesnil over the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">was </w:t>
+        <w:t>years involving individuals as well as sports clubs, schools and other groups. Long</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>may it continue!”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D21DB33" w14:textId="3C5605C8" w:rsidR="005C7B89" w:rsidRPr="005C7B89" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>One of the French delegates responded on behalf of the President of the Twinning</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>I’m</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Association in Blanc Mesnil, which referred to the “unbreakable bond of friendship</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>between our two towns” which has been created over the years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583B32F1" w14:textId="21C54B26" w:rsidR="005C7B89" w:rsidRPr="005C7B89" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>very happy</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The delegation was delighted with the visit. This included trips to a Black Country</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that the association is still active.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>pub, where they were impressed with the food, and the local canal network, plus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">“There have been </w:t>
-[...201 lines deleted...]
-        <w:t xml:space="preserve"> Castle.</w:t>
+        <w:t>further afield to Hartlebury Castle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52CC4AB9" w14:textId="77D3EFCC" w:rsidR="00D3232E" w:rsidRDefault="005C7B89" w:rsidP="005C7B89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>The Town Twinning Association welcomes new members. For more information,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -24057,69 +19555,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>demolition of the existing centre.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA22D9B" w14:textId="28031357" w:rsidR="00D3232E" w:rsidRPr="00D3232E" w:rsidRDefault="00D3232E" w:rsidP="00D3232E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Construction of the new facility </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> to begin in January 2026, with doors</w:t>
+        <w:t>Construction of the new facility is scheduled to begin in January 2026, with doors</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>expected to open to the public by spring 2027.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E83C0F" w14:textId="052A8206" w:rsidR="00D3232E" w:rsidRDefault="00D3232E" w:rsidP="00D3232E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -24282,172 +19762,100 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>A dedicated community room</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8D7FDD" w14:textId="12639C14" w:rsidR="00D3232E" w:rsidRPr="00D3232E" w:rsidRDefault="00D3232E" w:rsidP="00D3232E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">The ambitious project is </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>The ambitious project is being funded through a partnership between the UK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>being funded</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Government, Sport England and Sandwell Council. Alliance Leisure is managing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> through a partnership between the UK</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>delivery of the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47630272" w14:textId="7691D4C1" w:rsidR="00D3232E" w:rsidRPr="00D3232E" w:rsidRDefault="00D3232E" w:rsidP="00D3232E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Government, Sport </w:t>
-[...86 lines deleted...]
-        <w:t xml:space="preserve"> the build,</w:t>
+        <w:t>Construction firm Speller Metcalfe has been appointed to carry out the build,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3232E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>bringing their expertise to a development that aims to serve residents for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -24550,90 +19958,68 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>out our full range of leisure centres in Sandwell.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000B6597" w14:textId="0CA4DE39" w:rsidR="00D3232E" w:rsidRDefault="00D3232E" w:rsidP="00D3232E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sandwell Leisure Trust advert promoting back to feeling </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Sandwell Leisure Trust advert promoting back to feeling great</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4BE4280D" w14:textId="0ECBE641" w:rsidR="00993886" w:rsidRPr="00993886" w:rsidRDefault="00D3232E" w:rsidP="00993886">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> your time to reset.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>It’s your time to reset.</w:t>
       </w:r>
       <w:r w:rsidR="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00993886" w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Whether you want more energy, a healthier routine, or a friendly place to</w:t>
       </w:r>
       <w:r w:rsidR="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -24648,187 +20034,155 @@
     </w:p>
     <w:p w14:paraId="1C170A42" w14:textId="6DB5DDF2" w:rsidR="00993886" w:rsidRDefault="00993886" w:rsidP="00993886">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>From gyms and swimming pools to group exercise classes and sports,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>we’ve</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">we’ve got something for every goal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> got something for every goal </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">– </w:t>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>and</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>every body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D202CB" w14:textId="5D56359F" w:rsidR="00993886" w:rsidRDefault="00993886" w:rsidP="00993886">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>every body</w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Sandwell Aquatics Centre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>Portway Lifestyle Centre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Sandwell Aquatics Centre</w:t>
+        <w:t xml:space="preserve"> Tipton Sports Academy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Portway Lifestyle Centre</w:t>
-[...42 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Tipton Leisure Centre</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Wednesbury Leisure Centre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -24873,62 +20227,52 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Brand new gyms with high-spec equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="041BEA12" w14:textId="77777777" w:rsidR="00993886" w:rsidRPr="00993886" w:rsidRDefault="00993886" w:rsidP="00993886">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Group classes for all </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Group classes for all levels</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2487725A" w14:textId="3EA39FC1" w:rsidR="00993886" w:rsidRPr="00993886" w:rsidRDefault="00993886" w:rsidP="00993886">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Swimming pools and sports facilities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3AA75B" w14:textId="77777777" w:rsidR="00993886" w:rsidRPr="00993886" w:rsidRDefault="00993886" w:rsidP="00993886">
       <w:pPr>
@@ -25393,69 +20737,51 @@
         <w:t>A Christmas Panto by Touring Pantos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> at West Bromwich Town Hall, Friday 19 to Tuesday 23 December.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A39F055" w14:textId="3149ABD4" w:rsidR="008B55FE" w:rsidRDefault="008B55FE" w:rsidP="003F301A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Details and ticket information at </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> weblink:</w:t>
+        <w:t>Details and ticket information at ticketsource weblink:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId75" w:history="1">
         <w:r w:rsidRPr="00981639">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>www.ticketsource.co.uk/whats-on/west-midlands/west-bromwich-town-hall/christmas-pantomime-sleeping-beauty/e-yjyyme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -25476,120 +20802,84 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Santa’s Village at Sandwell Valley</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="289DEF46" w14:textId="7EB32F61" w:rsidR="003F301A" w:rsidRDefault="003F301A" w:rsidP="003F301A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Saturday 6, Sunday </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and Saturday 13 December.</w:t>
+        <w:t>Saturday 6, Sunday 7 and Saturday 13 December.</w:t>
       </w:r>
       <w:r w:rsidR="008B55FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Plus, Santa Paws on Sunday 14 December.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E27A28" w14:textId="304B3C8C" w:rsidR="008B55FE" w:rsidRDefault="008B55FE" w:rsidP="003F301A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Details and ticket information at </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> weblink:</w:t>
+        <w:t>Details and ticket information at ticketsource weblink:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId76" w:history="1">
         <w:r w:rsidRPr="00981639">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>www.ticketsource.co.uk/whats-on/west-bromwich/sandwell-valley-visitor-centre/santa-s-village-at-sandwell-valley/e-pbpzdq</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -25990,1364 +21280,1130 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107715FD" w14:textId="13341C88" w:rsidR="008B55FE" w:rsidRDefault="008B55FE" w:rsidP="009F7FC2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Stay well this </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Stay well this winter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B385989" w14:textId="5F68FE4F" w:rsidR="008B55FE" w:rsidRPr="008B55FE" w:rsidRDefault="008B55FE" w:rsidP="008B55FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>s winter approaches, now is the time</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>to think about protecting yourself from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>the misery of flu. Sandwell and West</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Birmingham</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>NHS Trust A&amp;E matron Michael</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Brennan has some advice to help you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>through this winter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9695B9" w14:textId="77777777" w:rsidR="003446DF" w:rsidRDefault="008B55FE" w:rsidP="008B55FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>He explained: “Flu spreads more easily in winter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>when we spend more time together indoors</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>and it can cause serious</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>illness. It is important</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>to get protected, even if you have had a vaccine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>or been ill with flu before, as immunity fades</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>over time</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>and these viruses change each year. If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>you are vaccinated and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>catch flu this winter, you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>are likely to have milder symptoms and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>recover</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>faster, cutting your risk of being hospitalised.</w:t>
+      </w:r>
+      <w:r w:rsidR="003446DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Flu often peaks over the festive and New Year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>period, and nobody wants to miss out on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>festive celebrations with their friends and family,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>so my advice is winter vaccines provide the best</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>possible protection.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499D8528" w14:textId="1DFAAD15" w:rsidR="008B55FE" w:rsidRDefault="008B55FE" w:rsidP="008B55FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If you are offered a vaccine for flu or COVID-19</w:t>
+      </w:r>
+      <w:r w:rsidR="003446DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>please come forward. You can book an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>appointment via the National Booking System.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56AE007F" w14:textId="053554CF" w:rsidR="008B55FE" w:rsidRPr="008B55FE" w:rsidRDefault="008B55FE" w:rsidP="008B55FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Appointments are also available on the NHS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>App or by calling 119. Calls to 119 are free from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>mobiles and landlines and the booking service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>provides support in 200 different languages.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>BSL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>users can use textphone 18001 or the NHS 119</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>British</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Sign Language (BSL) interpreter service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254E6D2F" w14:textId="44F76B3A" w:rsidR="008B55FE" w:rsidRPr="008B55FE" w:rsidRDefault="008B55FE" w:rsidP="008B55FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Michael continued: “Please do not come to A&amp;E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>with flu unless you have underlying conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>and are severely affected. Flu is easily passed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>from person to person, so you may pass it on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>to vulnerable people by attending a health care</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>setting. Flu symptoms hit you suddenly and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>sometimes severely. They usually include fever,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>chills, headaches and aching muscles, and you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>can often get a cough and sore throat at the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>same time. Flu is caused by viruses and not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>bacteria, so antibiotics won’t treat it. People</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>sometimes think a bad cold is flu, but having flu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>can be much worse than a cold and you may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>need to stay in bed for a few days if you have flu.</w:t>
+      </w:r>
+      <w:r w:rsidR="003446DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Paracetamol and ibuprofen will help manage the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>symptoms until you recover, but please check the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>dosage and do not combine different medicines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA17CB5" w14:textId="59B205AF" w:rsidR="008B55FE" w:rsidRDefault="008B55FE" w:rsidP="008B55FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>“To help protect the NHS this winter. Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>choose healthcare services wisely. We often see</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>a rise in the number of people needing medical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>care in winter, and we want to provide the best</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>service we can for every patient. If you need</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>urgent help but it’s not an emergency, visit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>NHS 111 online or call 111 for clinical advice,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>assessment and signposting to the right service.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>The NHS App can help with this. If you haven’t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>already got it</w:t>
+      </w:r>
+      <w:r w:rsidR="003446DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B55FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please download and start using it.</w:t>
+      </w:r>
+      <w:r w:rsidR="003446DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3598497A" w14:textId="46A4D308" w:rsidR="003446DF" w:rsidRDefault="003446DF" w:rsidP="003446DF">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>winter</w:t>
-[...1270 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Do more with NHS </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Do more with NHS app</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1B13E2DA" w14:textId="72C1E3FD" w:rsidR="003446DF" w:rsidRDefault="003446DF" w:rsidP="003446DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Order repeat prescriptions, book appointments, view your records and much more.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D14D4E" w14:textId="2DBF0E84" w:rsidR="003446DF" w:rsidRPr="003446DF" w:rsidRDefault="003446DF" w:rsidP="003446DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -27453,67 +22509,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003446DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>judgemental support.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793DD7A3" w14:textId="6FBABCD4" w:rsidR="003446DF" w:rsidRDefault="003446DF" w:rsidP="003446DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003446DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’ll</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> help you understand your options</w:t>
+        <w:t>We’ll help you understand your options</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003446DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>and help you find the right services to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -27785,376 +22831,278 @@
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>LS@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B279192" w14:textId="77777777" w:rsidR="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Let’s</w:t>
-[...17 lines deleted...]
-          <w:bCs/>
+        <w:t>Let’s get men talking in Sandwell</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38088420" w14:textId="77777777" w:rsidR="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>For urgent mental health support, call NHS111 and select option 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Free, confidential and available 24/7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C1A3A8" w14:textId="77777777" w:rsidR="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Suicide is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>the biggest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>killer of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>men</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>under 50</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>79% of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>deaths by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>suicide in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sandwell</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0013530B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">For urgent mental health support, call NHS111 and select option </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="0013530B">
+        <w:t>are men</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...221 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="1200C964" w14:textId="7E7FF772" w:rsidR="00C74F1B" w:rsidRPr="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Check in on your mates. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ok, mate? </w:t>
+        <w:t xml:space="preserve">Check in on your mates. You ok, mate? </w:t>
       </w:r>
       <w:r w:rsidRPr="0013530B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>For help and support for yourself or a mate, visit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId88" w:history="1">
         <w:r w:rsidRPr="00981639">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
@@ -28168,64 +23116,52 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73AD4CB0" w14:textId="5D1AF511" w:rsidR="003446DF" w:rsidRDefault="00333E83" w:rsidP="003446DF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Family Hubs helping families </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Family Hubs helping families thrive</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="71E46044" w14:textId="087B0C19" w:rsidR="003446DF" w:rsidRPr="003446DF" w:rsidRDefault="003446DF" w:rsidP="003446DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003446DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Family Hubs offer the right help, in the right</w:t>
       </w:r>
       <w:r w:rsidR="00333E83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -28245,69 +23181,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003446DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>services and support for all families in Sandwell</w:t>
       </w:r>
       <w:r w:rsidR="00333E83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003446DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">with children aged 0 to 19 (or </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> with</w:t>
+        <w:t>with children aged 0 to 19 (or 25 with</w:t>
       </w:r>
       <w:r w:rsidR="00333E83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003446DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>SEND).</w:t>
       </w:r>
       <w:r w:rsidR="00333E83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -28432,69 +23350,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>We can support you with:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4935F87E" w14:textId="58188236" w:rsidR="00333E83" w:rsidRPr="00333E83" w:rsidRDefault="00333E83" w:rsidP="00333E83">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00333E83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Face-to-face stop smoking advice, personalised to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> behavioural support and nicotine replacement therapy (NRT).</w:t>
+        <w:t>Face-to-face stop smoking advice, personalised to you behavioural support and nicotine replacement therapy (NRT).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9B68E6" w14:textId="34C73C13" w:rsidR="00333E83" w:rsidRPr="00333E83" w:rsidRDefault="00333E83" w:rsidP="00333E83">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00333E83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Free advice on nutrition, healthy eating and maintaining a healthy weight during pregnancy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="474D28E3" w14:textId="1B862550" w:rsidR="00333E83" w:rsidRPr="00333E83" w:rsidRDefault="00333E83" w:rsidP="00333E83">
@@ -28592,64 +23492,52 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3358E5FD" w14:textId="212022DB" w:rsidR="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Think before you </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Think before you burn</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="55D79501" w14:textId="5AD5DE1F" w:rsidR="00C74F1B" w:rsidRPr="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Wood-burning stoves may be co</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
@@ -28702,69 +23590,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>what you breathe matters. Poor indoor air can</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">trigger asthma, worsen </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and heart disease,</w:t>
+        <w:t>trigger asthma, worsen lung and heart disease,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>and even increase the risk of cancer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -28847,118 +23717,90 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Use only dry wood with the orange and red “Ready to Burn” logo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395BF28F" w14:textId="6158803C" w:rsidR="00C74F1B" w:rsidRPr="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Never burn waste wood, garden </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or household rubbish.</w:t>
+        <w:t>Never burn waste wood, garden clippings or household rubbish.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1775273A" w14:textId="760BED99" w:rsidR="00C74F1B" w:rsidRPr="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Service your stove and sweep your chimney regularly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10EC6B21" w14:textId="6A6E99DE" w:rsidR="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>A few</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> simple choices can keep your home warm</w:t>
+        <w:t>A few simple choices can keep your home warm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>without harming your family’s health.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A6A3925" w14:textId="38F73910" w:rsidR="00C74F1B" w:rsidRPr="00EF0862" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -29001,750 +23843,512 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Programme offers checks for people</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">aged 55 to 74 who </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>aged 55 to 74 who are registered with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>are registered</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>a Sandwell GP and are current or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>former smokers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F2D88B" w14:textId="3E12A83A" w:rsidR="00C74F1B" w:rsidRDefault="00C74F1B" w:rsidP="00C74F1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a Sandwell GP and are current or</w:t>
+        <w:t>If you have been invited but couldn’t take</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>former smokers.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>up the offer, have recently registered with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you have </w:t>
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> received your</w:t>
+        <w:t>a Sandwell GP or haven’t received your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>invitation, please call 0121 817 5449.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="234EC24C" w14:textId="27B8F93E" w:rsidR="00143608" w:rsidRDefault="00143608" w:rsidP="00143608">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Skills Campus coming </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Skills Campus coming soon </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F04DF32" w14:textId="4AD1351F" w:rsidR="00143608" w:rsidRDefault="00143608" w:rsidP="00143608">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Launching at the start of 2026, the Cradley Heath Skills Campus – part of</w:t>
-      </w:r>
+        <w:t>Launching at the start of 2026, the Cradley Heath Skills Campus – part of The Sandwell Colleges – is a brand-new destination for learners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B1A468" w14:textId="07C84FDC" w:rsidR="00143608" w:rsidRPr="00143608" w:rsidRDefault="00143608" w:rsidP="00143608">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>This dedicated training centre is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>The Sandwell Colleges – is a brand-new destination for learners.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>designed to prepare students for skilled</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">This dedicated training centre </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>trades and technical careers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0268233E" w14:textId="75DD4E22" w:rsidR="00143608" w:rsidRPr="00143608" w:rsidRDefault="00143608" w:rsidP="00143608">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>is</w:t>
+        <w:t>With a focus on practical, hands-on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>designed</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>learning, this campus provides a real</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to prepare students for skilled</w:t>
+        <w:t>world</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>trades and technical careers.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>working environment tailored to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">With a focus on practical, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>industry needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C54BB36" w14:textId="1FA21444" w:rsidR="00143608" w:rsidRPr="00143608" w:rsidRDefault="00143608" w:rsidP="00143608">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>hands-on</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>This £9million innovative campus is</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>learning, this campus provides a real</w:t>
+        <w:t>funded by the government’s Towns</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00143608">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Fund and developed in partnership</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00143608">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>with Sandwell Council. It will offer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00143608">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>specialist workshops, industry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>world</w:t>
+        <w:t>standard</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>working environment tailored to</w:t>
+        <w:t>equipment and dedicated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>industry needs.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C54BB36" w14:textId="1FA21444" w:rsidR="00143608" w:rsidRPr="00143608" w:rsidRDefault="00143608" w:rsidP="00143608">
+        <w:t>spaces for apprenticeships.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D103B18" w14:textId="6CAD3216" w:rsidR="00143608" w:rsidRPr="00143608" w:rsidRDefault="00143608" w:rsidP="00143608">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">This £9million innovative campus </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Whether you’re starting out, retraining or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>is</w:t>
+        <w:t>looking to enhance your career prospects,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>funded</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the technical and vocational courses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by the government’s Towns</w:t>
-[...205 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">available </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> to help you take</w:t>
+        <w:t>available are designed to help you take</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00143608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>that next step in construction, digital,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -29990,184 +24594,148 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Blackheath Bus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Interchange, public </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Interchange, public space and safety improvements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E7931F" w14:textId="265EAEC8" w:rsidR="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>space</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and safety improvements.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>thank businesses, residents and shoppers for their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We</w:t>
+        <w:t>patience and understanding during this £2.9million</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>thank businesses, residents and shoppers for their</w:t>
+        <w:t>regeneration project,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>patience and understanding during this £2.9million</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">which </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>has been</w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>regeneration project,</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> through the</w:t>
+        <w:t xml:space="preserve"> funded through the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>government’s Towns Fund programme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57BEE301" w14:textId="4991027A" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -30176,426 +24744,280 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>New homes for Friar Park</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DE5A4D0" w14:textId="614A7F04" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">A combination of sites is set to deliver more than </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>A combination of sites is set to deliver more than 700 much-needed new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>700</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>homes in the Friar Park area of Wednesbury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670C88A7" w14:textId="4A0A7A8C" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> much-needed new</w:t>
+        <w:t>Sandwell Council and West Midlands Combined Authority (WMCA) recently</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>homes in the Friar Park area of Wednesbury.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>appointed Keepmoat as the developer to drive forward 600 new homes at the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Sandwell Council and West Midlands Combined Authority (WMCA) recently</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Friar Park Urban Village site.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4412C4D0" w14:textId="2AA2ADE6" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">appointed Keepmoat as the developer to drive forward </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>The scheme, a joint project between the council and WMCA, is part-funded</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>600</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>by the government’s Levelling Up Partnership. The project will see around 600</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> new homes at the</w:t>
+        <w:t>homes built on the huge site, approximately the size of 32 football pitches. At</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Friar Park Urban Village site.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4412C4D0" w14:textId="2AA2ADE6" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
+        <w:t>least 25% of the homes will be classed affordable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EBF8DF" w14:textId="6A6D6171" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">The scheme, a joint project between the council and WMCA, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Keepmoat said: “At Keepmoat, we’re committed to transforming lives and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>is part-funded</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>creating a thriving new community in Wednesbury.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">by the government’s Levelling Up Partnership. The project will see around </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>This is an exciting project to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>600</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>deliver much-needed, high-quality housing for local people.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B2548A" w14:textId="04799519" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">homes built on the huge site, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>The first phase of work on Friar Park Urban Village will be to treat the land to address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>approximately the</w:t>
-[...195 lines deleted...]
-        <w:t xml:space="preserve"> ready for housebuilding. The</w:t>
+        <w:t>historic contamination issues, so that it can be made ready for housebuilding. The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>council and WMCA will shortly submit a planning application for this remediation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -30665,255 +25087,173 @@
     </w:p>
     <w:p w14:paraId="25602484" w14:textId="709B9701" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>The Design Code is a planning document, required by government,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>that</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>that guides design standards for the way sites or areas are developed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AEB1636" w14:textId="5169097F" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> guides design standards for the way sites or areas </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>The Sandwell Design Code team has undertaken a successful round of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>are developed</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>engagement with people across the borough over the summer and early autumn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAD7B13" w14:textId="5E334309" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>This has included pop-up activities at West Bromwich outdoor market, the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>The Sandwell Design Code team has undertaken a successful round of</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>SHAPE Youth Festival, Blackheath Library and a series of community fun days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="575F4973" w14:textId="58DAEAD0" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>engagement with people across the borough over the summer and early autumn.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>The Design Code website is now live and includes snapshots of some of the mapping</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>This has included pop-up activities at West Bromwich outdoor market, the</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>analysis, local character appreciation and headlines from people’s feedback so far.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560ACF63" w14:textId="7E952864" w:rsidR="002C57D2" w:rsidRPr="002C57D2" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">SHAPE Youth Festival, Blackheath </w:t>
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> to take a look, have your say on local issues and help</w:t>
+        <w:t>Everyone is invited to take a look, have your say on local issues and help</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>identify the priorities for the design of new development in Sandwell.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D36A0BB" w14:textId="510362B6" w:rsidR="002C57D2" w:rsidRPr="00143608" w:rsidRDefault="002C57D2" w:rsidP="002C57D2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -30928,60 +25268,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId92" w:history="1">
         <w:r w:rsidRPr="00937DC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>www.sandwell.gov.uk/TheDesign</w:t>
-[...8 lines deleted...]
-          <w:t>Code</w:t>
+          <w:t>www.sandwell.gov.uk/TheDesignCode</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C57D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>to find out more.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2153F9B2" w14:textId="73877D72" w:rsidR="002C57D2" w:rsidRDefault="007F66F9" w:rsidP="009F7FC2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -30994,325 +25325,271 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Update on Tipton regeneration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B620CC" w14:textId="77777777" w:rsidR="007F66F9" w:rsidRDefault="007F66F9" w:rsidP="007F66F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sandwell Council has appointed Torsion Construction Ltd to build </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Sandwell Council has appointed Torsion Construction Ltd to build 55 new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>55</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">affordable council homes in Union Street, Tipton. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEE6057" w14:textId="72CAB7FC" w:rsidR="007F66F9" w:rsidRPr="007F66F9" w:rsidRDefault="007F66F9" w:rsidP="007F66F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> new</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>Following a period of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">affordable council homes in Union Street, Tipton. </w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>detailed design work, construction has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Following a period of</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>started on site.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Th</w:t>
       </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>detailed design work, construction has</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>is scheme mark</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>s Torsion’s f</w:t>
       </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>started on site.</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>irst-ever public sector housing project</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0701556D" w14:textId="2865636F" w:rsidR="007F66F9" w:rsidRPr="007F66F9" w:rsidRDefault="007F66F9" w:rsidP="007F66F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>is scheme mark</w:t>
-[...7 lines deleted...]
-        <w:t>s Torsion’s f</w:t>
+        <w:t>Work starting on site represents a major milestone for the project, which will set a new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>irst-ever public sector housing project</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="0701556D" w14:textId="2865636F" w:rsidR="007F66F9" w:rsidRPr="007F66F9" w:rsidRDefault="007F66F9" w:rsidP="007F66F9">
+        <w:t>benchmark for the quality and sustainability of affordable apartments in Sandwell.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE22046" w14:textId="1E2F71FC" w:rsidR="007F66F9" w:rsidRPr="007F66F9" w:rsidRDefault="007F66F9" w:rsidP="007F66F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Work starting on site represents a major milestone for the project, which will set a new</w:t>
+        <w:t>Alongside this, and following planning approval in May, the council is now working to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>benchmark for the quality and sustainability of affordable apartments in Sandwell.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>appoint a construction partner to refurbish and extend the former Conservative</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Alongside this, and following planning approval in May, the council is now working to</w:t>
+        <w:t>Club, also on Union Street. This scheme will provide a further 15 new homes while</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>appoint a construction partner to refurbish and extend the former Conservative</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>giving a much-loved locally listed heritage building a new lease of life.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6922A471" w14:textId="4F428309" w:rsidR="007F66F9" w:rsidRDefault="007F66F9" w:rsidP="007F66F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Club, also on Union Street. This scheme will provide a further </w:t>
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> by £20milion of government</w:t>
+        <w:t>This regeneration project, which is supported by £20milion of government</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F66F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>funding, also includes improvements along Owen Street and to public spaces</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -31355,312 +25632,230 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>As part of the Brandhall Village project in Oldbury, the old clubhouse in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Heron Road will </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Heron Road will be demolished in the coming months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC18CB0" w14:textId="1797B0D2" w:rsidR="000A0016" w:rsidRPr="000A0016" w:rsidRDefault="000A0016" w:rsidP="000A0016">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>be demolished</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>At the same time, plans for a new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the coming months.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>public ecopark have taken a major step</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>At the same time, plans for a new</w:t>
+        <w:t>forward – Sandwell’s first new public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">public </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>park in 50 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0F0B31" w14:textId="6E6EE269" w:rsidR="000A0016" w:rsidRPr="000A0016" w:rsidRDefault="000A0016" w:rsidP="000A0016">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ecopark</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Following community consultation,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have taken a major step</w:t>
+        <w:t>we have created a final masterplan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>forward – Sandwell’s first new public</w:t>
+        <w:t>for the ecopark, focusing on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>park in 50 years.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>preserving natural habitats, increasing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Following community consultation,</w:t>
+        <w:t>biodiversity and offering green space</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>we have created a final masterplan</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>for the whole community to enjoy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB47BA8" w14:textId="48B5BAE6" w:rsidR="000A0016" w:rsidRPr="000A0016" w:rsidRDefault="000A0016" w:rsidP="000A0016">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">for the </w:t>
-[...110 lines deleted...]
-        <w:t xml:space="preserve"> will include upgraded</w:t>
+        <w:t>This ecopark will include upgraded</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>walking trails, native planting and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -31791,67 +25986,57 @@
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>for more information on this and the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ecopark</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> masterplan.</w:t>
+        <w:t>ecopark masterplan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5882C834" w14:textId="667F887F" w:rsidR="00CA5D91" w:rsidRDefault="000A0016" w:rsidP="000A0016">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A0016">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Site survey work and ground</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -31878,71 +26063,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>in the coming months.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527A553A" w14:textId="7C1E5192" w:rsidR="00CA5D91" w:rsidRPr="00CA5D91" w:rsidRDefault="00CA5D91" w:rsidP="00CA5D91">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Regenerating</w:t>
-[...19 lines deleted...]
-        <w:t>website</w:t>
+        <w:t>Regenerating Sandwell website</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4973AFC8" w14:textId="3EA4C730" w:rsidR="00CA5D91" w:rsidRDefault="00CA5D91" w:rsidP="00CA5D91">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5D91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Check out our new-look regeneration website at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -31953,1028 +26118,880 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>www.regeneratingsandwell.co.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6524DBE9" w14:textId="5C7D6405" w:rsidR="00CA5D91" w:rsidRDefault="00CA5D91" w:rsidP="00CA5D91">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CA5D91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Many</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> by UK Government funding</w:t>
+        <w:t>Many of our regeneration projects are supported by UK Government funding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE1193A" w14:textId="14038C4C" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">New West Bromwich indoor market is now open for </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>New West Bromwich indoor market is now open for business</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="653DE72B" w14:textId="487BC6A1" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Sandwell Council Leader</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Councillor Kerrie Carmichael</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>and Blind Dave Heeley OBE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>launched the new West</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Bromwich indoor market</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>with a plaque dedicated to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>the occasion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8213CE" w14:textId="0421F8D3" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>The new market is located on High</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Street and replaces the old indoor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>market in Kings Square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A860287" w14:textId="572DFB20" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>This is one of the centrepieces</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>of Sandwell Council’s West Bromwich Masterplan, created</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>to deliver a modern and vibrant destination for both traders</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>and shoppers. Combining traditional market stalls with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>contemporary facilities, the market also features specialist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>street food in the new food court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F66AB14" w14:textId="3DB5D9A1" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>During the opening two weeks, 77,627 people visited</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>the new market!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57900D45" w14:textId="6196EBC8" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>The market includes the return of Firkins Bakery, plus a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>butcher,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>fishmonger, Caribbean food supplies, beauty services, cosmetics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>and perfume, curtains, mobile phone repairs, as well as clothes,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>haberdashery and pet food supplies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F37501" w14:textId="37E583A2" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A new food court offers diverse cuisines including East Asian, Sri Lankan, Caribbean,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>hot pork sandwiches, an instore bakery and freshly made doughnuts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5078B5F1" w14:textId="78DA8246" w:rsidR="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>The project is a great example of collaboration thanks to £2.61million funding from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>the government’s Towns Fund programme, which is supporting regeneration and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>investment in towns across the country, and £2.03m funding from Sandwell Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23274F34" w14:textId="20937238" w:rsidR="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>The new indoor market is open 9am to 5pm Monday to Saturday, while</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>the food court is open 11am to 5pm Monday to Thursday and 11am to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>7pm on Fridays and Saturdays.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The address is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71210">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>103-108 Kings Square, West Bromwich B70 7NN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5176B5" w14:textId="22D142E0" w:rsidR="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>business</w:t>
-[...562 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...31 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Stronger businesses, thriving communities</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5A7900FA" w14:textId="0D19DD4F" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sandwell Council is </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Sandwell Council is passionate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>passionate</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>about supporting your business to</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>about supporting your business to</w:t>
+        <w:t>grow in a way that ensures people</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>grow in a way that ensures people</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>and communities benefit too.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A26BA31" w14:textId="479F11DE" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>and communities benefit too.</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>That’s what Sandwell Business Growth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>That’s</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>is all about. When Sandwell businesses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> what Sandwell Business Growth</w:t>
+        <w:t>thrive, they create jobs, raise</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>is all about. When Sandwell businesses</w:t>
+        <w:t>aspirations, boost skills and generate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>thrive, they create jobs, raise</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>wealth for our local economy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664BF110" w14:textId="34DF2450" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">aspirations, boost </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>You’re Sandwell’s lifeblood – so our</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>skills</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Sandwell Business Growth Team is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and generate</w:t>
+        <w:t>here to champion your business at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>wealth for our local economy.</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>every stage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5251C2" w14:textId="31FA51B2" w:rsidR="00F71210" w:rsidRPr="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>You’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The Sandwell Business Growth website</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sandwell’s lifeblood – so our</w:t>
-[...90 lines deleted...]
-        <w:t xml:space="preserve"> with resources to help you</w:t>
+        <w:t>is packed with resources to help you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>achieve your ambitions. When your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -33284,69 +27301,51 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Free parking does not include Sandwell Valley car</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">parks, privately-run car </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and on-street parking bays.</w:t>
+        <w:t>parks, privately-run car parks and on-street parking bays.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="270A94FB" w14:textId="57670F7C" w:rsidR="00F71210" w:rsidRDefault="00F71210" w:rsidP="00F71210">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71210">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Councillor Keith Allcock, Cabinet Member for Environment and Highways, said:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -33406,414 +27405,278 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Centenary celebrations for Chapmans</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1443AB58" w14:textId="6C2574EB" w:rsidR="008871F1" w:rsidRPr="008871F1" w:rsidRDefault="008871F1" w:rsidP="008871F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Celebrating </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Celebrating 100 years in business,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>100</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Chapmans in Cradley Heath was</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> years in business,</w:t>
+        <w:t>established in 1925, when electricity</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapmans in Cradley Heath </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>was a new technology. Practically</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>was</w:t>
+        <w:t>no houses had electricity, most used</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>established</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>coal and gas for lighting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFF146B" w14:textId="2A3D3D9B" w:rsidR="008871F1" w:rsidRPr="008871F1" w:rsidRDefault="008871F1" w:rsidP="008871F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in 1925, when electricity</w:t>
+        <w:t>The main area of business was wiring</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">was </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>and, as the company continued to grow,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a new technology</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Ewart Chapman opened a retail shop selling mainly lamps, fuses and plugs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2304A14C" w14:textId="5724E149" w:rsidR="008871F1" w:rsidRPr="008871F1" w:rsidRDefault="008871F1" w:rsidP="008871F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>After the war there was a boom of product availability and demand. The shop</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Practically</w:t>
+        <w:t>started to sell TVs, vacuums, washing machines, cookers, fridges and so on. These</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>no</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>were all completely new to the public, so product demonstrators were employed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6699E2C1" w14:textId="38E4E0D7" w:rsidR="008871F1" w:rsidRPr="008871F1" w:rsidRDefault="008871F1" w:rsidP="008871F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> houses had electricity, most used</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>In the 1960s and 70s commercial contracts became a substantial part of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>coal</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>business. Chapmans also joined one of the first and largest buying groups to secure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and gas for lighting.</w:t>
-[...200 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>better prices, this is now Euronics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B082318" w14:textId="7191726B" w:rsidR="008871F1" w:rsidRPr="008871F1" w:rsidRDefault="008871F1" w:rsidP="008871F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>The mid-1980s saw the emergence of satellite TV and a partnership with Sky meant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -33912,139 +27775,99 @@
     </w:p>
     <w:p w14:paraId="0ED17DCC" w14:textId="0B83B0B6" w:rsidR="008871F1" w:rsidRDefault="008871F1" w:rsidP="008871F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">For more business stories, </w:t>
       </w:r>
       <w:hyperlink r:id="rId97" w:history="1">
         <w:r w:rsidRPr="008871F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>visit our Sandwell Business Growth Made</w:t>
-[...17 lines deleted...]
-          <w:t>in Sandwell webpage</w:t>
+          <w:t>visit our Sandwell Business Growth Made in Sandwell webpage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>, which celebrates of the talent and diversity of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008871F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>organisations in Sandwell.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70FBE7BA" w14:textId="2619FF73" w:rsidR="00485CE5" w:rsidRPr="00EF0862" w:rsidRDefault="00485CE5" w:rsidP="00485CE5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Sa</w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Safety checks – your safety is our priority</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="03529149" w14:textId="44D7455E" w:rsidR="00485CE5" w:rsidRPr="00485CE5" w:rsidRDefault="00485CE5" w:rsidP="00485CE5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>The safety of our council tenants is one of our top priorities. It is our duty as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -34065,355 +27888,217 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>We complete a rolling programme of risk assessments to ensure that your property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">is safe to live in. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> been visiting properties to perform safety checks and</w:t>
+        <w:t>is safe to live in. We’ve been visiting properties to perform safety checks and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>inspections and can report that, as of 31 July this year:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48028DC8" w14:textId="7BEFABC8" w:rsidR="00485CE5" w:rsidRPr="00485CE5" w:rsidRDefault="00485CE5" w:rsidP="00485CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">99.6% of all gas safety checks have </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>99.6% of all gas safety checks have been completed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25060368" w14:textId="31E90EF1" w:rsidR="00485CE5" w:rsidRPr="00485CE5" w:rsidRDefault="00485CE5" w:rsidP="00485CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">98.3% of electrical safety checks have </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>98.3% of electrical safety checks have been completed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72BD66C6" w14:textId="4589B0C4" w:rsidR="00485CE5" w:rsidRPr="00485CE5" w:rsidRDefault="00485CE5" w:rsidP="00485CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>100% of buildings with communal areas have had a fire risk</w:t>
-[...15 lines deleted...]
-        <w:t>assessment.</w:t>
+        <w:t>100% of buildings with communal areas have had a fire risk assessment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C1D742" w14:textId="5BA341B0" w:rsidR="00485CE5" w:rsidRPr="00485CE5" w:rsidRDefault="00485CE5" w:rsidP="00485CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>100% of buildings with a communal water supply have had a legionella risk</w:t>
-[...15 lines deleted...]
-        <w:t>assessment.</w:t>
+        <w:t>100% of buildings with a communal water supply have had a legionella risk assessment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="146BCE67" w14:textId="153EB1CB" w:rsidR="00485CE5" w:rsidRPr="00485CE5" w:rsidRDefault="00485CE5" w:rsidP="00485CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>100% of buildings with communal lifts have had a lift safety check.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7647972B" w14:textId="203A9713" w:rsidR="00485CE5" w:rsidRPr="00485CE5" w:rsidRDefault="00485CE5" w:rsidP="00485CE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">100% of asbestos reports have </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>100% of asbestos reports have been completed to communal areas of blocks that require a survey.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A13704" w14:textId="31A45B37" w:rsidR="00485CE5" w:rsidRDefault="00485CE5" w:rsidP="00485CE5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>been completed</w:t>
-[...40 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">We are also </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> inspections and</w:t>
+        <w:t>We are also carrying out inspections and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00485CE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>tests on the installed smoke detectors in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -34471,548 +28156,136 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>programme for all electric properties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFADE89" w14:textId="6E2B022B" w:rsidR="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Homeless </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> worried about losing your home?</w:t>
+        <w:t>Homeless or worried about losing your home?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A600B91" w14:textId="77777777" w:rsidR="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE0BEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>If you are homeless, at risk of losing your home or struggling to pay your</w:t>
-      </w:r>
+        <w:t>If you are homeless, at risk of losing your home or struggling to pay your rent, please seek our help as soon as possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61EC2175" w14:textId="5D1E9C53" w:rsidR="00CE0BEA" w:rsidRPr="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CE0BEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>The earlier you get in touch, the more we can do to help and prevent you losing your home.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D50BB1" w14:textId="6F837CCD" w:rsidR="00CE0BEA" w:rsidRPr="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CE0BEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>rent, please seek our help as soon as possible.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="61EC2175" w14:textId="5D1E9C53" w:rsidR="00CE0BEA" w:rsidRPr="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
+        <w:t>It is more important than ever to contact us as soon as possible. The demand for homelessness support has increased from around 4,000 households in 2021, with us helping almost 7,000 households that are either homeless or at risk of homelessness in the past year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E36167" w14:textId="626CE608" w:rsidR="00CE0BEA" w:rsidRPr="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE0BEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>The earlier you get in touch, the more</w:t>
-      </w:r>
+        <w:t>Demand for council housing has also increased significantly with over 3,000 households now looking for council housing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE42F54" w14:textId="621EDE9D" w:rsidR="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CE0BEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...418 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>More than a third of people who needed assistance in the past year to prevent or relieve their homelessness were supported with an offer of a private rented property, as the demand for accommodation means an offer of a private rented property is much more likely than an offer of council accommodation. The council aims to increase this to two thirds of all cases by the end of 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0832BF" w14:textId="1F7A60A9" w:rsidR="00CE0BEA" w:rsidRPr="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE0BEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId98" w:history="1">
         <w:r w:rsidRPr="00AF792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
@@ -35162,711 +28435,577 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00B76B24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">hopmobility – here to help </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B76B24">
+        <w:t>hopmobility – here to help you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33325C85" w14:textId="534A884E" w:rsidR="00CE0BEA" w:rsidRPr="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Our Shopmobility team have got you covered if a wheelchair or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>mobility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>scooter would help you get around West Bromwich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>town centre – or if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>you’re wanting to hire a wheelchair for a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>while.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F7442F" w14:textId="106B5EDA" w:rsidR="00CE0BEA" w:rsidRPr="00CE0BEA" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Call 0121 553 1931 in advance to book</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>equipment and for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>prices, terms and conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39319DAD" w14:textId="1DD53A2E" w:rsidR="00B76B24" w:rsidRDefault="00CE0BEA" w:rsidP="00CE0BEA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Sandwell Shopmobility is based in Unit 1A (by Next)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>at New Square, West Bromwich, B70 7PP. Open</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Wednesday to Saturday, 8.30am to 3pm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62826193" w14:textId="6D196940" w:rsidR="00B76B24" w:rsidRPr="00B76B24" w:rsidRDefault="00B76B24" w:rsidP="00B76B24">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>you</w:t>
-[...228 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>Through the keyhole! Couple open door to new bungalow in Tipton</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325BA621" w14:textId="77777777" w:rsidR="00B76B24" w:rsidRDefault="00B76B24" w:rsidP="00B76B24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>A couple have settled into their new build bungalow, funded by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Sandwell Council and Homes England.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEEAE08" w14:textId="77777777" w:rsidR="00B76B24" w:rsidRDefault="00B76B24" w:rsidP="00B76B24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Council tenants Lyn and Tom Hunt were among the residents moving into new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>homes this summer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04266DD5" w14:textId="236AA2A7" w:rsidR="00B76B24" w:rsidRPr="00B76B24" w:rsidRDefault="00B76B24" w:rsidP="00B76B24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Their home is part of a new, approximately £4.5million development in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Tipton featuring 10 bungalows and eight flats. Four of the homes are wheelchair</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>accessible and are designed to meet the housing needs for the area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B791562" w14:textId="0629AD7F" w:rsidR="00B76B24" w:rsidRPr="00B76B24" w:rsidRDefault="00B76B24" w:rsidP="00B76B24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>The couple, who both have mobility issues, said the bungalow had improved</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>their quality of life.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17865696" w14:textId="578377DD" w:rsidR="00B76B24" w:rsidRPr="00B76B24" w:rsidRDefault="00B76B24" w:rsidP="00B76B24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Tom said: “It was getting really difficult in our old house for us to get up and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>down the stairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63733C25" w14:textId="15B57B25" w:rsidR="00B76B24" w:rsidRDefault="00B76B24" w:rsidP="00B76B24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>“This bungalow’s lovely. As soon as we moved in, we just started to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>plan what we were going to do with it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>including the garden.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F95639" w14:textId="77777777" w:rsidR="00E053A8" w:rsidRDefault="00E053A8" w:rsidP="00B76B24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58DB7162" w14:textId="34447BF3" w:rsidR="00E053A8" w:rsidRDefault="00E053A8" w:rsidP="00E053A8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Through the keyhole! Couple open door to new bungalow in </w:t>
-[...323 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Do you have a property to rent in Sandwell?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BF53416" w14:textId="4C6812AF" w:rsidR="00E053A8" w:rsidRPr="00E053A8" w:rsidRDefault="00E053A8" w:rsidP="00E053A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>We’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>We’re especially looking for 2, 3 and 4-bedroom</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> especially looking for 2, 3 and 4-bedroom</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>homes. With a minimum 12-month tenancy,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y</w:t>
       </w:r>
       <w:r w:rsidRPr="00E053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>homes. With a minimum 12-month tenancy,</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> benefit from:</w:t>
+        <w:t>ou’ll benefit from:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78DBF539" w14:textId="77777777" w:rsidR="00E053A8" w:rsidRPr="00E053A8" w:rsidRDefault="00E053A8" w:rsidP="00E053A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Free Management of your property with NO Letting Fees for 12 months</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="295B859E" w14:textId="77777777" w:rsidR="00E053A8" w:rsidRPr="00E053A8" w:rsidRDefault="00E053A8" w:rsidP="00E053A8">
@@ -35976,67 +29115,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Pre-Approved Tenants – No Empty Periods</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="684C7AF0" w14:textId="06EFB3DF" w:rsidR="00E053A8" w:rsidRPr="00E053A8" w:rsidRDefault="00E053A8" w:rsidP="00E053A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Help to meet the requirements of the upcoming Renters</w:t>
-[...15 lines deleted...]
-        <w:t>Reforms</w:t>
+        <w:t>Help to meet the requirements of the upcoming Renters Reforms</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C5D36F9" w14:textId="59180ACE" w:rsidR="00E053A8" w:rsidRDefault="00E053A8" w:rsidP="00E053A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E053A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>We take away any risks, providing you with invaluable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -36167,121 +29290,69 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72BCE8D0" w14:textId="6A45FD33" w:rsidR="00DE420F" w:rsidRPr="00DE420F" w:rsidRDefault="00DE420F" w:rsidP="00DE420F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Plas </w:t>
-[...41 lines deleted...]
-        <w:t>oung Carers</w:t>
+        <w:t>Plas Gwynant team raise money for Sandwell Young Carers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A295D8" w14:textId="45F986A9" w:rsidR="00DE420F" w:rsidRDefault="00DE420F" w:rsidP="00DE420F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE420F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">In September, Dan Jackson and the team from our Plas </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>In September, Dan Jackson and the team from our Plas Gwynant</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE420F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Outdoor Education Centre in Snowdonia, Wales,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE420F">
@@ -36594,135 +29665,105 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE420F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>charity which supports more than</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DE420F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>500</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>500 children and young people in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DE420F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> children and young people in</w:t>
+        <w:t>the borough each year whose health,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE420F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>the borough each year whose health,</w:t>
+        <w:t>education and social lives are affected</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE420F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">education and social lives </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> caring for a dependent</w:t>
+        <w:t>as a result of caring for a dependent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE420F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>family member.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B40D9D6" w14:textId="6FF4B7D0" w:rsidR="00DE420F" w:rsidRDefault="00DE420F" w:rsidP="00DE420F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -36971,190 +30012,116 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Since opening in 2021, High Point</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00605B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">has built </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>has built a strong reputation for its</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00605B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>a strong reputation</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>personalised curriculum, therapeutic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00605B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for its</w:t>
+        <w:t>support and holistic approach to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00605B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>personalised curriculum, therapeutic</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>education. With 90 pupils, the school’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00605B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>support</w:t>
-[...87 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>nurturing environment and dedicated</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00605B57">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>staff have made a lasting impact.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="791218C3" w14:textId="428C0AD8" w:rsidR="00605B57" w:rsidRPr="00605B57" w:rsidRDefault="00605B57" w:rsidP="00605B57">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
@@ -37245,74 +30212,52 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>well-deserved honour!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="004AE4D5" w14:textId="18D8C365" w:rsidR="00CA1BF4" w:rsidRPr="00EF0862" w:rsidRDefault="00CA1BF4" w:rsidP="00CA1BF4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Stay informed: Sandwell SEND e-bulletin launches this autumn</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3CED686F" w14:textId="6ED658C4" w:rsidR="00CA1BF4" w:rsidRPr="00CA1BF4" w:rsidRDefault="00CA1BF4" w:rsidP="00CA1BF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sandwell Council is launching</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -37398,228 +30343,164 @@
       </w:r>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Improvement Programme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37661F73" w14:textId="4D7FC9B5" w:rsidR="00CA1BF4" w:rsidRPr="00CA1BF4" w:rsidRDefault="00CA1BF4" w:rsidP="00CA1BF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Whether </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Whether you’re a parent carer, young</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>you’re</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>person, professional or part of an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a parent carer, young</w:t>
+        <w:t>education setting, the e-bulletin will</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>person, professional or part of an</w:t>
+        <w:t>deliver the latest news, events and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>education setting, the e-bulletin will</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>opportunities straight to your inbox.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2C63B8" w14:textId="57A68C73" w:rsidR="00CA1BF4" w:rsidRPr="00CA1BF4" w:rsidRDefault="00CA1BF4" w:rsidP="00CA1BF4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">deliver the latest news, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>It’s the easiest way to stay informed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>events</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>about important developments and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and</w:t>
-[...92 lines deleted...]
-        <w:t xml:space="preserve"> miss out</w:t>
+        <w:t>SEND news in Sandwell. Don’t miss out</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>– sign up today to receive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -37779,69 +30660,51 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Your name must be on the electoral register if you want</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">to vote – and if </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> moved house since you last</w:t>
+        <w:t>to vote – and if you’ve moved house since you last</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>voted, you must register to vote at your new address.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C2CFA78" w14:textId="63C78B61" w:rsidR="00702C61" w:rsidRPr="00702C61" w:rsidRDefault="00702C61" w:rsidP="00702C61">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -38031,103 +30894,67 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">for a postal vote. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="015C3D22" w14:textId="3CEDC182" w:rsidR="00702C61" w:rsidRDefault="00702C61" w:rsidP="00702C61">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">If </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>If you’ve voted by post in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>you’ve</w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> renewed</w:t>
+        <w:t>previous elections, make sure you’ve renewed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>your application as a postal vote only lasts for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -38191,61 +31018,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6375F7D9" w14:textId="358C0711" w:rsidR="00702C61" w:rsidRDefault="00702C61" w:rsidP="009F7FC2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Sandwell </w:t>
-[...9 lines deleted...]
-        <w:t>College adverts</w:t>
+        <w:t>Sandwell College adverts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BDA25D9" w14:textId="77777777" w:rsidR="00702C61" w:rsidRDefault="00702C61" w:rsidP="00702C61">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sandwell College</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -38511,105 +31328,78 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>, email</w:t>
       </w:r>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId108" w:history="1">
         <w:r w:rsidRPr="00AF792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>enquiries@cent</w:t>
-[...8 lines deleted...]
-          <w:t>ralstmichaels.ac.uk</w:t>
+          <w:t>enquiries@centralstmichaels.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> or visit</w:t>
       </w:r>
       <w:r w:rsidRPr="00702C61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId109" w:history="1">
         <w:r w:rsidRPr="00AF792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>www.</w:t>
-[...17 lines deleted...]
-          <w:t>ac.uk</w:t>
+          <w:t>www.centralstmichaels.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61DC55AB" w14:textId="75BDB9D7" w:rsidR="00702C61" w:rsidRPr="00702C61" w:rsidRDefault="008E1820" w:rsidP="00702C61">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -39591,104 +32381,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>normal over Christmas (except</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">for Christmas Day, Boxing </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>for Christmas Day, Boxing Day</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Day</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>and New Year’s Day).</w:t>
+      </w:r>
+      <w:r w:rsidR="0013683D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>and New Year’s Day).</w:t>
-[...26 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Visits must be booked</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>online in advance at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId113" w:history="1">
@@ -39699,182 +32469,172 @@
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>www.sandwell.gov.uk/tip</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7542331F" w14:textId="025F65E9" w:rsidR="00DF700E" w:rsidRPr="00DF700E" w:rsidRDefault="00DF700E" w:rsidP="00DF700E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Don’t</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Don’t forget your garden waste collections end in December</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141659BA" w14:textId="67ECF47D" w:rsidR="009537DD" w:rsidRDefault="00DF700E" w:rsidP="00DF700E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>The last garden waste collections</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...15 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>for this year are in the first two</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>The last garden waste collections</w:t>
+        <w:t>weeks of December. Don’t forget</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>for this year are in the first two</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">to sign up </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6426">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from 19 January </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">weeks of December. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>for your 2026 garden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Don’t</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">waste collections </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6426">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>which start in the spring</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> forget</w:t>
-[...31 lines deleted...]
-        <w:t>waste collections next year.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DFBD15A" w14:textId="5BC6BA7F" w:rsidR="00DF700E" w:rsidRPr="00DF700E" w:rsidRDefault="009537DD" w:rsidP="00DF700E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId114" w:history="1">
         <w:r w:rsidRPr="00AF792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
@@ -39972,67 +32732,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>items such as furniture,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DF700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>fridges</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> and freezers.</w:t>
+        <w:t>fridges and freezers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="043F81FD" w14:textId="79EA9C69" w:rsidR="00B043ED" w:rsidRDefault="009537DD" w:rsidP="00DF700E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId115" w:history="1">
         <w:r w:rsidRPr="00AF792C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
@@ -40049,109 +32799,77 @@
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62E58D67" w14:textId="387F6A25" w:rsidR="0013683D" w:rsidRDefault="0013683D" w:rsidP="00DF700E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0013683D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Christmas cards and wrapping </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Christmas cards and wrapping paper</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4DBFC20E" w14:textId="6BEE480F" w:rsidR="0013683D" w:rsidRPr="0013683D" w:rsidRDefault="0013683D" w:rsidP="00DF700E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sandy the Naughty Elf </w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Sandy the Naughty Elf says “Don’t forget to recycle your Christmas cards and wrapping paper in your recycling (blue) bag, otherwise you’ll be on the naughty list</w:t>
+      </w:r>
       <w:r w:rsidR="003C46C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C46C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidR="003C46C3">
@@ -44091,51 +36809,50 @@
   <w:num w:numId="27" w16cid:durableId="2038432816">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1323043968">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2102749402">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1831486937">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2107113596">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="511843769">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D42AC"/>
     <w:rsid w:val="00002016"/>
     <w:rsid w:val="00006318"/>
     <w:rsid w:val="00007881"/>
     <w:rsid w:val="00020E99"/>
     <w:rsid w:val="000366E4"/>
@@ -44189,97 +36906,99 @@
     <w:rsid w:val="00334EE4"/>
     <w:rsid w:val="00337E51"/>
     <w:rsid w:val="003446DF"/>
     <w:rsid w:val="00350F82"/>
     <w:rsid w:val="00362DEE"/>
     <w:rsid w:val="00376DE9"/>
     <w:rsid w:val="003A0AA8"/>
     <w:rsid w:val="003A6BF6"/>
     <w:rsid w:val="003C4506"/>
     <w:rsid w:val="003C46C3"/>
     <w:rsid w:val="003C4BEC"/>
     <w:rsid w:val="003D0506"/>
     <w:rsid w:val="003F301A"/>
     <w:rsid w:val="003F7D99"/>
     <w:rsid w:val="00404065"/>
     <w:rsid w:val="0041243D"/>
     <w:rsid w:val="00435ECD"/>
     <w:rsid w:val="004407B2"/>
     <w:rsid w:val="0045675C"/>
     <w:rsid w:val="00457EB3"/>
     <w:rsid w:val="00465FF7"/>
     <w:rsid w:val="00467AA9"/>
     <w:rsid w:val="0048591B"/>
     <w:rsid w:val="00485CE5"/>
     <w:rsid w:val="00494346"/>
+    <w:rsid w:val="004A3250"/>
     <w:rsid w:val="004B128C"/>
     <w:rsid w:val="004C2E46"/>
     <w:rsid w:val="004D42AC"/>
     <w:rsid w:val="004D5B13"/>
     <w:rsid w:val="0050047D"/>
     <w:rsid w:val="00526CAC"/>
     <w:rsid w:val="00535354"/>
     <w:rsid w:val="00537A25"/>
     <w:rsid w:val="005400CF"/>
     <w:rsid w:val="00555A93"/>
     <w:rsid w:val="00557921"/>
     <w:rsid w:val="0056213C"/>
     <w:rsid w:val="005715D8"/>
     <w:rsid w:val="005744A3"/>
     <w:rsid w:val="00580B15"/>
     <w:rsid w:val="00584294"/>
     <w:rsid w:val="00590621"/>
     <w:rsid w:val="0059390A"/>
     <w:rsid w:val="005C7B89"/>
     <w:rsid w:val="005D1F74"/>
     <w:rsid w:val="005E3580"/>
     <w:rsid w:val="006029BA"/>
     <w:rsid w:val="00604825"/>
     <w:rsid w:val="00605B57"/>
     <w:rsid w:val="006221FE"/>
     <w:rsid w:val="0062355E"/>
     <w:rsid w:val="006318D9"/>
     <w:rsid w:val="00632C29"/>
     <w:rsid w:val="0066512A"/>
     <w:rsid w:val="00671928"/>
     <w:rsid w:val="0069101A"/>
     <w:rsid w:val="006A444C"/>
     <w:rsid w:val="006B1678"/>
     <w:rsid w:val="006C1CA2"/>
     <w:rsid w:val="006D384E"/>
     <w:rsid w:val="006E2C1D"/>
     <w:rsid w:val="006F101C"/>
     <w:rsid w:val="006F293D"/>
     <w:rsid w:val="007020BC"/>
     <w:rsid w:val="00702C61"/>
     <w:rsid w:val="00715CFC"/>
     <w:rsid w:val="00757335"/>
     <w:rsid w:val="00761AFA"/>
     <w:rsid w:val="0077029B"/>
     <w:rsid w:val="0078045D"/>
     <w:rsid w:val="007A5059"/>
     <w:rsid w:val="007C5194"/>
+    <w:rsid w:val="007C6426"/>
     <w:rsid w:val="007F66F9"/>
     <w:rsid w:val="008200EA"/>
     <w:rsid w:val="008638D2"/>
     <w:rsid w:val="00867B89"/>
     <w:rsid w:val="008871F1"/>
     <w:rsid w:val="00890008"/>
     <w:rsid w:val="008A1C31"/>
     <w:rsid w:val="008B55FE"/>
     <w:rsid w:val="008B61F5"/>
     <w:rsid w:val="008C6850"/>
     <w:rsid w:val="008D0110"/>
     <w:rsid w:val="008D27C8"/>
     <w:rsid w:val="008D5173"/>
     <w:rsid w:val="008D6C53"/>
     <w:rsid w:val="008D7417"/>
     <w:rsid w:val="008E1820"/>
     <w:rsid w:val="008E668F"/>
     <w:rsid w:val="008F4381"/>
     <w:rsid w:val="009078FC"/>
     <w:rsid w:val="00925C3E"/>
     <w:rsid w:val="009373F8"/>
     <w:rsid w:val="009537DD"/>
     <w:rsid w:val="00976E28"/>
     <w:rsid w:val="00981989"/>
     <w:rsid w:val="009930DB"/>
@@ -45014,50 +37733,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004D42AC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -45785,69 +38505,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D048F2C-C3D8-4695-8A2E-9BC8AD49F701}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>56</Pages>
-  <Words>13246</Words>
-  <Characters>70470</Characters>
+  <Words>12503</Words>
+  <Characters>71268</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1806</Lines>
-  <Paragraphs>962</Paragraphs>
+  <Lines>593</Lines>
+  <Paragraphs>167</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sandwell Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>82754</CharactersWithSpaces>
+  <CharactersWithSpaces>83604</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Chris Horst</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>