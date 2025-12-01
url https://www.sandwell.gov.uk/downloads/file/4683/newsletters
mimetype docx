--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -21,50 +21,61 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7783D753" w14:textId="77777777" w:rsidR="004F4140" w:rsidRDefault="004F4140" w:rsidP="004F4140">
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://content.govdelivery.com/accounts/UKSANDWELL/bulletins/3df894c</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="17E879C0" w14:textId="77777777" w:rsidR="004F4140" w:rsidRDefault="004F4140" w:rsidP="004F4140">
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://content.govdelivery.com/accounts/UKSANDWELL/bulletins/3f1f09a</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3446A1A0" w14:textId="4A45B362" w:rsidR="002636CA" w:rsidRDefault="002636CA" w:rsidP="004F4140">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="002636CA">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Tenant Newsletter - November 2025</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4C93721F" w14:textId="77777777" w:rsidR="004F4140" w:rsidRDefault="004F4140" w:rsidP="004F4140"/>
     <w:p w14:paraId="64449F6D" w14:textId="77777777" w:rsidR="00664B4C" w:rsidRDefault="00664B4C"/>
     <w:sectPr w:rsidR="00664B4C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -76,51 +87,53 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F4140"/>
     <w:rsid w:val="000C40DA"/>
     <w:rsid w:val="002065B6"/>
-    <w:rsid w:val="004F4140"/>
+    <w:rsid w:val="002636CA"/>
+    <w:rsid w:val="004F4140"/>
+    <w:rsid w:val="005F5F5F"/>
     <w:rsid w:val="00664B4C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -1069,51 +1082,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="288048688">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.govdelivery.com/accounts/UKSANDWELL/bulletins/3f1f09a" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.govdelivery.com/accounts/UKSANDWELL/bulletins/3df894c" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.govdelivery.com/accounts/UKSANDWELL/bulletins/3fb6299" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.govdelivery.com/accounts/UKSANDWELL/bulletins/3f1f09a" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.govdelivery.com/accounts/UKSANDWELL/bulletins/3df894c" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1372,54 +1385,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>46</Words>
-  <Characters>267</Characters>
+  <Words>7</Words>
+  <Characters>167</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Sandwell Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>312</CharactersWithSpaces>
+  <CharactersWithSpaces>172</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Paul3 Smith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>