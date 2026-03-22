--- v0 (2025-10-10)
+++ v1 (2026-03-22)
@@ -409,76 +409,99 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Document title   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="45CEA3E6" w14:textId="44AE4B88" w:rsidR="00A52669" w:rsidRPr="0085574F" w:rsidRDefault="00A52669" w:rsidP="00A52669">
+          <w:p w14:paraId="45CEA3E6" w14:textId="6FA8E27F" w:rsidR="00A52669" w:rsidRPr="0085574F" w:rsidRDefault="00A52669" w:rsidP="00A52669">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Tenancy Sustainment Policy</w:t>
+              <w:t xml:space="preserve">Tenancy </w:t>
+            </w:r>
+            <w:r w:rsidR="00426DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Fraud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A52669" w:rsidRPr="0085070B" w14:paraId="1542B3C5" w14:textId="77777777" w:rsidTr="007024F3">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E03C40C" w14:textId="7259891E" w:rsidR="00A52669" w:rsidRPr="00F015C5" w:rsidRDefault="00A52669" w:rsidP="00A52669">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="132"/>
               <w:textAlignment w:val="baseline"/>
@@ -490,51 +513,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Owner   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7184F89E" w14:textId="6FEE46CC" w:rsidR="00A52669" w:rsidRPr="0085574F" w:rsidRDefault="00A52669" w:rsidP="00A52669">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A65CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Jim Brennan, Head of Tenancy and Estate Management</w:t>
@@ -570,51 +592,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Approved by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29FAA2DE" w14:textId="697B712B" w:rsidR="00A52669" w:rsidRPr="0085574F" w:rsidRDefault="00A52669" w:rsidP="00A52669">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A65CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Cabinet</w:t>
@@ -1163,51 +1184,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Review date  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17899BE8" w14:textId="6C90D85B" w:rsidR="00A52669" w:rsidRPr="0085574F" w:rsidRDefault="00A52669" w:rsidP="00A52669">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>3 years from effective date.</w:t>
@@ -1244,51 +1264,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Purpose  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DD45649" w14:textId="58681A4E" w:rsidR="0085070B" w:rsidRPr="00A52669" w:rsidRDefault="0021051C" w:rsidP="00870FA7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A52669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">This policy outlines the approach taken by Sandwell’s Housing Service to prevent and address tenancy fraud, ensuring that our housing stock remains accessible to those who are most in need. </w:t>
             </w:r>
@@ -3897,60 +3916,62 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4443AAAA" w14:textId="0B69C99B" w:rsidR="00DE66A2" w:rsidRPr="00635137" w:rsidRDefault="00DE66A2" w:rsidP="00635137">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk182978190"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E55121">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Taking action</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="643A37DA" w14:textId="39ECB455" w:rsidR="007017D0" w:rsidRPr="00E55121" w:rsidRDefault="00635137" w:rsidP="00635137">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00635137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Partnership working is critical to the successful prevention and detection of tenancy fraud. We will work with a range of agencies, </w:t>
       </w:r>
       <w:r w:rsidRPr="00635137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -4405,51 +4426,69 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00393656" w:rsidRPr="0001191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">he council operates a zero tolerance on fraud, all instances are investigated and the perpetrator(s) dealt with in accordance with the </w:t>
+        <w:t xml:space="preserve">he council operates a zero tolerance on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00393656" w:rsidRPr="0001191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>fraud,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00393656" w:rsidRPr="0001191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all instances are investigated and the perpetrator(s) dealt with in accordance with the </w:t>
       </w:r>
       <w:r w:rsidR="005B5C87" w:rsidRPr="0001191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Tenancy</w:t>
       </w:r>
       <w:r w:rsidR="00393656" w:rsidRPr="0001191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fraud Policy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5170429E" w14:textId="77777777" w:rsidR="0068684E" w:rsidRPr="00E55121" w:rsidRDefault="0068684E" w:rsidP="0068684E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6850,61 +6889,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3AF89A78" w14:textId="77777777" w:rsidR="00775A60" w:rsidRDefault="00775A60"/>
     <w:sectPr w:rsidR="00775A60" w:rsidSect="00BD3B65">
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F03CCA6" w14:textId="77777777" w:rsidR="00B2179C" w:rsidRDefault="00B2179C" w:rsidP="00BD3B65">
+    <w:p w14:paraId="52F648EE" w14:textId="77777777" w:rsidR="00DD0EAC" w:rsidRDefault="00DD0EAC" w:rsidP="00BD3B65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09D81F33" w14:textId="77777777" w:rsidR="00B2179C" w:rsidRDefault="00B2179C" w:rsidP="00BD3B65">
+    <w:p w14:paraId="5D9A7A5C" w14:textId="77777777" w:rsidR="00DD0EAC" w:rsidRDefault="00DD0EAC" w:rsidP="00BD3B65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6914,58 +6953,58 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:id w:val="1996212268"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
@@ -7006,61 +7045,61 @@
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FA7848">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3BE39740" w14:textId="77777777" w:rsidR="00BD3B65" w:rsidRDefault="00BD3B65">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C1A629A" w14:textId="77777777" w:rsidR="00B2179C" w:rsidRDefault="00B2179C" w:rsidP="00BD3B65">
+    <w:p w14:paraId="1D31A04D" w14:textId="77777777" w:rsidR="00DD0EAC" w:rsidRDefault="00DD0EAC" w:rsidP="00BD3B65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A032750" w14:textId="77777777" w:rsidR="00B2179C" w:rsidRDefault="00B2179C" w:rsidP="00BD3B65">
+    <w:p w14:paraId="7DD6D681" w14:textId="77777777" w:rsidR="00DD0EAC" w:rsidRDefault="00DD0EAC" w:rsidP="00BD3B65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="036445E8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="157E05F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -12784,51 +12823,51 @@
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1344162922">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1726104585">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1790198455">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1402289065">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="492719831">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="849949991">
     <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0085070B"/>
     <w:rsid w:val="00007746"/>
     <w:rsid w:val="0001191E"/>
     <w:rsid w:val="0001628A"/>
     <w:rsid w:val="000B01DF"/>
     <w:rsid w:val="000B1576"/>
@@ -12843,50 +12882,51 @@
     <w:rsid w:val="001F4960"/>
     <w:rsid w:val="0021051C"/>
     <w:rsid w:val="00222360"/>
     <w:rsid w:val="00236900"/>
     <w:rsid w:val="0023797E"/>
     <w:rsid w:val="00244ADC"/>
     <w:rsid w:val="002541AE"/>
     <w:rsid w:val="002B36DC"/>
     <w:rsid w:val="002D24EC"/>
     <w:rsid w:val="002E50E6"/>
     <w:rsid w:val="002F18F0"/>
     <w:rsid w:val="003253F2"/>
     <w:rsid w:val="00330869"/>
     <w:rsid w:val="00331693"/>
     <w:rsid w:val="003337B7"/>
     <w:rsid w:val="00355828"/>
     <w:rsid w:val="00363476"/>
     <w:rsid w:val="00376AE6"/>
     <w:rsid w:val="00393656"/>
     <w:rsid w:val="0039730E"/>
     <w:rsid w:val="003A1541"/>
     <w:rsid w:val="003A2A3E"/>
     <w:rsid w:val="003B1EB8"/>
     <w:rsid w:val="003C1810"/>
     <w:rsid w:val="003D2B21"/>
+    <w:rsid w:val="00426DC0"/>
     <w:rsid w:val="0044074A"/>
     <w:rsid w:val="00474EDC"/>
     <w:rsid w:val="00492BB1"/>
     <w:rsid w:val="004A7F7B"/>
     <w:rsid w:val="004B3504"/>
     <w:rsid w:val="00561839"/>
     <w:rsid w:val="00570B22"/>
     <w:rsid w:val="00574EA2"/>
     <w:rsid w:val="005B5C87"/>
     <w:rsid w:val="005C3652"/>
     <w:rsid w:val="005F7F01"/>
     <w:rsid w:val="00600946"/>
     <w:rsid w:val="006172CC"/>
     <w:rsid w:val="0062144B"/>
     <w:rsid w:val="00634692"/>
     <w:rsid w:val="00635137"/>
     <w:rsid w:val="00665317"/>
     <w:rsid w:val="0068684E"/>
     <w:rsid w:val="006A1F7D"/>
     <w:rsid w:val="006A33E5"/>
     <w:rsid w:val="006C5FE7"/>
     <w:rsid w:val="007017D0"/>
     <w:rsid w:val="0071105A"/>
     <w:rsid w:val="00723E33"/>
     <w:rsid w:val="00744E00"/>
@@ -12919,54 +12959,56 @@
     <w:rsid w:val="00B63737"/>
     <w:rsid w:val="00B755D7"/>
     <w:rsid w:val="00B862F3"/>
     <w:rsid w:val="00BA460F"/>
     <w:rsid w:val="00BC2C77"/>
     <w:rsid w:val="00BD3B65"/>
     <w:rsid w:val="00BE6DA1"/>
     <w:rsid w:val="00C30AD9"/>
     <w:rsid w:val="00C35481"/>
     <w:rsid w:val="00C54A75"/>
     <w:rsid w:val="00C62417"/>
     <w:rsid w:val="00C76C03"/>
     <w:rsid w:val="00C963D5"/>
     <w:rsid w:val="00CC1C8F"/>
     <w:rsid w:val="00D14EFA"/>
     <w:rsid w:val="00D259C9"/>
     <w:rsid w:val="00D314EB"/>
     <w:rsid w:val="00D338B8"/>
     <w:rsid w:val="00D3700B"/>
     <w:rsid w:val="00D43132"/>
     <w:rsid w:val="00D57A8A"/>
     <w:rsid w:val="00D603AC"/>
     <w:rsid w:val="00D62F6A"/>
     <w:rsid w:val="00D975D6"/>
     <w:rsid w:val="00DC3EDD"/>
+    <w:rsid w:val="00DD0EAC"/>
     <w:rsid w:val="00DD7CAE"/>
     <w:rsid w:val="00DE2676"/>
     <w:rsid w:val="00DE66A2"/>
     <w:rsid w:val="00DF05C6"/>
+    <w:rsid w:val="00DF7731"/>
     <w:rsid w:val="00E17E89"/>
     <w:rsid w:val="00E55121"/>
     <w:rsid w:val="00E80242"/>
     <w:rsid w:val="00E92AB3"/>
     <w:rsid w:val="00EA6229"/>
     <w:rsid w:val="00EB19EE"/>
     <w:rsid w:val="00EB3896"/>
     <w:rsid w:val="00F015C5"/>
     <w:rsid w:val="00F228BD"/>
     <w:rsid w:val="00F41316"/>
     <w:rsid w:val="00F60898"/>
     <w:rsid w:val="00F66B89"/>
     <w:rsid w:val="00F700E2"/>
     <w:rsid w:val="00F72EC1"/>
     <w:rsid w:val="00F75E40"/>
     <w:rsid w:val="00FA3985"/>
     <w:rsid w:val="00FA7848"/>
     <w:rsid w:val="00FC170A"/>
     <w:rsid w:val="00FD71FB"/>
     <w:rsid w:val="00FE774C"/>
     <w:rsid w:val="190496DB"/>
     <w:rsid w:val="1A047838"/>
     <w:rsid w:val="250DE4A7"/>
     <w:rsid w:val="462CB800"/>
     <w:rsid w:val="5163D8B6"/>
@@ -14689,59 +14731,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100482EB4250032AE429BE7074B82D72F3D" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="48a879befa20dfb6ef29941c8e12ed74">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9425197-31e1-4d34-8419-48789e20a78a" xmlns:ns3="0a2ace62-6eff-49e2-8365-79ba2d40e546" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0eaf677bdab3aff1af73e144fd74314b" ns2:_="" ns3:_="">
     <xsd:import namespace="a9425197-31e1-4d34-8419-48789e20a78a"/>
     <xsd:import namespace="0a2ace62-6eff-49e2-8365-79ba2d40e546"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Comments" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -14914,127 +14947,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9425197-31e1-4d34-8419-48789e20a78a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="0a2ace62-6eff-49e2-8365-79ba2d40e546" xsi:nil="true"/>
     <Comments xmlns="a9425197-31e1-4d34-8419-48789e20a78a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF2E4F1E-96E2-456D-9281-AE281EDD2D34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9425197-31e1-4d34-8419-48789e20a78a"/>
     <ds:schemaRef ds:uri="0a2ace62-6eff-49e2-8365-79ba2d40e546"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{594F59D8-581C-4D6E-9489-C27631395518}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{801A7F9D-762D-4946-A4FF-6C5D6403435A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCAF9542-9BC3-4806-8BD9-F80C1983F222}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a9425197-31e1-4d34-8419-48789e20a78a"/>
     <ds:schemaRef ds:uri="0a2ace62-6eff-49e2-8365-79ba2d40e546"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{594F59D8-581C-4D6E-9489-C27631395518}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2106</Words>
-  <Characters>12007</Characters>
+  <Words>1951</Words>
+  <Characters>12156</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>506</Lines>
+  <Paragraphs>266</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Sandwell Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14085</CharactersWithSpaces>
+  <CharactersWithSpaces>13841</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Louis Bebb</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100482EB4250032AE429BE7074B82D72F3D</vt:lpwstr>
   </property>