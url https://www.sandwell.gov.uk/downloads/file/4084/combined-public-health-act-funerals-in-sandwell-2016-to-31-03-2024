--- v0 (2025-10-07)
+++ v1 (2026-01-26)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Bereavement Services\Section 46 &amp; SFS\Public Health data to be uploaded quarterly to Website\Master Document\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Bereavement Services\Section 46 &amp; SFS\Public Health data to be uploaded quarterly to Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1785FD1A-455D-423B-BD88-6DFC95DF509B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EB82294A-2A37-47CC-A596-D83CDD05E821}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D2494F96-F93B-4437-B843-B69B6CC29E57}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$E$184</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1182" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1306" uniqueCount="102">
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Date of death</t>
   </si>
   <si>
     <t>Years of age</t>
   </si>
   <si>
     <t>Burial or cremation</t>
   </si>
   <si>
     <t>Deceased's information been referred to Government Legal Department</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
@@ -264,50 +264,122 @@
     <t>unknown</t>
   </si>
   <si>
     <t xml:space="preserve">Crematon </t>
   </si>
   <si>
     <t>22.02.2025</t>
   </si>
   <si>
     <t>23.03.2025</t>
   </si>
   <si>
     <t xml:space="preserve"> No</t>
   </si>
   <si>
     <t>10.03.2025</t>
   </si>
   <si>
     <t>08.04.2025</t>
   </si>
   <si>
     <t>09.04.2025</t>
   </si>
   <si>
     <t>31.03.2025</t>
+  </si>
+  <si>
+    <t>03.04.2025</t>
+  </si>
+  <si>
+    <t>29.05.2025</t>
+  </si>
+  <si>
+    <t>29.06.2025</t>
+  </si>
+  <si>
+    <t>06.07.2025</t>
+  </si>
+  <si>
+    <t>09.07.2025</t>
+  </si>
+  <si>
+    <t>14.07.2025</t>
+  </si>
+  <si>
+    <t>24.07.2025</t>
+  </si>
+  <si>
+    <t>11.07.2025</t>
+  </si>
+  <si>
+    <t>31.08.2025</t>
+  </si>
+  <si>
+    <t>25.06.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO </t>
+  </si>
+  <si>
+    <t>18.08.2025</t>
+  </si>
+  <si>
+    <t>29.08.2025</t>
+  </si>
+  <si>
+    <t>01.09.2025</t>
+  </si>
+  <si>
+    <t>17.09.2025</t>
+  </si>
+  <si>
+    <t>07.10.2025</t>
+  </si>
+  <si>
+    <t>11.08.2025</t>
+  </si>
+  <si>
+    <t>05.02.2025</t>
+  </si>
+  <si>
+    <t>12.02.2025</t>
+  </si>
+  <si>
+    <t>02.05.2025</t>
+  </si>
+  <si>
+    <t>09.06.2025</t>
+  </si>
+  <si>
+    <t>24.06.2025</t>
+  </si>
+  <si>
+    <t>21.06.2025</t>
+  </si>
+  <si>
+    <t>21.07.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -633,51 +705,51 @@
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="84">
+  <cellXfs count="90">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
@@ -868,55 +940,71 @@
     <xf numFmtId="14" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -1197,54 +1285,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{952188ED-455C-4141-9F8E-806E340D2F2C}">
-  <dimension ref="A1:G374"/>
+  <dimension ref="A1:G405"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A370" workbookViewId="0">
-      <selection activeCell="J331" sqref="J331"/>
+    <sheetView tabSelected="1" topLeftCell="A378" workbookViewId="0">
+      <selection activeCell="H392" sqref="H392"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="2" width="29.85546875" style="76" customWidth="1"/>
     <col min="3" max="3" width="19.140625" customWidth="1"/>
     <col min="4" max="4" width="23.140625" style="77" customWidth="1"/>
     <col min="5" max="5" width="27.85546875" style="76" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:5" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="43" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="44" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="43" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="44" t="s">
         <v>3</v>
       </c>
@@ -6841,762 +6929,1289 @@
       </c>
       <c r="D331" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E331" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="332" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A332" s="70" t="s">
         <v>8</v>
       </c>
       <c r="B332" s="81" t="s">
         <v>31</v>
       </c>
       <c r="C332" s="70">
         <v>67</v>
       </c>
       <c r="D332" s="81" t="s">
         <v>11</v>
       </c>
       <c r="E332" s="81" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="333" spans="1:5" s="83" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:5" s="82" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A333" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B333" s="74" t="s">
         <v>33</v>
       </c>
-      <c r="C333" s="82">
+      <c r="C333" s="34">
         <v>68</v>
       </c>
       <c r="D333" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E333" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="334" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A334" s="82" t="s">
+      <c r="A334" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B334" s="74" t="s">
         <v>34</v>
       </c>
-      <c r="C334" s="82">
+      <c r="C334" s="34">
         <v>74</v>
       </c>
       <c r="D334" s="74" t="s">
         <v>15</v>
       </c>
       <c r="E334" s="74" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="335" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A335" s="82" t="s">
+      <c r="A335" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B335" s="74" t="s">
         <v>35</v>
       </c>
-      <c r="C335" s="82">
+      <c r="C335" s="34">
         <v>72</v>
       </c>
       <c r="D335" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E335" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="336" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A336" s="82" t="s">
+      <c r="A336" s="34" t="s">
         <v>5</v>
       </c>
       <c r="B336" s="74" t="s">
         <v>36</v>
       </c>
-      <c r="C336" s="82">
+      <c r="C336" s="34">
         <v>34</v>
       </c>
       <c r="D336" s="74" t="s">
         <v>15</v>
       </c>
       <c r="E336" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="337" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A337" s="82" t="s">
+      <c r="A337" s="34" t="s">
         <v>10</v>
       </c>
       <c r="B337" s="74" t="s">
         <v>37</v>
       </c>
-      <c r="C337" s="82">
+      <c r="C337" s="34">
         <v>88</v>
       </c>
       <c r="D337" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E337" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="338" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A338" s="82" t="s">
+      <c r="A338" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B338" s="74" t="s">
         <v>38</v>
       </c>
-      <c r="C338" s="82">
+      <c r="C338" s="34">
         <v>66</v>
       </c>
       <c r="D338" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E338" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="339" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A339" s="82" t="s">
+      <c r="A339" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B339" s="74" t="s">
         <v>39</v>
       </c>
-      <c r="C339" s="82">
+      <c r="C339" s="34">
         <v>60</v>
       </c>
       <c r="D339" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E339" s="74" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="340" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A340" s="82" t="s">
+      <c r="A340" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B340" s="74" t="s">
         <v>40</v>
       </c>
-      <c r="C340" s="82">
+      <c r="C340" s="34">
         <v>67</v>
       </c>
       <c r="D340" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E340" s="74" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="341" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A341" s="82" t="s">
+      <c r="A341" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B341" s="74" t="s">
         <v>41</v>
       </c>
-      <c r="C341" s="82">
+      <c r="C341" s="34">
         <v>92</v>
       </c>
       <c r="D341" s="74" t="s">
         <v>15</v>
       </c>
       <c r="E341" s="74" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="342" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A342" s="82" t="s">
+      <c r="A342" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B342" s="74" t="s">
         <v>42</v>
       </c>
-      <c r="C342" s="82">
+      <c r="C342" s="34">
         <v>81</v>
       </c>
       <c r="D342" s="74" t="s">
         <v>15</v>
       </c>
       <c r="E342" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="343" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A343" s="82" t="s">
+      <c r="A343" s="34" t="s">
         <v>10</v>
       </c>
       <c r="B343" s="74" t="s">
         <v>43</v>
       </c>
-      <c r="C343" s="82">
+      <c r="C343" s="34">
         <v>79</v>
       </c>
       <c r="D343" s="74" t="s">
         <v>12</v>
       </c>
       <c r="E343" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="344" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A344" s="82" t="s">
+      <c r="A344" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B344" s="74" t="s">
         <v>44</v>
       </c>
-      <c r="C344" s="82">
+      <c r="C344" s="34">
         <v>78</v>
       </c>
       <c r="D344" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E344" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="345" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A345" s="82" t="s">
+      <c r="A345" s="34" t="s">
         <v>10</v>
       </c>
       <c r="B345" s="74" t="s">
         <v>45</v>
       </c>
-      <c r="C345" s="82">
+      <c r="C345" s="34">
         <v>87</v>
       </c>
       <c r="D345" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E345" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="346" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A346" s="82" t="s">
+      <c r="A346" s="34" t="s">
         <v>8</v>
       </c>
       <c r="B346" s="74" t="s">
         <v>46</v>
       </c>
-      <c r="C346" s="82">
+      <c r="C346" s="34">
         <v>45</v>
       </c>
       <c r="D346" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E346" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="347" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A347" s="82" t="s">
+      <c r="A347" s="34" t="s">
         <v>5</v>
       </c>
       <c r="B347" s="74" t="s">
         <v>47</v>
       </c>
-      <c r="C347" s="82">
+      <c r="C347" s="34">
         <v>76</v>
       </c>
       <c r="D347" s="74" t="s">
         <v>11</v>
       </c>
       <c r="E347" s="74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="348" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A348" s="82" t="s">
-        <v>8</v>
+      <c r="A348" s="34" t="s">
+        <v>10</v>
       </c>
       <c r="B348" s="74" t="s">
+        <v>95</v>
+      </c>
+      <c r="C348" s="34">
+        <v>63</v>
+      </c>
+      <c r="D348" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E348" s="74" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A349" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B349" s="74" t="s">
+        <v>96</v>
+      </c>
+      <c r="C349" s="34">
+        <v>79</v>
+      </c>
+      <c r="D349" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E349" s="74" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A350" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B350" s="74" t="s">
         <v>48</v>
       </c>
-      <c r="C348" s="82">
+      <c r="C350" s="34">
         <v>65</v>
       </c>
-      <c r="D348" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B349" s="74" t="s">
+      <c r="D350" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E350" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A351" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B351" s="74" t="s">
         <v>49</v>
       </c>
-      <c r="C349" s="82">
+      <c r="C351" s="34">
         <v>76</v>
       </c>
-      <c r="D349" s="74" t="s">
+      <c r="D351" s="74" t="s">
         <v>15</v>
       </c>
-      <c r="E349" s="74" t="s">
-[...7 lines deleted...]
-      <c r="B350" s="74" t="s">
+      <c r="E351" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A352" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B352" s="74" t="s">
         <v>50</v>
       </c>
-      <c r="C350" s="82">
+      <c r="C352" s="34">
         <v>89</v>
       </c>
-      <c r="D350" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B351" s="74" t="s">
+      <c r="D352" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E352" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="353" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A353" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B353" s="74" t="s">
         <v>51</v>
       </c>
-      <c r="C351" s="82">
+      <c r="C353" s="34">
         <v>62</v>
       </c>
-      <c r="D351" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B352" s="74" t="s">
+      <c r="D353" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E353" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A354" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B354" s="74" t="s">
         <v>52</v>
       </c>
-      <c r="C352" s="82">
+      <c r="C354" s="34">
         <v>69</v>
       </c>
-      <c r="D352" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B353" s="74" t="s">
+      <c r="D354" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E354" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A355" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B355" s="74" t="s">
+        <v>97</v>
+      </c>
+      <c r="C355" s="34">
+        <v>74</v>
+      </c>
+      <c r="D355" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E355" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A356" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B356" s="74" t="s">
         <v>53</v>
       </c>
-      <c r="C353" s="82">
+      <c r="C356" s="34">
         <v>65</v>
       </c>
-      <c r="D353" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B354" s="74" t="s">
+      <c r="D356" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E356" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5" s="82" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A357" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B357" s="74" t="s">
         <v>55</v>
       </c>
-      <c r="C354" s="82">
+      <c r="C357" s="34">
         <v>78</v>
       </c>
-      <c r="D354" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B355" s="74" t="s">
+      <c r="D357" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E357" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" s="82" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A358" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B358" s="74" t="s">
         <v>54</v>
       </c>
-      <c r="C355" s="82">
+      <c r="C358" s="34">
         <v>40</v>
       </c>
-      <c r="D355" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B356" s="74" t="s">
+      <c r="D358" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E358" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" s="82" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A359" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B359" s="74" t="s">
         <v>56</v>
       </c>
-      <c r="C356" s="82">
+      <c r="C359" s="34">
         <v>47</v>
-      </c>
-[...49 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D359" s="74" t="s">
         <v>15</v>
       </c>
       <c r="E359" s="74" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="360" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>8</v>
+    <row r="360" spans="1:5" s="82" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A360" s="34" t="s">
+        <v>5</v>
       </c>
       <c r="B360" s="74" t="s">
+        <v>57</v>
+      </c>
+      <c r="C360" s="34">
+        <v>89</v>
+      </c>
+      <c r="D360" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E360" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" s="82" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A361" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B361" s="74" t="s">
+        <v>58</v>
+      </c>
+      <c r="C361" s="34">
+        <v>67</v>
+      </c>
+      <c r="D361" s="74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E361" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A362" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B362" s="74" t="s">
+        <v>59</v>
+      </c>
+      <c r="C362" s="34">
+        <v>75</v>
+      </c>
+      <c r="D362" s="74" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A363" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B363" s="74" t="s">
         <v>60</v>
       </c>
-      <c r="C360" s="82">
+      <c r="C363" s="34">
         <v>73</v>
       </c>
-      <c r="D360" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B361" s="74" t="s">
+      <c r="D363" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E363" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A364" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B364" s="74" t="s">
         <v>61</v>
       </c>
-      <c r="C361" s="82">
+      <c r="C364" s="34">
         <v>78</v>
       </c>
-      <c r="D361" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B362" s="74" t="s">
+      <c r="D364" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E364" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A365" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B365" s="74" t="s">
         <v>62</v>
       </c>
-      <c r="C362" s="82">
+      <c r="C365" s="34">
         <v>41</v>
       </c>
-      <c r="D362" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B363" s="74" t="s">
+      <c r="D365" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E365" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A366" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B366" s="74" t="s">
         <v>63</v>
       </c>
-      <c r="C363" s="82">
+      <c r="C366" s="34">
         <v>74</v>
       </c>
-      <c r="D363" s="74" t="s">
+      <c r="D366" s="74" t="s">
         <v>15</v>
       </c>
-      <c r="E363" s="74" t="s">
-[...7 lines deleted...]
-      <c r="B364" s="74" t="s">
+      <c r="E366" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A367" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B367" s="74" t="s">
         <v>47</v>
       </c>
-      <c r="C364" s="82">
+      <c r="C367" s="34">
         <v>65</v>
       </c>
-      <c r="D364" s="74" t="s">
+      <c r="D367" s="74" t="s">
         <v>15</v>
       </c>
-      <c r="E364" s="74" t="s">
-[...7 lines deleted...]
-      <c r="B365" s="74" t="s">
+      <c r="E367" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A368" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B368" s="74" t="s">
         <v>64</v>
       </c>
-      <c r="C365" s="82">
+      <c r="C368" s="34">
         <v>81</v>
       </c>
-      <c r="D365" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B366" s="74" t="s">
+      <c r="D368" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E368" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A369" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B369" s="74" t="s">
         <v>65</v>
       </c>
-      <c r="C366" s="82">
+      <c r="C369" s="34">
         <v>56</v>
       </c>
-      <c r="D366" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B367" s="74" t="s">
+      <c r="D369" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E369" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" s="73" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B370" s="74" t="s">
         <v>66</v>
       </c>
-      <c r="C367" s="82">
+      <c r="C370" s="34">
         <v>58</v>
       </c>
-      <c r="D367" s="74" t="s">
+      <c r="D370" s="74" t="s">
         <v>67</v>
       </c>
-      <c r="E367" s="74" t="s">
-[...7 lines deleted...]
-      <c r="B368" s="74" t="s">
+      <c r="E370" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A371" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B371" s="74" t="s">
         <v>68</v>
       </c>
-      <c r="C368" s="83" t="s">
+      <c r="C371" s="82" t="s">
         <v>69</v>
       </c>
-      <c r="D368" s="74" t="s">
+      <c r="D371" s="74" t="s">
         <v>70</v>
       </c>
-      <c r="E368" s="74" t="s">
-[...7 lines deleted...]
-      <c r="B369" s="74" t="s">
+      <c r="E371" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A372" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B372" s="74" t="s">
         <v>71</v>
       </c>
-      <c r="C369" s="82">
+      <c r="C372" s="34">
         <v>61</v>
       </c>
-      <c r="D369" s="74" t="s">
+      <c r="D372" s="74" t="s">
         <v>70</v>
       </c>
-      <c r="E369" s="74" t="s">
-[...7 lines deleted...]
-      <c r="B370" s="74" t="s">
+      <c r="E372" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A373" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B373" s="74" t="s">
         <v>72</v>
       </c>
-      <c r="C370" s="82">
+      <c r="C373" s="34">
         <v>72</v>
       </c>
-      <c r="D370" s="74" t="s">
-[...2 lines deleted...]
-      <c r="E370" s="74" t="s">
+      <c r="D373" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E373" s="74" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="371" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B371" s="74" t="s">
+    <row r="374" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A374" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B374" s="74" t="s">
         <v>74</v>
       </c>
-      <c r="C371" s="82">
+      <c r="C374" s="34">
         <v>44</v>
       </c>
-      <c r="D371" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B372" s="74" t="s">
+      <c r="D374" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E374" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A375" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B375" s="74" t="s">
         <v>75</v>
       </c>
-      <c r="C372" s="82">
+      <c r="C375" s="34">
         <v>86</v>
       </c>
-      <c r="D372" s="74" t="s">
-[...10 lines deleted...]
-      <c r="B373" s="74" t="s">
+      <c r="D375" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E375" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A376" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B376" s="74" t="s">
         <v>76</v>
       </c>
-      <c r="C373" s="82">
+      <c r="C376" s="34">
         <v>53</v>
       </c>
-      <c r="D373" s="74" t="s">
+      <c r="D376" s="74" t="s">
         <v>12</v>
       </c>
-      <c r="E373" s="74" t="s">
-[...7 lines deleted...]
-      <c r="B374" s="74" t="s">
+      <c r="E376" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" s="73" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A377" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B377" s="74" t="s">
         <v>77</v>
       </c>
-      <c r="C374" s="82">
+      <c r="C377" s="34">
         <v>62</v>
       </c>
-      <c r="D374" s="74" t="s">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="D377" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E377" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B378" s="86" t="s">
+        <v>78</v>
+      </c>
+      <c r="C378" s="85">
+        <v>67</v>
+      </c>
+      <c r="D378" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E378" s="86" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B379" s="86" t="s">
+        <v>79</v>
+      </c>
+      <c r="C379" s="85">
+        <v>87</v>
+      </c>
+      <c r="D379" s="86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="86" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B380" s="86" t="s">
+        <v>80</v>
+      </c>
+      <c r="C380" s="85">
+        <v>71</v>
+      </c>
+      <c r="D380" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E380" s="86" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="85" t="s">
+        <v>5</v>
+      </c>
+      <c r="B381" s="86" t="s">
+        <v>80</v>
+      </c>
+      <c r="C381" s="85">
+        <v>67</v>
+      </c>
+      <c r="D381" s="86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="86" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B382" s="86" t="s">
+        <v>51</v>
+      </c>
+      <c r="C382" s="85">
+        <v>67</v>
+      </c>
+      <c r="D382" s="86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="86" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A383" s="85" t="s">
+        <v>5</v>
+      </c>
+      <c r="B383" s="86" t="s">
+        <v>81</v>
+      </c>
+      <c r="C383" s="85">
+        <v>38</v>
+      </c>
+      <c r="D383" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E383" s="86" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="85" t="s">
+        <v>5</v>
+      </c>
+      <c r="B384" s="86" t="s">
+        <v>82</v>
+      </c>
+      <c r="C384" s="85">
+        <v>60</v>
+      </c>
+      <c r="D384" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E384" s="86" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B385" s="86" t="s">
+        <v>83</v>
+      </c>
+      <c r="C385" s="85">
+        <v>69</v>
+      </c>
+      <c r="D385" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E385" s="86" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="85" t="s">
+        <v>8</v>
+      </c>
+      <c r="B386" s="86" t="s">
+        <v>84</v>
+      </c>
+      <c r="C386" s="85">
+        <v>65</v>
+      </c>
+      <c r="D386" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E386" s="86" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B387" s="86" t="s">
+        <v>85</v>
+      </c>
+      <c r="C387" s="85">
+        <v>53</v>
+      </c>
+      <c r="D387" s="86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="86" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" s="88" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A388" s="64" t="s">
+        <v>8</v>
+      </c>
+      <c r="B388" s="64" t="s">
+        <v>86</v>
+      </c>
+      <c r="C388" s="88">
+        <v>62</v>
+      </c>
+      <c r="D388" s="64" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="64" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="64" t="s">
+        <v>9</v>
+      </c>
+      <c r="B389" s="64" t="s">
+        <v>87</v>
+      </c>
+      <c r="C389" s="64">
+        <v>83</v>
+      </c>
+      <c r="D389" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E389" s="64" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" s="86" customFormat="1" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A390" s="86" t="s">
+        <v>8</v>
+      </c>
+      <c r="B390" s="86" t="s">
+        <v>89</v>
+      </c>
+      <c r="C390" s="86">
+        <v>56</v>
+      </c>
+      <c r="D390" s="86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="86" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" s="86" customFormat="1" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A391" s="86" t="s">
+        <v>10</v>
+      </c>
+      <c r="B391" s="86" t="s">
+        <v>86</v>
+      </c>
+      <c r="C391" s="86">
+        <v>62</v>
+      </c>
+      <c r="D391" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E391" s="86" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="87" t="s">
+        <v>9</v>
+      </c>
+      <c r="B392" s="86" t="s">
+        <v>53</v>
+      </c>
+      <c r="C392" s="87">
+        <v>54</v>
+      </c>
+      <c r="D392" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E392" s="86" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B393" s="86" t="s">
+        <v>90</v>
+      </c>
+      <c r="C393" s="87">
+        <v>62</v>
+      </c>
+      <c r="D393" s="86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="86" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B394" s="86" t="s">
+        <v>91</v>
+      </c>
+      <c r="C394" s="87">
+        <v>47</v>
+      </c>
+      <c r="D394" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E394" s="86" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" s="84" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="89" t="s">
+        <v>8</v>
+      </c>
+      <c r="B395" s="74" t="s">
+        <v>92</v>
+      </c>
+      <c r="C395" s="89">
+        <v>80</v>
+      </c>
+      <c r="D395" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E395" s="74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" s="34" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="83" t="s">
+        <v>5</v>
+      </c>
+      <c r="B396" s="34" t="s">
+        <v>93</v>
+      </c>
+      <c r="C396" s="83">
+        <v>71</v>
+      </c>
+      <c r="D396" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E396" s="34" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" s="34" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="83" t="s">
+        <v>10</v>
+      </c>
+      <c r="B397" s="34" t="s">
+        <v>94</v>
+      </c>
+      <c r="C397" s="83">
+        <v>50</v>
+      </c>
+      <c r="D397" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E397" s="34" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" s="34" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B398" s="34" t="s">
+        <v>53</v>
+      </c>
+      <c r="C398" s="34">
+        <v>74</v>
+      </c>
+      <c r="D398" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="34" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5" s="34" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B399" s="34" t="s">
+        <v>77</v>
+      </c>
+      <c r="C399" s="34">
+        <v>59</v>
+      </c>
+      <c r="D399" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="34" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" s="34" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B400" s="34" t="s">
+        <v>98</v>
+      </c>
+      <c r="C400" s="34">
+        <v>77</v>
+      </c>
+      <c r="D400" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="34" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" s="34" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B401" s="34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C401" s="34">
+        <v>89</v>
+      </c>
+      <c r="D401" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E401" s="34" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" s="34" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B402" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="C402" s="34">
+        <v>75</v>
+      </c>
+      <c r="D402" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="34" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5" s="34" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B403" s="34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C403" s="34">
+        <v>72</v>
+      </c>
+      <c r="D403" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E403" s="34" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B404" s="86" t="s">
+        <v>101</v>
+      </c>
+      <c r="C404" s="64">
+        <v>63</v>
+      </c>
+      <c r="D404" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E404" s="86" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="64" t="s">
+        <v>8</v>
+      </c>
+      <c r="B405" s="86" t="s">
+        <v>91</v>
+      </c>
+      <c r="C405" s="64">
+        <v>74</v>
+      </c>
+      <c r="D405" s="86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="86" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">