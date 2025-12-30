--- v0 (2025-10-10)
+++ v1 (2025-12-30)
@@ -1,54 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5E48C7A1" w14:textId="0279628C" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00B93BBE" w:rsidP="00B31407">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -329,51 +330,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Document title   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21E53951" w14:textId="77777777" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00B31407" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -414,51 +414,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Owner   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25EC4F8C" w14:textId="77777777" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00B31407" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -498,51 +497,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Approved by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="646B16D6" w14:textId="0F7F8EF2" w:rsidR="00B31407" w:rsidRPr="00C44A35" w:rsidRDefault="00C44A35" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C44A35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -581,51 +579,50 @@
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Status   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5945A388" w14:textId="1BB1BC25" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="0039760C" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -659,79 +656,90 @@
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Version   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05221337" w14:textId="57C0B36D" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00C44A35" w:rsidP="00B31407">
+          <w:p w14:paraId="05221337" w14:textId="2E37F949" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00C44A35" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="96" w:firstLine="2"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>1.0</w:t>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="006129AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31407" w:rsidRPr="00B31407" w14:paraId="14C66281" w14:textId="77777777" w:rsidTr="00605003">
         <w:trPr>
           <w:trHeight w:val="420"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69E61692" w14:textId="77777777" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00B31407" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="131"/>
@@ -743,51 +751,50 @@
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Effective from   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3AFCD175" w14:textId="37FE0947" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00C44A35" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -833,51 +840,50 @@
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Approved   on   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59D67EAC" w14:textId="1F772CB2" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00C44A35" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -929,113 +935,100 @@
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Last updated   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E0C129F" w14:textId="707B356C" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="0013563C" w:rsidP="00B31407">
+          <w:p w14:paraId="1E0C129F" w14:textId="1DB157A5" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="006129AC" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0083341A">
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="009705FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009705FD">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>/0</w:t>
-[...11 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="009705FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/2025</w:t>
             </w:r>
             <w:r w:rsidR="00B31407" w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1065,51 +1058,50 @@
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Last updated by  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="534E55A4" w14:textId="3A75CD34" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="009705FD" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009705FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -1160,51 +1152,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Review date  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="482ABC49" w14:textId="3A9C1B40" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00C44A35" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -1245,51 +1236,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31407">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Purpose  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02C9F0FA" w14:textId="7553ED46" w:rsidR="00B31407" w:rsidRPr="00B31407" w:rsidRDefault="00F12D0D" w:rsidP="00B31407">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F12D0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -1484,4652 +1474,4764 @@
     </w:p>
     <w:p w14:paraId="4A512004" w14:textId="77777777" w:rsidR="00DD7CAE" w:rsidRDefault="00DD7CAE"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:id w:val="1260468134"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="30BB5B92" w14:textId="77777777" w:rsidR="00A00C18" w:rsidRPr="00617E9E" w:rsidRDefault="00A00C18" w:rsidP="00A00C18">
+        <w:p w14:paraId="30BB5B92" w14:textId="77777777" w:rsidR="00A00C18" w:rsidRPr="00B45F7F" w:rsidRDefault="00A00C18" w:rsidP="00A00C18">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:color w:val="auto"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00617E9E">
+          <w:r w:rsidRPr="00B45F7F">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:color w:val="auto"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5DA9E233" w14:textId="111113B1" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00795FCD">
+        <w:p w14:paraId="4C60471E" w14:textId="2D4E4A69" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00795FCD">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00617E9E">
+          <w:r w:rsidRPr="00B45F7F">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00A00C18" w:rsidRPr="00617E9E">
+          <w:r w:rsidR="00A00C18" w:rsidRPr="00B45F7F">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00617E9E">
+          <w:r w:rsidRPr="00B45F7F">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc193356516" w:history="1">
-            <w:r w:rsidR="00617E9E" w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938001" w:history="1">
+            <w:r w:rsidR="00B45F7F" w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00617E9E" w:rsidRPr="00617E9E">
+            <w:r w:rsidR="00B45F7F" w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00617E9E" w:rsidRPr="00617E9E">
+            <w:r w:rsidR="00B45F7F" w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Purpose and Aims</w:t>
             </w:r>
-            <w:r w:rsidR="00617E9E" w:rsidRPr="00617E9E">
+            <w:r w:rsidR="00B45F7F" w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00617E9E" w:rsidRPr="00617E9E">
+            <w:r w:rsidR="00B45F7F" w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00617E9E" w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidR="00617E9E" w:rsidRPr="00617E9E">
+            <w:r w:rsidR="00B45F7F" w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938001 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B45F7F" w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B45F7F" w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00617E9E" w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidR="00617E9E" w:rsidRPr="00617E9E">
+            <w:r w:rsidR="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00B45F7F" w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="59579CDC" w14:textId="56DF5F1D" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="24952683" w14:textId="479632AD" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356517" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938002" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Scope</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938002 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="11299810" w14:textId="5F21FF20" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="08F3368D" w14:textId="1FA37FAC" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356518" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938003" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>What is Repairs and Maintenance to Sandwell Council?</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938003 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03BB661F" w14:textId="432B6B88" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="75807338" w14:textId="7D6E2213" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356519" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938004" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Policy Statement</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938004 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4749719A" w14:textId="16EE5D76" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="5BD12DCB" w14:textId="7413F3B0" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356520" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938005" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Repairs Responsibility</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938005 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6797FF94" w14:textId="202629FF" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="02D6A7BB" w14:textId="778C319E" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356521" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938006" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Sandwell Council’s Responsibilities</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938006 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4D34BA6A" w14:textId="2437F7AF" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="7FED6262" w14:textId="5555D86A" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356522" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938007" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Tenants’ Responsibilities</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938007 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7AE052B0" w14:textId="287E2732" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="50E4454F" w14:textId="40AD3360" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356523" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938008" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Leaseholder Responsibilities</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938008 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0AD13682" w14:textId="28A28C26" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="6043D445" w14:textId="333CEDC8" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356524" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938009" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Reporting a Repair</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938009 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1724C36A" w14:textId="0A2C63C2" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="25333C7A" w14:textId="5CE2E1BB" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356525" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938010" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Day-to-Day Repairs</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938010 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="78697719" w14:textId="39DB4A20" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="39A3CCE4" w14:textId="59AA6F17" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356526" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938011" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Completion Timeframes</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938011 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="010ADFC4" w14:textId="0737DB9E" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="5BF825FC" w14:textId="66DB3508" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356527" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938012" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Rechargeable Repairs</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Repairs and Maintenance Responsibilities in Communal Areas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938012 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1937020D" w14:textId="3CB52B45" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="59D6289C" w14:textId="2CFAF400" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356528" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938013" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Housing Health and Safety Rating System</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Rechargeable Repairs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938013 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E5667C4" w14:textId="1654B292" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="07E0D060" w14:textId="7ABA0416" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356529" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938014" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Asbestos</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Housing Health and Safety Rating System</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938014 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03D7B4A5" w14:textId="6E2A5421" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="56A6B556" w14:textId="086E6E29" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356530" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938015" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.11</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Repairs in High-Rise Flats</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Asbestos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938015 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0539BF23" w14:textId="6124ED37" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="54878280" w14:textId="72951F36" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356531" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938016" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.12</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Cyclical Maintenance</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Repairs in High-Rise Flats</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938016 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1366671A" w14:textId="609579B9" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="6DA655AB" w14:textId="3FFF0114" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356532" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938017" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.13</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Capital Investment Programmes</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Cyclical Maintenance</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938017 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A8E0B90" w14:textId="655E14FE" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="213173EA" w14:textId="0AF22783" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356533" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938018" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.14</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Your Own Home Improvements</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Capital Investment Programmes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938018 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="165E7938" w14:textId="434E2CEE" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="013895FA" w14:textId="3A383F45" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356534" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938019" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.15</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Non-Standard Fittings</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Your Own Home Improvements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938019 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="415D0E05" w14:textId="774848B1" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="72DE539C" w14:textId="226291B4" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356535" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938020" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.16</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Aids and Adaptations</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Non-Standard Fittings</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938020 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="29EFA3E5" w14:textId="074987C9" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="563A85ED" w14:textId="534220C5" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356536" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938021" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.17</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Decants</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Aids and Adaptations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938021 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="696F4601" w14:textId="16C4A150" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="1E30BD07" w14:textId="57DD7FA5" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356537" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938022" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.18</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Leaving Your Home</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Decants</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938022 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6CDD8EF2" w14:textId="5AC21EC5" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="4ED0668C" w14:textId="52CA2BBF" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356538" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938023" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.19</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Post-Work Inspections</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Leaving Your Home</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938023 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0AC1BA0D" w14:textId="53AD273B" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="2BFADAC2" w14:textId="7A044A51" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356539" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938024" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.20</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Lettable Standard</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Post-Work Inspections</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938024 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="450B39FF" w14:textId="724A5B39" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="51A70C68" w14:textId="58B5CE7C" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356540" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938025" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.21</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Lift Maintenance and Repairs</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Lettable Standard</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938025 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5ABCCB18" w14:textId="7C6E0F94" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="1093DA02" w14:textId="319D2BD2" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356541" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938026" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.22</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Driveways, Paving and Fencing</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Lift Maintenance and Repairs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938026 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="17C8414C" w14:textId="0AB03FF5" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="131F4B9B" w14:textId="1CF3D966" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356542" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938027" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.23</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Warranties, Guarantees and Insurance</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Driveways, Paving and Fencing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938027 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="787DB176" w14:textId="145566ED" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="32A43AB9" w14:textId="4A20E93E" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356543" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938028" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.24</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Measuring Performance</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Warranties, Guarantees and Insurance</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938028 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="090DE632" w14:textId="2A97DA9B" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="616D94A3" w14:textId="14E3693B" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356544" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938029" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.25</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Value for Money</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Measuring Performance</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938029 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7544B60C" w14:textId="10F13123" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="43EC0B5B" w14:textId="4AA7A03E" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356545" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938030" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.26</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Financial Implications</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Value for Money</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938030 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6808D8CD" w14:textId="6712A2A2" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="517C693D" w14:textId="79997CB2" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356546" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938031" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.27</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Right to Buy</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Financial Implications</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938031 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="367226C9" w14:textId="6C2D3BD7" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="2CDE386E" w14:textId="2A33AE23" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356547" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938032" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.28</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Tenant Management Organisations (TMOs)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Right to Buy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938032 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5446BF97" w14:textId="5CC184DD" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="6427A3AF" w14:textId="3C0C523C" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356548" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938033" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.29</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Complaints</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Tenant Management Organisations (TMOs)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938033 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3930E424" w14:textId="0FD9BE2B" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="5FBF549A" w14:textId="19187FB6" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356549" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938034" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.30</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Compensation</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:t>Complaints</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938034 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="23ACFC37" w14:textId="02637221" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="4A1D8497" w14:textId="76E4F39D" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216938035" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4.31</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Compensation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938035 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="69747D3A" w14:textId="11E7E7FA" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356550" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938036" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Related Documents</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938036 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E549A3B" w14:textId="56CE4E62" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="34F51B3F" w14:textId="0C4C74DD" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356551" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938037" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Legal Framework</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938037 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4EAD9184" w14:textId="4DCA2730" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="3A231F6C" w14:textId="6C637850" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356552" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938038" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Development of Policy</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938038 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="73B444C0" w14:textId="1721D477" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="70793C69" w14:textId="38423C48" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356553" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938039" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Equality and Diversity</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938039 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="65BE64BF" w14:textId="197F8D2C" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="760F819A" w14:textId="4A1A88E3" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356554" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938040" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Monitoring and Review</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938040 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="542BDBE9" w14:textId="0378C15B" w:rsidR="00617E9E" w:rsidRPr="00617E9E" w:rsidRDefault="00617E9E">
+        <w:p w14:paraId="4BEBDBB8" w14:textId="2ED9BE4B" w:rsidR="00B45F7F" w:rsidRPr="00B45F7F" w:rsidRDefault="00B45F7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10480"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc193356555" w:history="1">
-            <w:r w:rsidRPr="00617E9E">
+          <w:hyperlink w:anchor="_Toc216938041" w:history="1">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Policy Document Version Control</w:t>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216938041 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00617E9E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00617E9E">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B45F7F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="669C5CB7" w14:textId="31A06265" w:rsidR="003B78D9" w:rsidRPr="00304DB6" w:rsidRDefault="00795FCD" w:rsidP="3FBCE3EA">
+        <w:p w14:paraId="669C5CB7" w14:textId="3258F58A" w:rsidR="003B78D9" w:rsidRPr="00304DB6" w:rsidRDefault="00795FCD" w:rsidP="3FBCE3EA">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="435"/>
               <w:tab w:val="right" w:leader="dot" w:pos="10485"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00617E9E">
+          <w:r w:rsidRPr="00B45F7F">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="0C6A57A1" w14:textId="695EC15C" w:rsidR="00A00C18" w:rsidRDefault="00A00C18" w:rsidP="006904CE">
       <w:pPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74C4F015" w14:textId="77777777" w:rsidR="006904CE" w:rsidRDefault="006904CE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
@@ -6211,124 +6313,116 @@
     </w:p>
     <w:p w14:paraId="52D689FF" w14:textId="77777777" w:rsidR="00D52A5D" w:rsidRDefault="00D52A5D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27A2D215" w14:textId="77777777" w:rsidR="00D52A5D" w:rsidRDefault="00D52A5D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62FCCECD" w14:textId="77777777" w:rsidR="002532FB" w:rsidRDefault="002532FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EAE425B" w14:textId="77777777" w:rsidR="00D52A5D" w:rsidRDefault="00D52A5D">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4A32EC41" w14:textId="77777777" w:rsidR="009852A3" w:rsidRPr="00395E66" w:rsidRDefault="009852A3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23D54469" w14:textId="01A33FC5" w:rsidR="00775A60" w:rsidRPr="00395E66" w:rsidRDefault="00A00C18" w:rsidP="00775A60">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc193356516"/>
-      <w:bookmarkStart w:id="1" w:name="_Hlk165643217"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk165643217"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc216938001"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Purpose</w:t>
       </w:r>
       <w:r w:rsidR="00841310" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Aims</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00841310" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="39503FA6" w14:textId="77777777" w:rsidR="00C13F6F" w:rsidRPr="00395E66" w:rsidRDefault="00C13F6F" w:rsidP="00C13F6F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A701D0D" w14:textId="77777777" w:rsidR="008C579F" w:rsidRPr="00395E66" w:rsidRDefault="00A6672E" w:rsidP="008C579F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
@@ -6586,107 +6680,107 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4C52F3A4" w14:textId="57742291" w:rsidR="00483D6B" w:rsidRPr="00395E66" w:rsidRDefault="00A6672E" w:rsidP="007039D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Engage with residents to influence the development of the service by prioritising, measuring, and reporting customer satisfaction, and using customer feedback to drive continuous improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582B597A" w14:textId="056A18B1" w:rsidR="00557513" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00483D6B">
+    <w:p w14:paraId="582B597A" w14:textId="056A18B1" w:rsidR="00557513" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00483D6B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="46033DE3">
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="76974F70" w14:textId="0712FDCC" w:rsidR="00775A60" w:rsidRPr="00395E66" w:rsidRDefault="00DC3EDD" w:rsidP="00A00C18">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc193356517"/>
-      <w:bookmarkStart w:id="3" w:name="_Hlk164762292"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk164762292"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc216938002"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Scope</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="3B6C266F" w14:textId="77777777" w:rsidR="00DC3EDD" w:rsidRPr="00395E66" w:rsidRDefault="00DC3EDD" w:rsidP="00DC3EDD">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37F49E8E" w14:textId="67C6C000" w:rsidR="00895964" w:rsidRPr="00395E66" w:rsidRDefault="00895964" w:rsidP="00EA6229">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
@@ -6830,93 +6924,93 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>The Policy is also relevant to all Sandwell Council colleagues. In addition, contractors, acting on our behalf delivering responsive repairs are expected to align their working practices with this policy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="525FC28D" w14:textId="77777777" w:rsidR="009B601A" w:rsidRPr="00395E66" w:rsidRDefault="009B601A" w:rsidP="009B601A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F7DBDC7" w14:textId="6E458609" w:rsidR="00557513" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00557513">
+    <w:p w14:paraId="5F7DBDC7" w14:textId="6E458609" w:rsidR="00557513" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00557513">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:right="-567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="52003D89">
           <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="58227565" w14:textId="32767BDA" w:rsidR="003D2B21" w:rsidRPr="00395E66" w:rsidRDefault="00866512" w:rsidP="00AA61DE">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc193356518"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc216938003"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">What is </w:t>
       </w:r>
       <w:r w:rsidR="00C105AB" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Repairs and Maintenance</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
@@ -6951,146 +7045,146 @@
     <w:p w14:paraId="46EF3A9E" w14:textId="5E9E8819" w:rsidR="003D2B21" w:rsidRPr="00395E66" w:rsidRDefault="00C105AB" w:rsidP="00C105AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk164766688"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">The definition of a ‘repair’ for the purpose of this policy is ‘work that arises from damage or wear and tear to tenanted properties, communal areas and common parts.’ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p w14:paraId="089DF0FE" w14:textId="4FB2E861" w:rsidR="003D2B21" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="003D2B21">
+    <w:p w14:paraId="089DF0FE" w14:textId="4FB2E861" w:rsidR="003D2B21" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="003D2B21">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="5EDFEDCE">
           <v:rect id="_x0000_i1027" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B2FB92" w14:textId="12CE18F8" w:rsidR="00574EA2" w:rsidRPr="00395E66" w:rsidRDefault="00574EA2" w:rsidP="00574EA2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc193356519"/>
-      <w:bookmarkStart w:id="8" w:name="_Hlk164766672"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk164766672"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc216938004"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Policy Statement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3106D196" w14:textId="77777777" w:rsidR="00E34D0E" w:rsidRPr="00395E66" w:rsidRDefault="00E34D0E" w:rsidP="00E34D0E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E4DA745" w14:textId="20EB7386" w:rsidR="00E33EE2" w:rsidRPr="00395E66" w:rsidRDefault="00E33EE2" w:rsidP="00A16300">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc193356520"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc216938005"/>
       <w:r w:rsidRPr="003143A9">
         <w:t>Repairs Responsibility</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="27FB7E46" w14:textId="09E32384" w:rsidR="00E34D0E" w:rsidRPr="00395E66" w:rsidRDefault="00E34D0E" w:rsidP="00E34D0E">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Repairs responsibility extends to all tenants of Sandwell Council properties and to leaseholders of flats and maisonettes, where SMBC owns the freehold.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77AAC344" w14:textId="77777777" w:rsidR="00E34D0E" w:rsidRPr="00395E66" w:rsidRDefault="00E34D0E" w:rsidP="00E34D0E">
       <w:pPr>
@@ -7106,82 +7200,82 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">All tenants and leaseholders, where relevant, are required to report any repairs which are the responsibility of the council promptly. The tenant (and leaseholder if applicable) must also allow the council and its appointed contractors, reasonable access to undertake the required repairs and any necessary surveys or inspections. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C07797" w14:textId="22CAB3EF" w:rsidR="00E34D0E" w:rsidRPr="00395E66" w:rsidRDefault="00E34D0E" w:rsidP="00E34D0E">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Repairs should be undertaken in all instances where required. Where a repair is no longer feasible, parts are unobtainable or it is uneconomical to repair, a replacement will be provided. There are some instances where an item may be removed, without replacement, where the service provision is not compromised.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0F26B3" w14:textId="2EAAECFA" w:rsidR="00C6474C" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00C6474C">
+    <w:p w14:paraId="4E0F26B3" w14:textId="2EAAECFA" w:rsidR="00C6474C" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00C6474C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="364C782B">
           <v:rect id="_x0000_i1028" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B8ABA8" w14:textId="53A55B3B" w:rsidR="00E34D0E" w:rsidRPr="00A16300" w:rsidRDefault="00E34D0E" w:rsidP="00A16300">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc193356521"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc216938006"/>
       <w:r w:rsidRPr="00A16300">
         <w:t>Sandwell Council’s Responsibilit</w:t>
       </w:r>
       <w:r w:rsidR="00E2478D" w:rsidRPr="00A16300">
         <w:t>ies</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="5D501DF9" w14:textId="77777777" w:rsidR="00C91299" w:rsidRPr="00395E66" w:rsidRDefault="00C91299" w:rsidP="00C91299">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sandwell Council is responsible for keeping the structure and exterior of your home in good repair, including:</w:t>
       </w:r>
@@ -7603,92 +7697,92 @@
         <w:t xml:space="preserve"> alarms and ventilation systems provided at the start of your tenancy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DC80BA2" w14:textId="4835D0FF" w:rsidR="002247B5" w:rsidRPr="002247B5" w:rsidRDefault="002247B5" w:rsidP="002247B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002247B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Please note - internal repairs will not normally be undertaken in leasehold properties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE2BE8C" w14:textId="063C3F6D" w:rsidR="00C6474C" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00C6474C">
+    <w:p w14:paraId="3EE2BE8C" w14:textId="063C3F6D" w:rsidR="00C6474C" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00C6474C">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="1BB4E830">
           <v:rect id="_x0000_i1029" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F4D5408" w14:textId="4F460A16" w:rsidR="001C1BA0" w:rsidRPr="00A16300" w:rsidRDefault="00A16300" w:rsidP="00A16300">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Toc193356522"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc216938007"/>
       <w:r w:rsidR="00FD2D2D" w:rsidRPr="00A16300">
         <w:t>Tenants’</w:t>
       </w:r>
       <w:r w:rsidR="00E34D0E" w:rsidRPr="00A16300">
         <w:t xml:space="preserve"> Responsibilit</w:t>
       </w:r>
       <w:r w:rsidR="00FD2D2D" w:rsidRPr="00A16300">
         <w:t>ies</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="6A6B97B6" w14:textId="6CBDCC6D" w:rsidR="00C6474C" w:rsidRPr="00395E66" w:rsidRDefault="00C6474C" w:rsidP="00C6474C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Under the Council’s tenancy agreement, tenants are responsible for:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F55E97E" w14:textId="77777777" w:rsidR="00C6474C" w:rsidRPr="00395E66" w:rsidRDefault="00C6474C" w:rsidP="00C6474C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567"/>
@@ -8136,83 +8230,83 @@
       <w:r w:rsidRPr="001F3DF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. If </w:t>
       </w:r>
       <w:r w:rsidR="00893DE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>tenants</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3DF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> are unsure about your responsibilities, contact 0121 569 6000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4102DCFD" w14:textId="4AF97E49" w:rsidR="00B81ABC" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00A16300">
+    <w:p w14:paraId="4102DCFD" w14:textId="4AF97E49" w:rsidR="00B81ABC" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00A16300">
       <w:pPr>
         <w:ind w:left="426" w:right="284" w:firstLine="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="75A16054">
           <v:rect id="_x0000_i1030" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="249C93B7" w14:textId="20B8B8E2" w:rsidR="009E251E" w:rsidRPr="00395E66" w:rsidRDefault="00D40DD0" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc193356523"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc216938008"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Lease</w:t>
       </w:r>
       <w:r w:rsidRPr="0030344E">
         <w:t>holder</w:t>
       </w:r>
       <w:r w:rsidR="00FD2D2D" w:rsidRPr="0030344E">
         <w:t xml:space="preserve"> Responsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="1DFFE6C5" w14:textId="77777777" w:rsidR="00E84FB3" w:rsidRPr="00395E66" w:rsidRDefault="00CC62AF" w:rsidP="00E84FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8433,81 +8527,81 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Leaseholders can find detailed information about their repair responsibilities, as well as the council's obligations, in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00395E66">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Leaseholder Handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7494A11B" w14:textId="7C7B29CE" w:rsidR="001C1BA0" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="001C1BA0">
+    <w:p w14:paraId="7494A11B" w14:textId="7C7B29CE" w:rsidR="001C1BA0" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="001C1BA0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="04F57F33">
           <v:rect id="_x0000_i1031" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E75F3E1" w14:textId="7FFA3F0B" w:rsidR="001A3488" w:rsidRPr="00395E66" w:rsidRDefault="001A3488" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc193356524"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc216938009"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Reporting a Repair</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="4A7A8F3D" w14:textId="0B441B8B" w:rsidR="00C6474C" w:rsidRPr="00395E66" w:rsidRDefault="001A3488" w:rsidP="00C6474C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Tenants are expected to report any defects or faults to the </w:t>
       </w:r>
       <w:r w:rsidR="00CD6CC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8777,83 +8871,83 @@
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> need</w:t>
       </w:r>
       <w:r w:rsidR="00930170">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> a repair in an emergency outside office hours, please call 0800 844 112.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629644C6" w14:textId="5CB278F1" w:rsidR="008C2994" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="008C2994">
+    <w:p w14:paraId="629644C6" w14:textId="5CB278F1" w:rsidR="008C2994" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="008C2994">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="5DAADA07">
           <v:rect id="_x0000_i1032" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D9410A" w14:textId="365B0DB6" w:rsidR="008C2994" w:rsidRPr="00395E66" w:rsidRDefault="008C2994" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc193356525"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc216938010"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Day-to-Day Repairs</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="30EB706F" w14:textId="5EF1CB83" w:rsidR="008C2994" w:rsidRPr="00395E66" w:rsidRDefault="008C2994" w:rsidP="008C2994">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Day-to-day repairs are those needed when something in your home breaks or stops working and cannot wait for planned maintenance. Examples include plumbing, door and window fittings, heating systems, and electrical issues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4391ADCD" w14:textId="11CE384D" w:rsidR="008C2994" w:rsidRPr="00395E66" w:rsidRDefault="008C2994" w:rsidP="008C2994">
       <w:pPr>
@@ -9081,86 +9175,88 @@
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00594449">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>periodically every 2-3 years</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAABEC6" w14:textId="77777777" w:rsidR="001E4022" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="001E4022">
+    <w:p w14:paraId="0AAABEC6" w14:textId="77777777" w:rsidR="001E4022" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="001E4022">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="24592344">
           <v:rect id="_x0000_i1033" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="536567F4" w14:textId="66FE0F09" w:rsidR="001E4022" w:rsidRPr="00395E66" w:rsidRDefault="001E4022" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc193356526"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk216937859"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc216938011"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Completion Timeframes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-    </w:p>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p w14:paraId="01C8FB79" w14:textId="55C56345" w:rsidR="006A25C0" w:rsidRPr="00395E66" w:rsidRDefault="001E4022" w:rsidP="006A25C0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Sandwell Council classifies repairs </w:t>
       </w:r>
       <w:r w:rsidR="00F70593">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">into </w:t>
       </w:r>
@@ -9202,101 +9298,392 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> in collaboration with tenants and published in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="007E752E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Tenant Handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure transparency and continuous improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774057CA" w14:textId="7A1A05FB" w:rsidR="00FF7660" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="005C7BD4">
+    <w:p w14:paraId="774057CA" w14:textId="7A1A05FB" w:rsidR="00FF7660" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="005C7BD4">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="29FEDBDB">
           <v:rect id="_x0000_i1034" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="_Hlk187416703"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5A2DF797" w14:textId="77777777" w:rsidR="0041091C" w:rsidRDefault="0041091C" w:rsidP="0041091C">
+      <w:bookmarkStart w:id="17" w:name="_Hlk187416703"/>
+    </w:p>
+    <w:p w14:paraId="41ECD96E" w14:textId="7C279168" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc216938012"/>
+      <w:r w:rsidRPr="006129AC">
+        <w:t>Repairs and Maintenance Responsibilities in Communal Areas</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="365E3477" w14:textId="77777777" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>As a registered provider, Sandwell Council is responsible for understanding and fulfilling all maintenance duties relating to communal areas within its housing stock. Communal areas may include shared entrances, corridors, stairwells, lifts, external shared spaces, bin stores, lighting, and other areas used collectively by residents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570F9B76" w14:textId="77777777" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sandwell Council will:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCBDCBB" w14:textId="77777777" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Keep Communal Areas Safe and Well-Maintained:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ensure all communal spaces are kept in good repair, free from hazards, and compliant with relevant health, safety, and fire regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DFA3C4" w14:textId="77777777" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Carry Out Regular Inspections:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Undertake routine checks to identify issues, monitor condition, and ensure timely action on any defects.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="359A41AA" w14:textId="77777777" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Provide Planned and Responsive Maintenance:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deliver scheduled maintenance—such as lighting checks and safety inspections—alongside responsive repairs when faults arise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D5D7B8" w14:textId="77777777" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Meet All Statutory Requirements:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fulfil legal obligations relating to building safety, lift maintenance, electrical testing, fire safety, and asbestos management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC19A31" w14:textId="77777777" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ensure Clear Responsibilities:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maintain clear accountability for communal area maintenance, including where Tenant Management Organisations (TMOs) have defined roles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D451673" w14:textId="77777777" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Communicate with Residents:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provide residents with information about planned works and encourage prompt reporting of issues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7B3304" w14:textId="77777777" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006129AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>By doing so, Sandwell Council ensures that communal areas remain safe, clean, and functional, supporting the wellbeing of all residents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2DF797" w14:textId="77777777" w:rsidR="0041091C" w:rsidRDefault="0041091C" w:rsidP="006129AC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1712EB17" w14:textId="77777777" w:rsidR="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EBF5E1D" w14:textId="367CDC89" w:rsidR="006129AC" w:rsidRPr="006129AC" w:rsidRDefault="006129AC" w:rsidP="006129AC">
+      <w:pPr>
+        <w:ind w:right="709" w:firstLine="709"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict w14:anchorId="41495CE0">
+          <v:rect id="_x0000_i1124" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
     </w:p>
     <w:p w14:paraId="520B2ECF" w14:textId="0A32CEA3" w:rsidR="00FF7660" w:rsidRPr="00395E66" w:rsidRDefault="004306BD" w:rsidP="0041091C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc193356527"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="19" w:name="_Toc216938013"/>
+      <w:r w:rsidRPr="00395E66">
         <w:t>Rechargeable Repairs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="00395E66">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p w14:paraId="1BEF3A7C" w14:textId="2B026DA1" w:rsidR="004306BD" w:rsidRPr="00395E66" w:rsidRDefault="004306BD" w:rsidP="004306BD">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Where it is identified that a repair is the customers responsibility, Sandwell Council reserves the right to complete such repairs and recover the full cost of such work from the customer as per our </w:t>
       </w:r>
       <w:r w:rsidR="42FB9001" w:rsidRPr="68A2399E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Recharg</w:t>
@@ -9328,50 +9715,51 @@
       <w:r w:rsidR="00992DFE" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F14D272" w14:textId="77777777" w:rsidR="007E0005" w:rsidRPr="00395E66" w:rsidRDefault="007E0005" w:rsidP="007E0005">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Charges may be reduced or waived under certain conditions, and each case will be evaluated on its merits. These circumstances may include, but are not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CDA23AC" w14:textId="77777777" w:rsidR="007E0005" w:rsidRPr="00395E66" w:rsidRDefault="007E0005" w:rsidP="007039D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Elderly residents without another able-bodied adult in the household.</w:t>
       </w:r>
@@ -9543,87 +9931,87 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">in our </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00F2237A" w:rsidRPr="001B0523">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Rechargeable Repairs Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001B0523">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EEEB0F5" w14:textId="77777777" w:rsidR="00552135" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00552135">
+    <w:p w14:paraId="5EEEB0F5" w14:textId="77777777" w:rsidR="00552135" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00552135">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Hlk187438768"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk187438768"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="4B322CD4">
           <v:rect id="_x0000_i1035" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="60881366" w14:textId="3624E975" w:rsidR="000E6CCC" w:rsidRPr="000E6CCC" w:rsidRDefault="000E6CCC" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc193356528"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc216938014"/>
       <w:r w:rsidRPr="000E6CCC">
         <w:t>Housing Health and Safety Rating System</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="000E6CCC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D36CB6" w14:textId="2FF4E1D2" w:rsidR="000E6CCC" w:rsidRPr="000E6CCC" w:rsidRDefault="000E6CCC" w:rsidP="000E6CCC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E6CCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Awaab's Law will bring in clear timeframes for fixing all types of hazards covered by the Housing Health and Safety Rating System (HHSRS) inclusive of damp and mould. This system looks at risks in homes that could harm people living there, especially those in certain age groups, and helps to rate how serious a hazard is.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61DC323C" w14:textId="77777777" w:rsidR="00552135" w:rsidRPr="00395E66" w:rsidRDefault="00552135" w:rsidP="00552135">
       <w:pPr>
@@ -9751,172 +10139,172 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> can help.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C0720F" w14:textId="77777777" w:rsidR="00A16300" w:rsidRDefault="00A16300" w:rsidP="0070500D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C0C2560" w14:textId="77777777" w:rsidR="00A16300" w:rsidRPr="0070500D" w:rsidRDefault="00A16300" w:rsidP="0070500D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4550F66B" w14:textId="46B98C26" w:rsidR="0070500D" w:rsidRPr="000E6CCC" w:rsidRDefault="00000000" w:rsidP="000E6CCC">
+    <w:p w14:paraId="4550F66B" w14:textId="46B98C26" w:rsidR="0070500D" w:rsidRPr="000E6CCC" w:rsidRDefault="00B45F7F" w:rsidP="000E6CCC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:pict w14:anchorId="308091B8">
           <v:rect id="_x0000_i1036" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="3226D0F9" w14:textId="322FC5F6" w:rsidR="00F66E5B" w:rsidRDefault="00621E44" w:rsidP="00F66E5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc193356529"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc216938015"/>
       <w:r>
         <w:t>Asbestos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="3573C86A" w14:textId="77777777" w:rsidR="00621E44" w:rsidRPr="00621E44" w:rsidRDefault="00621E44" w:rsidP="00621E44">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00621E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sandwell Council is responsible for managing asbestos under the Control of Asbestos Regulations 2012. This includes identifying and managing asbestos within the common areas of its properties. Properties built before the year 2000 may contain building materials made from asbestos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DC6B3E" w14:textId="77777777" w:rsidR="00621E44" w:rsidRPr="00621E44" w:rsidRDefault="00621E44" w:rsidP="00621E44">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00621E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Any repairs in these areas that could potentially affect the condition of known or suspected asbestos-containing materials are carried out in accordance with our Property Compliance Policy and related procedures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E291BA" w14:textId="5A1F41BB" w:rsidR="00621E44" w:rsidRPr="00621E44" w:rsidRDefault="00621E44" w:rsidP="00621E44">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00621E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>All records of confirmed and suspected asbestos are maintained on the Council’s asbestos register.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A8FA8F" w14:textId="162BBAC0" w:rsidR="00F66E5B" w:rsidRPr="000E6CCC" w:rsidRDefault="00000000" w:rsidP="00F66E5B">
+    <w:p w14:paraId="42A8FA8F" w14:textId="162BBAC0" w:rsidR="00F66E5B" w:rsidRPr="000E6CCC" w:rsidRDefault="00B45F7F" w:rsidP="00F66E5B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="37F1647E">
           <v:rect id="_x0000_i1037" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="264AB25B" w14:textId="162B06A2" w:rsidR="009D0726" w:rsidRPr="00395E66" w:rsidRDefault="009D0726" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc193356530"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc216938016"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Repairs in High-Rise Flats</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="13BD879D" w14:textId="77777777" w:rsidR="009D0726" w:rsidRPr="00395E66" w:rsidRDefault="009D0726" w:rsidP="009D0726">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sandwell Council employs Building Safety Managers who are responsible for overseeing repairs and investment projects. They ensure that important safety information is properly maintained and shared, known as the "golden thread" of information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="584CECA8" w14:textId="77777777" w:rsidR="009D0726" w:rsidRPr="00395E66" w:rsidRDefault="009D0726" w:rsidP="009D0726">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -9948,85 +10336,85 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74D52886" w14:textId="7F0A537C" w:rsidR="009D0726" w:rsidRPr="00395E66" w:rsidRDefault="009D0726" w:rsidP="009D0726">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>In all relevant buildings, doors in fire-sensitive areas must be laminated, solid timber doors that are half-hour fire-resistant. The Building Safety Manager will ensure that the door, frame, and hardware meet the required standards. If a door is found to be beyond economical repair, it will be replaced, and the new door will meet the correct specifications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67EE37D9" w14:textId="77777777" w:rsidR="00605003" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00605003">
+    <w:p w14:paraId="67EE37D9" w14:textId="77777777" w:rsidR="00605003" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00605003">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="44BED495">
           <v:rect id="_x0000_i1038" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E16E94" w14:textId="196E7A99" w:rsidR="00605003" w:rsidRPr="00395E66" w:rsidRDefault="00605003" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc193356531"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc216938017"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Cyclical Maintenance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="3A82CA37" w14:textId="5D0F4678" w:rsidR="00605003" w:rsidRPr="00395E66" w:rsidRDefault="00605003" w:rsidP="00605003">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Some maintenance works are carried out regularly to ensure everything </w:t>
       </w:r>
       <w:r w:rsidR="00F67BCF" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>remains</w:t>
@@ -10063,60 +10451,51 @@
         </w:rPr>
         <w:t>Further information</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D52F44" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> safety-</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">related works can be found in </w:t>
+        <w:t xml:space="preserve"> safety-related works can be found in </w:t>
       </w:r>
       <w:r w:rsidR="00701B02" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="008C2553" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Council’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10171,85 +10550,86 @@
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Other routine maintenance tasks, like cleaning gutters or painting, are done on a scheduled basis. Before starting any work, </w:t>
       </w:r>
       <w:r w:rsidR="0087736D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>the Council</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> will inspect the relevant areas to make sure resources are used in the most efficient way.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0BE2C2" w14:textId="221379E8" w:rsidR="00C34EA0" w:rsidRPr="009F29CE" w:rsidRDefault="00000000" w:rsidP="009F29CE">
+    <w:p w14:paraId="4C0BE2C2" w14:textId="221379E8" w:rsidR="00C34EA0" w:rsidRPr="009F29CE" w:rsidRDefault="00B45F7F" w:rsidP="009F29CE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:pict w14:anchorId="25B0DB3A">
           <v:rect id="_x0000_i1039" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE215A9" w14:textId="3E61F72E" w:rsidR="0071789E" w:rsidRPr="00395E66" w:rsidRDefault="0071789E" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc193356532"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc216938018"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Capital Investment Programmes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="2011C3C3" w14:textId="3D51D9F0" w:rsidR="0071789E" w:rsidRPr="00395E66" w:rsidRDefault="0071789E" w:rsidP="0071789E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">The Council's </w:t>
       </w:r>
       <w:r w:rsidR="00C34EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Investment Programmes</w:t>
@@ -10625,131 +11005,122 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C5C70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Households</w:t>
       </w:r>
       <w:r w:rsidR="005B58A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> can s</w:t>
       </w:r>
       <w:r w:rsidRPr="005B58A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">tay updated on upcoming investment </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">programmes at </w:t>
+        <w:t xml:space="preserve">tay updated on upcoming investment programmes at </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="005B58A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>www.sandwell.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005B58A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B58A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>or look out for information sent to your home.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40681D3B" w14:textId="77777777" w:rsidR="001C1BA0" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="001C1BA0">
+    <w:p w14:paraId="40681D3B" w14:textId="77777777" w:rsidR="001C1BA0" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="001C1BA0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="254AC4AE">
           <v:rect id="_x0000_i1040" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="753627FD" w14:textId="4F547102" w:rsidR="001C1BA0" w:rsidRPr="00395E66" w:rsidRDefault="001C1BA0" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc193356533"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc216938019"/>
       <w:r w:rsidRPr="00395E66">
         <w:t xml:space="preserve">Your </w:t>
       </w:r>
       <w:r w:rsidR="00E24515" w:rsidRPr="001375BA">
         <w:t xml:space="preserve">Own </w:t>
       </w:r>
       <w:r w:rsidRPr="001375BA">
         <w:t>Home Improvements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="2A9D924C" w14:textId="34DB9DEF" w:rsidR="001C1BA0" w:rsidRPr="00395E66" w:rsidRDefault="00893DE5" w:rsidP="001C1BA0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Tenants</w:t>
       </w:r>
       <w:r w:rsidR="001C1BA0" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> are welcome to make improvements or alterations to your home, but it's important to first </w:t>
@@ -10791,50 +11162,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Examples of Changes That Require Permission:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42922B91" w14:textId="77777777" w:rsidR="001C1BA0" w:rsidRPr="00395E66" w:rsidRDefault="001C1BA0" w:rsidP="007039D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Installing or replacing gas appliances, windows, external doors, or kitchen and bathroom units</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C9E3BD4" w14:textId="77777777" w:rsidR="001C1BA0" w:rsidRPr="00395E66" w:rsidRDefault="001C1BA0" w:rsidP="007039D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Removing walls, installing verandas, porches, or conservatories</w:t>
       </w:r>
@@ -11206,124 +11578,123 @@
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> practical and cost-effective. In other cases, </w:t>
       </w:r>
       <w:r w:rsidR="00CA0093">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>the Council</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> may remove the improvements and restore the property to its original condition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5307EA4D" w14:textId="77777777" w:rsidR="00103049" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00103049">
+    <w:p w14:paraId="5307EA4D" w14:textId="77777777" w:rsidR="00103049" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00103049">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="47C105CA">
           <v:rect id="_x0000_i1041" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B47698" w14:textId="758036A2" w:rsidR="00103049" w:rsidRPr="00395E66" w:rsidRDefault="00103049" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc193356534"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc216938020"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Non-Standard Fittings</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="1B3ACEBF" w14:textId="77777777" w:rsidR="00103049" w:rsidRPr="00395E66" w:rsidRDefault="00103049" w:rsidP="00103049">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Some tenants may choose to make improvements to their homes, such as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1A2AA9" w14:textId="77777777" w:rsidR="00103049" w:rsidRPr="00395E66" w:rsidRDefault="00103049" w:rsidP="007039D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fitted wardrobes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18E374DB" w14:textId="77777777" w:rsidR="00103049" w:rsidRPr="00395E66" w:rsidRDefault="00103049" w:rsidP="007039D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Electric showers</w:t>
       </w:r>
     </w:p>
@@ -11364,134 +11735,117 @@
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Conservatories</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7754C6FA" w14:textId="77777777" w:rsidR="00103049" w:rsidRPr="00395E66" w:rsidRDefault="00103049" w:rsidP="00103049">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Our surveyors will assess any potential maintenance or </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and safety concerns related to these improvements. If deemed appropriate, the improvement may remain as part of the property.</w:t>
+        <w:t>Our surveyors will assess any potential maintenance or health and safety concerns related to these improvements. If deemed appropriate, the improvement may remain as part of the property.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57DE5448" w14:textId="2A0901C6" w:rsidR="001375BA" w:rsidRPr="00395E66" w:rsidRDefault="004138A5" w:rsidP="001375BA">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>It is</w:t>
       </w:r>
       <w:r w:rsidR="00103049" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> important to note that while Sandwell Council may allow these items to stay, we will not be responsible for repairs or servicing. The upkeep and maintenance of these items will be your responsibility. Any repairs needed to protect the property or removal of these items will come as a recharge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BE0696" w14:textId="52BCEE0B" w:rsidR="001375BA" w:rsidRPr="00F66E5B" w:rsidRDefault="00000000" w:rsidP="00F66E5B">
+    <w:p w14:paraId="56BE0696" w14:textId="52BCEE0B" w:rsidR="001375BA" w:rsidRPr="00F66E5B" w:rsidRDefault="00B45F7F" w:rsidP="00F66E5B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="6F7CCD2B">
           <v:rect id="_x0000_i1042" style="width:0;height:1.5pt" o:hralign="center" o:bullet="t" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="7404EAA3" w14:textId="13ECA7B4" w:rsidR="005B136A" w:rsidRPr="00395E66" w:rsidRDefault="005B136A" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc193356535"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc216938021"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Aids and Adaptations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="56B78CAD" w14:textId="689C3060" w:rsidR="00B42C6F" w:rsidRPr="00395E66" w:rsidRDefault="00110C14" w:rsidP="00B42C6F">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">The Council can offer support </w:t>
       </w:r>
       <w:r w:rsidR="00C36C9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>to</w:t>
@@ -11724,113 +12078,104 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">can contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="002E6C1B" w:rsidRPr="002E6C1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Adult Social Care</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002E6C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC52BE8" w14:textId="57418BB8" w:rsidR="001E5E37" w:rsidRPr="009F29CE" w:rsidRDefault="00000000" w:rsidP="009F29CE">
+    <w:p w14:paraId="7BC52BE8" w14:textId="57418BB8" w:rsidR="001E5E37" w:rsidRPr="009F29CE" w:rsidRDefault="00B45F7F" w:rsidP="009F29CE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="12F999A8">
           <v:rect id="_x0000_i1043" style="width:0;height:1.5pt" o:hralign="center" o:bullet="t" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="69C05184" w14:textId="35050C51" w:rsidR="000B0495" w:rsidRPr="00395E66" w:rsidRDefault="000B0495" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc193356536"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc216938022"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Decants</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="069087D8" w14:textId="25D8B778" w:rsidR="000B0495" w:rsidRPr="00395E66" w:rsidRDefault="000B0495" w:rsidP="000B0495">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">In some situations, tenants may need to be temporarily or permanently moved from their home. This may be to allow work to be completed on their property </w:t>
-[...8 lines deleted...]
-        <w:t>or if the home is no longer safe for continued living. This process is called a ‘decant.’</w:t>
+        <w:t>In some situations, tenants may need to be temporarily or permanently moved from their home. This may be to allow work to be completed on their property or if the home is no longer safe for continued living. This process is called a ‘decant.’</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02E6F472" w14:textId="77777777" w:rsidR="000B0495" w:rsidRPr="00395E66" w:rsidRDefault="000B0495" w:rsidP="000B0495">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71B826FB" w14:textId="77777777" w:rsidR="000B0495" w:rsidRPr="00395E66" w:rsidRDefault="000B0495" w:rsidP="000B0495">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -11880,85 +12225,86 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00EE519C" w:rsidRPr="00EE519C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Decant Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EE519C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176DD913" w14:textId="77777777" w:rsidR="000B0495" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="000B0495">
+    <w:p w14:paraId="176DD913" w14:textId="77777777" w:rsidR="000B0495" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="000B0495">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="00855DD8">
           <v:rect id="_x0000_i1044" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2D6AD1" w14:textId="1DB63D9E" w:rsidR="000B0495" w:rsidRPr="00395E66" w:rsidRDefault="000B0495" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc193356537"/>
-      <w:r w:rsidRPr="00395E66">
+      <w:bookmarkStart w:id="30" w:name="_Toc216938023"/>
+      <w:r w:rsidRPr="00395E66">
+        <w:lastRenderedPageBreak/>
         <w:t>Leaving Your Home</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="28192289" w14:textId="77777777" w:rsidR="000B0495" w:rsidRPr="00395E66" w:rsidRDefault="000B0495" w:rsidP="000B0495">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Tenants are required to provide 28 days’ notice if they plan to leave the property.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4791DC33" w14:textId="77777777" w:rsidR="000B0495" w:rsidRPr="00395E66" w:rsidRDefault="000B0495" w:rsidP="000B0495">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -12080,87 +12426,87 @@
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>hargeable Repairs Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009F29CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="103805BF" w14:textId="77777777" w:rsidR="00066345" w:rsidRPr="00066345" w:rsidRDefault="00066345" w:rsidP="00066345">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40BC1648" w14:textId="102596F5" w:rsidR="007D146D" w:rsidRDefault="00000000" w:rsidP="004066A4">
+    <w:p w14:paraId="40BC1648" w14:textId="102596F5" w:rsidR="007D146D" w:rsidRDefault="00B45F7F" w:rsidP="004066A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="0AAFAA51">
           <v:rect id="_x0000_i1045" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="5146B371" w14:textId="7366A718" w:rsidR="007D146D" w:rsidRDefault="007D146D" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc193356538"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc216938024"/>
       <w:r w:rsidRPr="00B73E48">
         <w:t>Post-</w:t>
       </w:r>
       <w:r w:rsidR="00937C74">
         <w:t>Work</w:t>
       </w:r>
       <w:r w:rsidRPr="00B73E48">
         <w:t xml:space="preserve"> Inspections</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="38AB95F6" w14:textId="1D986512" w:rsidR="004829E6" w:rsidRDefault="004829E6" w:rsidP="004829E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="324" w:lineRule="atLeast"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004829E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>To ensure the quality of repairs carried out by both Sandwell Council's in-house team and contractors, post-work inspections will be conducted on 10% of completed jobs. These may be carried out via a telephone audit or a physical on-site inspection.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54D930EA" w14:textId="77777777" w:rsidR="004829E6" w:rsidRPr="004829E6" w:rsidRDefault="004829E6" w:rsidP="004829E6">
@@ -12331,102 +12677,101 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="152688A6" w14:textId="7C298ADB" w:rsidR="00066345" w:rsidRDefault="004829E6" w:rsidP="00621E44">
       <w:pPr>
         <w:spacing w:after="0" w:line="324" w:lineRule="atLeast"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004829E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>If specific issues are identified, Sandwell Council will increase the frequency of post-work audits to promptly address and resolve any quality concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F575ED" w14:textId="77777777" w:rsidR="00621E44" w:rsidRPr="004829E6" w:rsidRDefault="00621E44" w:rsidP="00621E44">
       <w:pPr>
         <w:spacing w:after="0" w:line="324" w:lineRule="atLeast"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A4EFCA8" w14:textId="213715EF" w:rsidR="00A23466" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="004829E6">
+    <w:p w14:paraId="6A4EFCA8" w14:textId="213715EF" w:rsidR="00A23466" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="004829E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="324" w:lineRule="atLeast"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="3C823599">
           <v:rect id="_x0000_i1046" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="733F9D35" w14:textId="4425359C" w:rsidR="00A23466" w:rsidRPr="004829E6" w:rsidRDefault="00A23466" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc193356539"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc216938025"/>
       <w:r w:rsidRPr="004829E6">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="005F3D1B" w:rsidRPr="004829E6">
         <w:t>ettable Standard</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="400777F9" w14:textId="77777777" w:rsidR="00401CFF" w:rsidRDefault="00401CFF" w:rsidP="004066A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00401CFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">To fulfil our obligations to residents, Sandwell Council will prioritise the efficient re-letting of properties, ensuring minimal vacancy periods and that properties are completed to the agreed re-let standards. Properties with the potential for long-term or high-cost re-lets will be carefully assessed to ensure appropriate investment, with a focus on long-term sustainability and positive future value. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0224F0B0" w14:textId="77777777" w:rsidR="00401CFF" w:rsidRDefault="00401CFF" w:rsidP="004066A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -12490,91 +12835,91 @@
       <w:r w:rsidR="004D6BE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Lettable</w:t>
       </w:r>
       <w:r w:rsidR="0096281B" w:rsidRPr="0096281B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Standard complies with the Homes Act 2015 (Fitness for Human Habitation), the Decent Homes Standard, and the Housing Health &amp; Safety Rating System (HHSRS), ensuring that the property meets all necessary quality and safety criteria</w:t>
       </w:r>
       <w:r w:rsidR="009859BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068DDCB8" w14:textId="77777777" w:rsidR="00B47A59" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00B47A59">
+    <w:p w14:paraId="068DDCB8" w14:textId="77777777" w:rsidR="00B47A59" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00B47A59">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="1F9A8931">
           <v:rect id="_x0000_i1047" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B593000" w14:textId="62867F1B" w:rsidR="00B47A59" w:rsidRPr="00395E66" w:rsidRDefault="00B47A59" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc193356540"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc216938026"/>
       <w:r w:rsidRPr="00395E66">
         <w:t xml:space="preserve">Lift </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C50">
         <w:t>Maintenance</w:t>
       </w:r>
       <w:r w:rsidR="0096704C" w:rsidRPr="00534C50">
         <w:t xml:space="preserve"> and Repairs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="419CDB68" w14:textId="34031B39" w:rsidR="00CE6079" w:rsidRDefault="00CE6079" w:rsidP="00CE6079">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Sandwell Council is dedicated to ensuring all passenger lifts and lifting equipment in our properties are safe, reliable, and fully operational, reducing the risk of breakdowns. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="089821DC" w14:textId="77777777" w:rsidR="008D0776" w:rsidRPr="00395E66" w:rsidRDefault="008D0776" w:rsidP="00CE6079">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -12603,51 +12948,50 @@
     <w:p w14:paraId="10A8F09C" w14:textId="77777777" w:rsidR="00A93439" w:rsidRPr="00A93439" w:rsidRDefault="00A93439" w:rsidP="00A93439">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48B09B5F" w14:textId="50E7AA8E" w:rsidR="00CE6079" w:rsidRDefault="00CE6079" w:rsidP="00CE6079">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Sandwell Council will address any recommended repairs or improvements identified during routine maintenance or inspections, ensuring they are completed in a timely manner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F3EC54E" w14:textId="77777777" w:rsidR="008D0776" w:rsidRDefault="008D0776" w:rsidP="00CE6079">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12DE369D" w14:textId="71725E85" w:rsidR="003C3243" w:rsidRPr="00401CFF" w:rsidRDefault="00DD727E" w:rsidP="00401CFF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12738,136 +13082,137 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00CE6079" w:rsidRPr="00401CFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Tenant Handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CE6079" w:rsidRPr="00401CFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E75F36E" w14:textId="77777777" w:rsidR="003C3243" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="003C3243">
+    <w:p w14:paraId="6E75F36E" w14:textId="77777777" w:rsidR="003C3243" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="003C3243">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="48E403E3">
           <v:rect id="_x0000_i1048" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E08B1B5" w14:textId="5CC71C0D" w:rsidR="003C3243" w:rsidRPr="00395E66" w:rsidRDefault="005A7C96" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc193356541"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc216938027"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Driveways</w:t>
       </w:r>
       <w:r w:rsidR="004C60B8" w:rsidRPr="00534C50">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C50">
         <w:t>Paving</w:t>
       </w:r>
       <w:r w:rsidR="004C60B8" w:rsidRPr="00534C50">
         <w:t xml:space="preserve"> and Fencing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="068EF7F1" w14:textId="549A38C3" w:rsidR="005A7C96" w:rsidRPr="00395E66" w:rsidRDefault="009A4AD5" w:rsidP="005A7C96">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sandwell Council</w:t>
       </w:r>
       <w:r w:rsidR="005A7C96" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> will maintain the paths and paved areas leading to the front and back doors, providing safe access from the main highway to the property.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35CA84AF" w14:textId="4384F708" w:rsidR="005A7C96" w:rsidRPr="00395E66" w:rsidRDefault="005A7C96" w:rsidP="005A7C96">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To protect the structure of your home, </w:t>
       </w:r>
       <w:r w:rsidR="00CA0093">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>the Council</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> will also maintain a 500mm-wide area around the building’s perimeter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0086A7E7" w14:textId="5F12F53A" w:rsidR="003C3243" w:rsidRDefault="005A7C96" w:rsidP="005A7C96">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -12879,92 +13224,92 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>However, Sandwell Council does not provide maintenance or repairs for rear garden paths, patio areas, or driveways. If these areas become unsafe, we will assess the situation and carry out any necessary work to make them safe, these works may be rechargeable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="645481A8" w14:textId="0C8A67F4" w:rsidR="004C60B8" w:rsidRPr="00395E66" w:rsidRDefault="004C60B8" w:rsidP="005A7C96">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C60B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Sandwell Council is responsible for the maintenance of boundary fences that border public rights of way such as roads, fields, or car parks. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771155E0" w14:textId="53BA917F" w:rsidR="001E5E37" w:rsidRPr="004C60B8" w:rsidRDefault="00000000" w:rsidP="004C60B8">
+    <w:p w14:paraId="771155E0" w14:textId="53BA917F" w:rsidR="001E5E37" w:rsidRPr="004C60B8" w:rsidRDefault="00B45F7F" w:rsidP="004C60B8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="29F23AAA">
           <v:rect id="_x0000_i1049" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E755D85" w14:textId="5D8C187B" w:rsidR="004A1BD3" w:rsidRPr="00534C50" w:rsidRDefault="004A1BD3" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc193356542"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc216938028"/>
       <w:r w:rsidRPr="00534C50">
         <w:t>Warranties</w:t>
       </w:r>
       <w:r w:rsidR="00F80C7C" w:rsidRPr="00534C50">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C50">
         <w:t xml:space="preserve">Guarantees </w:t>
       </w:r>
       <w:r w:rsidR="00F80C7C" w:rsidRPr="00534C50">
         <w:t>and Insurance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="2B2A6F1C" w14:textId="77777777" w:rsidR="004A1BD3" w:rsidRPr="00395E66" w:rsidRDefault="004A1BD3" w:rsidP="004A1BD3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Some works, such as installing new roofs, windows, or fire doors, come with guarantees or warranties covering a set period, as outlined in the contractor’s agreement with the council. If a fault occurs within the warranty period, the council will ask the contractor to fix it. However, if misuse is identified, the warranty may be void, and repair costs could be recharged to the tenant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76D12E64" w14:textId="352F87B8" w:rsidR="007E0005" w:rsidRPr="00395E66" w:rsidRDefault="004A1BD3" w:rsidP="004A1BD3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -13093,88 +13438,87 @@
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Tenant Handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003C3243" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="403F4EBD" w14:textId="77777777" w:rsidR="00A16300" w:rsidRPr="00395E66" w:rsidRDefault="00A16300" w:rsidP="004A1BD3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DA0D33C" w14:textId="27D45CFD" w:rsidR="00A900D3" w:rsidRPr="007C7494" w:rsidRDefault="00000000" w:rsidP="007C7494">
+    <w:p w14:paraId="1DA0D33C" w14:textId="27D45CFD" w:rsidR="00A900D3" w:rsidRPr="007C7494" w:rsidRDefault="00B45F7F" w:rsidP="007C7494">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:pict w14:anchorId="4086C4B6">
           <v:rect id="_x0000_i1050" style="width:0;height:1.5pt" o:hralign="center" o:bullet="t" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="51785476" w14:textId="629406E4" w:rsidR="00437014" w:rsidRPr="00395E66" w:rsidRDefault="00437014" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc193356543"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc216938029"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Measuring Performance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="00395E66">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB3E68C" w14:textId="0B0E7D7F" w:rsidR="00437014" w:rsidRPr="00395E66" w:rsidRDefault="00437014" w:rsidP="00437014">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sandwell Council is committed to providing a high-quality repairs service and ensuring high levels of customer satisfaction. We will monitor key performance indicators and satisfaction rates to ensure we meet our targets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FA08C6E" w14:textId="4C6B0E86" w:rsidR="00437014" w:rsidRPr="00395E66" w:rsidRDefault="00437014" w:rsidP="00437014">
       <w:pPr>
         <w:ind w:left="720"/>
@@ -13202,96 +13546,97 @@
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> can see how we are performing and compare our service with other social housing providers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C3B0DA2" w14:textId="4C31EB19" w:rsidR="00437014" w:rsidRPr="00395E66" w:rsidRDefault="00437014" w:rsidP="00437014">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The Council will also carry out regular audits to assess the quality of repairs, and any complaints will be reviewed and investigated by a team independent of the Repairs service</w:t>
       </w:r>
       <w:r w:rsidR="00396692">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA2BC92" w14:textId="77777777" w:rsidR="007E0005" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="007E0005">
+    <w:p w14:paraId="7DA2BC92" w14:textId="77777777" w:rsidR="007E0005" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="007E0005">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="2DAA699F">
           <v:rect id="_x0000_i1051" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="672915A3" w14:textId="63D93B5B" w:rsidR="007E0005" w:rsidRPr="00395E66" w:rsidRDefault="007E0005" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc193356544"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc216938030"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Value for Money</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="0C936348" w14:textId="24FC99B1" w:rsidR="00BA3A53" w:rsidRPr="00395E66" w:rsidRDefault="00BA3A53" w:rsidP="00BA3A53">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Sandwell Council is committed to providing </w:t>
       </w:r>
       <w:r w:rsidR="00401CFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
@@ -13439,154 +13784,145 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The Council</w:t>
       </w:r>
       <w:r w:rsidR="00BA3A53" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> also use data to plan long-term investments in our housing. This helps us focus on improving homes in a way that reduces the need for emergency repairs, as we aim to provide a more planned and reliable service for tenants.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399139B4" w14:textId="77777777" w:rsidR="00391F35" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00391F35">
+    <w:p w14:paraId="399139B4" w14:textId="77777777" w:rsidR="00391F35" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00391F35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="1C170115">
           <v:rect id="_x0000_i1052" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="4090D7B0" w14:textId="1FC70CCB" w:rsidR="00B413D1" w:rsidRPr="00395E66" w:rsidRDefault="00391F35" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc193356545"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc216938031"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Financial Implications</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="73C30801" w14:textId="330EEBC1" w:rsidR="00391F35" w:rsidRPr="00395E66" w:rsidRDefault="00792226" w:rsidP="00B413D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">The HRA 30-year business plan outlines the financial outlook for the coming years. The Asset Management and Compliance Strategy sets out SMBC’s approach to investment, and this policy sits underneath that strategy, focusing specifically on repairs and maintenance. The costs for delivering the work outlined in this policy have already been factored in. However, our goal is to invest further in the housing stock through capital investment, which will help </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="64492F4F" w14:textId="77777777" w:rsidR="00391F35" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00391F35">
+        <w:t>The HRA 30-year business plan outlines the financial outlook for the coming years. The Asset Management and Compliance Strategy sets out SMBC’s approach to investment, and this policy sits underneath that strategy, focusing specifically on repairs and maintenance. The costs for delivering the work outlined in this policy have already been factored in. However, our goal is to invest further in the housing stock through capital investment, which will help reduce the need for repairs and, in turn, ease financial pressures on the service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64492F4F" w14:textId="77777777" w:rsidR="00391F35" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00391F35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="180DCB9E">
           <v:rect id="_x0000_i1053" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B84A068" w14:textId="67A69188" w:rsidR="00B413D1" w:rsidRPr="00621E44" w:rsidRDefault="00391F35" w:rsidP="00621E44">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc193356546"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc216938032"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Right to Buy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="598A64BE" w14:textId="54D2C371" w:rsidR="00391F35" w:rsidRPr="00395E66" w:rsidRDefault="00391F35" w:rsidP="00391F35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">When </w:t>
       </w:r>
       <w:r w:rsidR="003B17C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">a tenant </w:t>
@@ -13635,50 +13971,51 @@
     <w:p w14:paraId="2D47C2BD" w14:textId="77777777" w:rsidR="00391F35" w:rsidRPr="00395E66" w:rsidRDefault="00391F35" w:rsidP="00391F35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35068DD9" w14:textId="12393D2F" w:rsidR="00391F35" w:rsidRPr="00395E66" w:rsidRDefault="00391F35" w:rsidP="00391F35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Once we receive your Right to Buy application, </w:t>
       </w:r>
       <w:r w:rsidR="00B10D15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>the Council will</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> only carry out emergency or urgent repairs. These include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="577C98B8" w14:textId="77777777" w:rsidR="00391F35" w:rsidRPr="00395E66" w:rsidRDefault="00391F35" w:rsidP="007039D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
@@ -13779,87 +14116,87 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sandwell Council</w:t>
       </w:r>
       <w:r w:rsidR="00391F35" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> will only carry out repairs that are legally required. Any repairs that are not legally necessary will not be completed. Any repairs still in progress or not finished by the time the sale is completed will be cancelled.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9A05CB" w14:textId="0902A6E6" w:rsidR="003B17C4" w:rsidRPr="00A16300" w:rsidRDefault="00000000" w:rsidP="00A16300">
+    <w:p w14:paraId="0B9A05CB" w14:textId="0902A6E6" w:rsidR="003B17C4" w:rsidRPr="00A16300" w:rsidRDefault="00B45F7F" w:rsidP="00A16300">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="7655E8A0">
           <v:rect id="_x0000_i1054" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="633418B1" w14:textId="7835C275" w:rsidR="00945B8A" w:rsidRPr="00395E66" w:rsidRDefault="00F66E5B" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc193356547"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc216938033"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00945B8A" w:rsidRPr="00395E66">
         <w:t>enant Management Organisations (TMOs)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="63EC9AD8" w14:textId="7476C510" w:rsidR="000F0FCC" w:rsidRPr="00395E66" w:rsidRDefault="000F0FCC" w:rsidP="000F0FCC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="00BA57D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>the household lives</w:t>
@@ -13923,87 +14260,87 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C0AD337" w14:textId="026B768A" w:rsidR="00945B8A" w:rsidRPr="00395E66" w:rsidRDefault="000F0FCC" w:rsidP="000F0FCC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>If the Council needs to carry out repairs that should have been the responsibility of the TMO, we may consider recharging the TMO for the cost. Please refer to the Recharge Policy for more information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ECDD408" w14:textId="67EE10ED" w:rsidR="001A3488" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="001A3488">
+    <w:p w14:paraId="1ECDD408" w14:textId="67EE10ED" w:rsidR="001A3488" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="001A3488">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="34BD9446">
           <v:rect id="_x0000_i1055" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A619C6" w14:textId="4171FCDD" w:rsidR="000F0FCC" w:rsidRPr="00395E66" w:rsidRDefault="001A3488" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc193356548"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc216938034"/>
       <w:r w:rsidRPr="00395E66">
         <w:t>Complaints</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="39FDE5CD" w14:textId="4A0604F1" w:rsidR="001A3488" w:rsidRPr="00395E66" w:rsidRDefault="001A3488" w:rsidP="001A3488">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="00BA57D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>a</w:t>
@@ -14044,51 +14381,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> can contact a member of the Customer Feedback Team who will be happy to discuss your concerns:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CDA1442" w14:textId="77777777" w:rsidR="00D2096E" w:rsidRPr="00395E66" w:rsidRDefault="00D2096E" w:rsidP="00D2096E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Online</w:t>
       </w:r>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="002A40B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Contact us online via MySandwell</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -14245,98 +14581,99 @@
       </w:r>
       <w:r w:rsidR="00D2096E" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. If that is not possible, then it will move to the formal 'Stage 1' complaints process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C706AE" w14:textId="4973D0DC" w:rsidR="00D2096E" w:rsidRPr="00395E66" w:rsidRDefault="001330F9" w:rsidP="00D2096E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The Council</w:t>
       </w:r>
       <w:r w:rsidR="00D2096E" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> regularly request and receive feedback from our residents, including ongoing satisfaction monitoring of repairs, and analysis of complaints. This helps shape our approach. We also specifically consult on changes to our services, standards, policies and processes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D3742FD" w14:textId="1FC5E53B" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00000000" w:rsidP="00FD71FB">
+    <w:p w14:paraId="1D3742FD" w14:textId="1FC5E53B" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00B45F7F" w:rsidP="00FD71FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="30329689">
           <v:rect id="_x0000_i1056" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD7E830" w14:textId="56DECA8E" w:rsidR="005F6E80" w:rsidRPr="00395E66" w:rsidRDefault="0085461C" w:rsidP="0085461C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="_Toc193356549"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc216938035"/>
       <w:r w:rsidR="005F6E80" w:rsidRPr="00395E66">
         <w:t>Compensation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="46078AA5" w14:textId="484B7C9E" w:rsidR="000E319E" w:rsidRDefault="000E319E" w:rsidP="00075A0D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E319E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Tenants and residents impacted by service failures may be eligible to claim compensation and be restored to the position they would have been in if the service failure had not occurred.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -14357,104 +14694,104 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">A detailed overview of the Council’s process is outlined in our </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00A86EF7" w:rsidRPr="001077C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Complaints Compensation Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00075A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D2E1FF" w14:textId="5CE76E9D" w:rsidR="00071258" w:rsidRDefault="00000000" w:rsidP="00071258">
+    <w:p w14:paraId="53D2E1FF" w14:textId="5CE76E9D" w:rsidR="00071258" w:rsidRDefault="00B45F7F" w:rsidP="00071258">
       <w:pPr>
         <w:ind w:left="720" w:right="-709" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="6E5C103A">
           <v:rect id="_x0000_i1057" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="27C7E194" w14:textId="77777777" w:rsidR="009B601A" w:rsidRDefault="009B601A" w:rsidP="009B601A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc193356550"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc216938036"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Related Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003D113A" w14:textId="77777777" w:rsidR="00537257" w:rsidRPr="00395E66" w:rsidRDefault="00537257" w:rsidP="00537257">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
@@ -14879,50 +15216,51 @@
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67559CF2" w14:textId="18E18CFC" w:rsidR="009B601A" w:rsidRPr="00395E66" w:rsidRDefault="00B10D15" w:rsidP="009B601A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Sandwell Council will</w:t>
       </w:r>
       <w:r w:rsidR="009B601A" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ensure that the hierarchy of policies and strategies informs our approach to repairs and maintenance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DDA529A" w14:textId="36AC4FD3" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="009B601A" w:rsidP="002A40B3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -14968,76 +15306,76 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF6D28A" w14:textId="77777777" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00294098" w:rsidP="00294098">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc193356551"/>
-      <w:bookmarkStart w:id="43" w:name="_Hlk164765064"/>
+      <w:bookmarkStart w:id="44" w:name="_Hlk164765064"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc216938037"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Legal Framework</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="59F7B38D" w14:textId="77777777" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00294098" w:rsidP="00294098">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EB003A3" w14:textId="6133697E" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00294098" w:rsidP="00294098">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -15324,99 +15662,107 @@
     <w:p w14:paraId="2F125AD1" w14:textId="77777777" w:rsidR="00E84FB3" w:rsidRPr="00395E66" w:rsidRDefault="00E84FB3" w:rsidP="00E84FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03900BEC" w14:textId="19026D7C" w:rsidR="00071258" w:rsidRDefault="00E84FB3" w:rsidP="00071258">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">More information regarding legislation for specific areas of our work can be found in Sandwell’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="00395E66">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Property Compliance Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B971774" w14:textId="77777777" w:rsidR="00071258" w:rsidRPr="00395E66" w:rsidRDefault="00071258" w:rsidP="00071258">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AA512E2" w14:textId="77777777" w:rsidR="00E84FB3" w:rsidRPr="00395E66" w:rsidRDefault="00E84FB3" w:rsidP="00E84FB3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>The Regulator of Social Housing sets consumer standards, which Sandwell Council, in our role as a social housing provider, are expected to meet. Our policy and associated processes are reviewed in line with such standards. This includes:</w:t>
+        <w:t xml:space="preserve">The Regulator of Social Housing sets consumer standards, which Sandwell Council, in our role as a social housing provider, are expected to meet. Our policy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00395E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>and associated processes are reviewed in line with such standards. This includes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D24F48" w14:textId="77777777" w:rsidR="00E84FB3" w:rsidRPr="00395E66" w:rsidRDefault="00E84FB3" w:rsidP="007039D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Our provision of a cost-effective repairs and maintenance service;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64383533" w14:textId="77777777" w:rsidR="00E84FB3" w:rsidRPr="00395E66" w:rsidRDefault="00E84FB3" w:rsidP="007039D4">
@@ -15491,63 +15837,63 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C033FC0" w14:textId="77777777" w:rsidR="00A9287C" w:rsidRPr="00395E66" w:rsidRDefault="00A9287C" w:rsidP="00A9287C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc193356552"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc216938038"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Development of Policy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="33B17AF3" w14:textId="77777777" w:rsidR="00A9287C" w:rsidRPr="00395E66" w:rsidRDefault="00A9287C" w:rsidP="00A9287C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AC679B8" w14:textId="77777777" w:rsidR="00A9287C" w:rsidRPr="00395E66" w:rsidRDefault="00A9287C" w:rsidP="00A9287C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -15601,63 +15947,63 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D3665DB" w14:textId="77777777" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00294098" w:rsidP="00294098">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc193356553"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc216938039"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Equality and Diversity</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEE71AE" w14:textId="77777777" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00294098" w:rsidP="00294098">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="688BE1FF" w14:textId="02E28F80" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00B10D15" w:rsidP="00294098">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -15742,90 +16088,90 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CA8A0DC" w14:textId="77777777" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00294098" w:rsidP="00294098">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">All staff are trained in Equality, Diversity, and Inclusion to embed understanding about where we may need to adapt normal policies, procedures, and ways of working to accommodate resident’s individual needs. This is mandatory training which is monitored by our Learning and Development Team. Our Equality, Diversity and Inclusion Framework also meets our duties under the Equality Act 2010. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C301A12" w14:textId="77777777" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="00294098" w:rsidP="00294098">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73A742DA" w14:textId="4DA833E0" w:rsidR="0093038B" w:rsidRDefault="00294098" w:rsidP="0093038B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Reasonable Adjustments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="671CF929" w14:textId="77777777" w:rsidR="0093038B" w:rsidRPr="0093038B" w:rsidRDefault="0093038B" w:rsidP="0093038B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C70BF1B" w14:textId="52126816" w:rsidR="00294098" w:rsidRPr="00395E66" w:rsidRDefault="0093038B" w:rsidP="00294098">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -16231,64 +16577,63 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19576790" w14:textId="55D8770C" w:rsidR="00574EA2" w:rsidRPr="00395E66" w:rsidRDefault="00574EA2" w:rsidP="00574EA2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc193356554"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc216938040"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Monitoring and Review</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF81854" w14:textId="77777777" w:rsidR="003A2A3E" w:rsidRPr="00395E66" w:rsidRDefault="003A2A3E" w:rsidP="003A2A3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F87F403" w14:textId="0E355A79" w:rsidR="00D27626" w:rsidRPr="00395E66" w:rsidRDefault="008145EB" w:rsidP="00C91299">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -16335,74 +16680,75 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FD3179A" w14:textId="6D6848C7" w:rsidR="00574EA2" w:rsidRPr="00395E66" w:rsidRDefault="00574EA2" w:rsidP="00574EA2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc193356555"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc216938041"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Policy </w:t>
       </w:r>
       <w:r w:rsidR="00FD71FB" w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Document Version Control</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidRPr="00395E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5429745A" w14:textId="77777777" w:rsidR="0044074A" w:rsidRPr="00395E66" w:rsidRDefault="0044074A" w:rsidP="006172CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10195" w:type="dxa"/>
@@ -22126,50 +22472,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FB25A3E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="664024D6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="769214F6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3B4A0660"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22376,66 +22835,69 @@
   <w:num w:numId="28" w16cid:durableId="702679671">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1196966183">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1569994179">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="253974349">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2005088016">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1830710852">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1745450954">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1051340978">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1623150410">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="424036848">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1512840089">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="350762574">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1806778230">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="275673130">
     <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1223444565">
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -22562,50 +23024,51 @@
     <w:rsid w:val="0036318D"/>
     <w:rsid w:val="0037575D"/>
     <w:rsid w:val="00384A71"/>
     <w:rsid w:val="003855B9"/>
     <w:rsid w:val="00386F56"/>
     <w:rsid w:val="00387B85"/>
     <w:rsid w:val="00391F35"/>
     <w:rsid w:val="00395E66"/>
     <w:rsid w:val="00396692"/>
     <w:rsid w:val="0039730E"/>
     <w:rsid w:val="0039760C"/>
     <w:rsid w:val="003A072C"/>
     <w:rsid w:val="003A14F8"/>
     <w:rsid w:val="003A1541"/>
     <w:rsid w:val="003A2353"/>
     <w:rsid w:val="003A2A3E"/>
     <w:rsid w:val="003B17C4"/>
     <w:rsid w:val="003B6ECA"/>
     <w:rsid w:val="003B76F7"/>
     <w:rsid w:val="003B78D9"/>
     <w:rsid w:val="003C3243"/>
     <w:rsid w:val="003C7602"/>
     <w:rsid w:val="003D2B21"/>
     <w:rsid w:val="003E24C7"/>
     <w:rsid w:val="003E27B6"/>
+    <w:rsid w:val="003E2C42"/>
     <w:rsid w:val="003E4BB8"/>
     <w:rsid w:val="003F1D30"/>
     <w:rsid w:val="003F6EED"/>
     <w:rsid w:val="003F7CA3"/>
     <w:rsid w:val="00401CFF"/>
     <w:rsid w:val="00401E94"/>
     <w:rsid w:val="004066A4"/>
     <w:rsid w:val="0041091C"/>
     <w:rsid w:val="004138A5"/>
     <w:rsid w:val="00417120"/>
     <w:rsid w:val="00417783"/>
     <w:rsid w:val="00422513"/>
     <w:rsid w:val="004306BD"/>
     <w:rsid w:val="00437014"/>
     <w:rsid w:val="00440548"/>
     <w:rsid w:val="0044074A"/>
     <w:rsid w:val="004453E4"/>
     <w:rsid w:val="00464707"/>
     <w:rsid w:val="0047589E"/>
     <w:rsid w:val="0047681E"/>
     <w:rsid w:val="00477879"/>
     <w:rsid w:val="004829E6"/>
     <w:rsid w:val="00483D6B"/>
     <w:rsid w:val="00484B16"/>
     <w:rsid w:val="004858B6"/>
@@ -22648,50 +23111,51 @@
     <w:rsid w:val="005729C6"/>
     <w:rsid w:val="00574EA2"/>
     <w:rsid w:val="0058508E"/>
     <w:rsid w:val="00586988"/>
     <w:rsid w:val="00592CCD"/>
     <w:rsid w:val="005933EB"/>
     <w:rsid w:val="00594449"/>
     <w:rsid w:val="005A38ED"/>
     <w:rsid w:val="005A7C96"/>
     <w:rsid w:val="005B0C61"/>
     <w:rsid w:val="005B0F8B"/>
     <w:rsid w:val="005B136A"/>
     <w:rsid w:val="005B58A5"/>
     <w:rsid w:val="005B7E96"/>
     <w:rsid w:val="005C5279"/>
     <w:rsid w:val="005C67C1"/>
     <w:rsid w:val="005C7BD4"/>
     <w:rsid w:val="005D5A89"/>
     <w:rsid w:val="005E5383"/>
     <w:rsid w:val="005F1921"/>
     <w:rsid w:val="005F3D1B"/>
     <w:rsid w:val="005F6E80"/>
     <w:rsid w:val="006037EC"/>
     <w:rsid w:val="00605003"/>
     <w:rsid w:val="00606B51"/>
+    <w:rsid w:val="006129AC"/>
     <w:rsid w:val="006172CC"/>
     <w:rsid w:val="00617E9E"/>
     <w:rsid w:val="006211A8"/>
     <w:rsid w:val="00621E44"/>
     <w:rsid w:val="0062642B"/>
     <w:rsid w:val="006325E4"/>
     <w:rsid w:val="00646AE6"/>
     <w:rsid w:val="0065108D"/>
     <w:rsid w:val="00651A1A"/>
     <w:rsid w:val="00663808"/>
     <w:rsid w:val="00665317"/>
     <w:rsid w:val="0066718F"/>
     <w:rsid w:val="006739C3"/>
     <w:rsid w:val="00674DE1"/>
     <w:rsid w:val="006762D7"/>
     <w:rsid w:val="006871EF"/>
     <w:rsid w:val="006904CE"/>
     <w:rsid w:val="006970DE"/>
     <w:rsid w:val="006978A5"/>
     <w:rsid w:val="006A25C0"/>
     <w:rsid w:val="006A43E6"/>
     <w:rsid w:val="006A5AD8"/>
     <w:rsid w:val="006A7462"/>
     <w:rsid w:val="006A7DFF"/>
     <w:rsid w:val="006B0D4B"/>
@@ -22849,50 +23313,51 @@
     <w:rsid w:val="00A900D3"/>
     <w:rsid w:val="00A9287C"/>
     <w:rsid w:val="00A93439"/>
     <w:rsid w:val="00A939A2"/>
     <w:rsid w:val="00A96EFE"/>
     <w:rsid w:val="00AA61DE"/>
     <w:rsid w:val="00AB10BE"/>
     <w:rsid w:val="00AB1FF5"/>
     <w:rsid w:val="00AC0C7E"/>
     <w:rsid w:val="00AC2BA7"/>
     <w:rsid w:val="00AD17AD"/>
     <w:rsid w:val="00AE14E9"/>
     <w:rsid w:val="00AE1D02"/>
     <w:rsid w:val="00AE2BB3"/>
     <w:rsid w:val="00AE554F"/>
     <w:rsid w:val="00AF27A1"/>
     <w:rsid w:val="00B04AE9"/>
     <w:rsid w:val="00B060B1"/>
     <w:rsid w:val="00B10D15"/>
     <w:rsid w:val="00B11793"/>
     <w:rsid w:val="00B12DC1"/>
     <w:rsid w:val="00B152DD"/>
     <w:rsid w:val="00B31407"/>
     <w:rsid w:val="00B413D1"/>
     <w:rsid w:val="00B42C6F"/>
+    <w:rsid w:val="00B45F7F"/>
     <w:rsid w:val="00B47A59"/>
     <w:rsid w:val="00B520E8"/>
     <w:rsid w:val="00B63737"/>
     <w:rsid w:val="00B703F8"/>
     <w:rsid w:val="00B73E48"/>
     <w:rsid w:val="00B74C9D"/>
     <w:rsid w:val="00B77357"/>
     <w:rsid w:val="00B808FE"/>
     <w:rsid w:val="00B81ABC"/>
     <w:rsid w:val="00B911CD"/>
     <w:rsid w:val="00B93BBE"/>
     <w:rsid w:val="00B967EA"/>
     <w:rsid w:val="00BA3A53"/>
     <w:rsid w:val="00BA57D0"/>
     <w:rsid w:val="00BA6A04"/>
     <w:rsid w:val="00BB258C"/>
     <w:rsid w:val="00BC1637"/>
     <w:rsid w:val="00BD3B65"/>
     <w:rsid w:val="00BD54DD"/>
     <w:rsid w:val="00BE6030"/>
     <w:rsid w:val="00BF264C"/>
     <w:rsid w:val="00BF3494"/>
     <w:rsid w:val="00BF6EF6"/>
     <w:rsid w:val="00C105AB"/>
     <w:rsid w:val="00C13F6F"/>
@@ -23050,51 +23515,51 @@
     <w:rsid w:val="3FBCE3EA"/>
     <w:rsid w:val="42FB9001"/>
     <w:rsid w:val="4A117920"/>
     <w:rsid w:val="57C99379"/>
     <w:rsid w:val="5819DB82"/>
     <w:rsid w:val="689F336D"/>
     <w:rsid w:val="68A2399E"/>
     <w:rsid w:val="7200F051"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1059"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="30026ED7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E1A748AC-0939-4BD5-B2F0-314658FB9E55}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -25398,50 +25863,66 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9425197-31e1-4d34-8419-48789e20a78a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0a2ace62-6eff-49e2-8365-79ba2d40e546" xsi:nil="true"/>
+    <Comments xmlns="a9425197-31e1-4d34-8419-48789e20a78a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100482EB4250032AE429BE7074B82D72F3D" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="48a879befa20dfb6ef29941c8e12ed74">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9425197-31e1-4d34-8419-48789e20a78a" xmlns:ns3="0a2ace62-6eff-49e2-8365-79ba2d40e546" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0eaf677bdab3aff1af73e144fd74314b" ns2:_="" ns3:_="">
     <xsd:import namespace="a9425197-31e1-4d34-8419-48789e20a78a"/>
     <xsd:import namespace="0a2ace62-6eff-49e2-8365-79ba2d40e546"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Comments" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -25614,151 +26095,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{594F59D8-581C-4D6E-9489-C27631395518}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04AD04DA-0260-49FA-81FE-E90F6084142D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9425197-31e1-4d34-8419-48789e20a78a"/>
+    <ds:schemaRef ds:uri="0a2ace62-6eff-49e2-8365-79ba2d40e546"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30810330-3813-4D59-800F-3103D2368521}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9425197-31e1-4d34-8419-48789e20a78a"/>
     <ds:schemaRef ds:uri="0a2ace62-6eff-49e2-8365-79ba2d40e546"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEFE8826-9668-46B2-BB8B-422E93C28D83}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{a4c0f89b-23b9-49eb-a8bf-244fb0a4cffc}" enabled="0" method="" siteId="{a4c0f89b-23b9-49eb-a8bf-244fb0a4cffc}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>35044</Characters>
+  <Pages>24</Pages>
+  <Words>6490</Words>
+  <Characters>36410</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>292</Lines>
-  <Paragraphs>82</Paragraphs>
+  <Lines>984</Lines>
+  <Paragraphs>493</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sandwell Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41109</CharactersWithSpaces>
+  <CharactersWithSpaces>42407</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="462" baseType="variant">
       <vt:variant>
         <vt:i4>6225932</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>336</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.sandwell.gov.uk/downloads/download/154/reasonable-adjustments-policy</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3735585</vt:i4>
       </vt:variant>
       <vt:variant>