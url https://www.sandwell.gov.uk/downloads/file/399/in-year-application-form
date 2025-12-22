--- v0 (2025-10-07)
+++ v1 (2025-12-22)
@@ -1,21704 +1,44557 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
   <w:body>
-    <w:p w14:paraId="1BF7EF59" w14:textId="77777777" w:rsidR="00F617AC" w:rsidRDefault="00112EE6" w:rsidP="00957658">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="530" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49F0C734" wp14:editId="3516E76A">
-[...6 lines deleted...]
-                </wp:positionV>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="6213475" cy="1042035"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5715"/>
-                <wp:wrapNone/>
-[...2 lines deleted...]
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <wp:docPr id="3" name="Group 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
+                      <wpg:cNvPr id="3" name="Group 3"/>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6213475" cy="1042035"/>
-                          <a:chOff x="44034" y="0"/>
-                          <a:chExt cx="5819775" cy="904875"/>
+                          <a:chExt cx="6213475" cy="1042035"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="2" name="Rectangle: Rounded Corners 2"/>
+                        <wps:cNvPr id="4" name="Graphic 4"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="44034" y="0"/>
-                            <a:ext cx="5819775" cy="904875"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6213475" cy="1042035"/>
                           </a:xfrm>
-                          <a:prstGeom prst="roundRect">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6213475" h="1042035">
+                                <a:moveTo>
+                                  <a:pt x="6039739" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="173672" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="127505" y="6201"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="86019" y="23706"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="50869" y="50863"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="23712" y="86021"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6204" y="127529"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="173735"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="868299"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6204" y="914505"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="23712" y="956013"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="50869" y="991171"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="86019" y="1018328"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="127505" y="1035833"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="173672" y="1042034"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6039739" y="1042034"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6085945" y="1035833"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6127453" y="1018328"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6162611" y="991171"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6189768" y="956013"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6207273" y="914505"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6213474" y="868299"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6213474" y="173735"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6207273" y="127529"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6189768" y="86021"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6162611" y="50863"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6127453" y="23706"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6085945" y="6201"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6039739" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:solidFill>
-                            <a:srgbClr val="0070C0"/>
+                            <a:srgbClr val="006FC0"/>
                           </a:solidFill>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </wps:spPr>
-                        <wps:style>
-[...15 lines deleted...]
-                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="217" name="Text Box 2"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="5" name="Textbox 5"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="131116" y="57150"/>
-                            <a:ext cx="5536259" cy="800100"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6213475" cy="1042035"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
-                          <a:noFill/>
-[...5 lines deleted...]
-                          </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="21A83A51" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="00775B4F" w:rsidRDefault="00DE5741" w:rsidP="008D5EF1">
+                            <w:p>
                               <w:pPr>
+                                <w:spacing w:line="256" w:lineRule="auto" w:before="182"/>
+                                <w:ind w:left="2" w:right="186" w:firstLine="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="28"/>
-                                  <w:szCs w:val="28"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="00775B4F">
+                              <w:bookmarkStart w:name="Inyear transfer" w:id="1"/>
+                              <w:bookmarkEnd w:id="1"/>
+                              <w:r>
+                                <w:rPr/>
+                              </w:r>
+                              <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                  <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="28"/>
-                                  <w:szCs w:val="28"/>
                                 </w:rPr>
-                                <w:t>Important: you MUST read the information below before completing the attached application form.</w:t>
+                                <w:t>Important:</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>you</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>MUST</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>read</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>information</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>below</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>before</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>completing</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>the attached application form.</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="4DD1E7ED" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="00775B4F" w:rsidRDefault="00DE5741" w:rsidP="008D5EF1">
+                            <w:p>
                               <w:pPr>
+                                <w:spacing w:before="166"/>
+                                <w:ind w:left="0" w:right="186" w:firstLine="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="28"/>
-                                  <w:szCs w:val="28"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="00775B4F">
+                              <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                  <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="28"/>
-                                  <w:szCs w:val="28"/>
                                 </w:rPr>
-                                <w:t>Please remove this guidance sheet and keep it for your information.</w:t>
+                                <w:t>Please</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>remove</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>this</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>guidance</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>sheet</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>keep</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>it</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>for</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>information.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="49F0C734" id="Group 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:-1.9pt;margin-top:2.5pt;width:489.25pt;height:82.05pt;z-index:251653120;mso-width-relative:margin;mso-height-relative:margin" coordorigin="440" coordsize="58197,9048" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCd5kxCqQMAAB0JAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vttu4zYQfS/QfyD43uhiK46FKAvXuwkK&#10;pLtBkmKfaYqyhFIclqQjpV/fIXVx1gl2F9s2DwovM8OZwzOHvnzXt5I8CWMbUAVNzmJKhOJQNmpf&#10;0D8er3+5oMQ6pkomQYmCPgtL3139/NNlp3ORQg2yFIZgEGXzThe0dk7nUWR5LVpmz0ALhZsVmJY5&#10;nJp9VBrWYfRWRmkcn0cdmFIb4MJaXH0/bNKrEL+qBHefqsoKR2RBMTcXviZ8d/4bXV2yfG+Yrhs+&#10;psF+IIuWNQoPnUO9Z46Rg2lehWobbsBC5c44tBFUVcNFqAGrSeKTam4MHHSoZZ93ez3DhNCe4PTD&#10;YfnHpxujH/SdQSQ6vUcswszX0lem9f8xS9IHyJ5nyETvCMfF8zRZLFcZJRz3kniZxotsAJXXiLz3&#10;Wy7jxZKSoy+vP4ze2UWyXk3e63h5gWPMI5rOjr7IqNPIEXuEwf47GB5qpkVA1+YIw50hTVnQlBLF&#10;WmTqPXKHqb0UObmHgypFSbZgFFKdpD5Jnw26zdDZ3CKKb+D2qv4Ju29Vz3JtrLsR0BI/KCjSQZU+&#10;r0A19nRr3YDWZOdPtyCb8rqRMkzMfreVhjwxz/94FW8D5RHgL8yk8sYKvNsQ0a8g+lNRYeSepfB2&#10;Ut2LCsHCu01DJqFbxXwO41wolwxbNSvFcHwW4994vbNHuOwQ0Eeu8Pw59hjAK8Hr2EOWo713FaHZ&#10;Z+f4a4kNzrNHOBmUm53bRoF5K4DEqsaTB/sJpAEaj9IOymekkoFBaqzm1w1e3i2z7o4Z1BZUIdRL&#10;9wk/lYSuoDCOKKnB/P3WurdHruMuJR1qVUHtXwdmBCXyN4VdsE6QYyhuYbLMVilOzMud3csddWi3&#10;gHRIUJk1D0Nv7+Q0rAy0n1FWN/5U3GKK49kF5c5Mk60bNBSFmYvNJpihoGnmbtWD5j64R9Xz8rH/&#10;zIweGeyQ+x9h6jyWn3B4sPWeCjYHB1UTCH7EdcQbVWBowP9fDpLVJAiPvm9/hf5V+xPX4/JUs9W3&#10;wP+0RMG2Rv0QG2OgqwUr8aIG9vhyRuUYqvDCQXbd71Ci7jCsO4B3Ir/JIkmS86Cj2SrJxqdr1pJs&#10;cZ5m60GHL2J8S6ZWm8JMGjFpyTdkZBYD3+8EabrO0izk9WKnbRy+3rJpC4pnju3Ncl/tB1Vip7Dc&#10;sUYOYxSdN1TF9bseDY9XPLfOf8v6icTuhMLfSbbwEuEbHPRq/L3gH/mX80DO46+aq38AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDvwhFk3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAFITvgv9h&#10;eYK3dhNrWxuzKaWopyLYCuLtNXlNQrNvQ3abpP/e50mPwwwz36Tr0Taqp87Xjg3E0wgUce6KmksD&#10;n4fXyRMoH5ALbByTgSt5WGe3NykmhRv4g/p9KJWUsE/QQBVCm2jt84os+qlricU7uc5iENmVuuhw&#10;kHLb6IcoWmiLNctChS1tK8rP+4s18DbgsJnFL/3ufNpevw/z969dTMbc342bZ1CBxvAXhl98QYdM&#10;mI7uwoVXjYHJTMiDgbk8Enu1fFyCOkpusYpBZ6n+fyD7AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJ3mTEKpAwAAHQkAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAO/CEWTfAAAACAEAAA8AAAAAAAAAAAAAAAAAAwYAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAAPBwAAAAA=&#10;">
-[...8 lines deleted...]
-                  <v:textbox>
+              <v:group style="width:489.25pt;height:82.05pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup3" coordorigin="0,0" coordsize="9785,1641">
+                <v:shape style="position:absolute;left:0;top:0;width:9785;height:1641" id="docshape4" coordorigin="0,0" coordsize="9785,1641" path="m9511,0l273,0,201,10,135,37,80,80,37,135,10,201,0,274,0,1367,10,1440,37,1506,80,1561,135,1604,201,1631,273,1641,9511,1641,9584,1631,9650,1604,9705,1561,9748,1506,9775,1440,9785,1367,9785,274,9775,201,9748,135,9705,80,9650,37,9584,10,9511,0xe" filled="true" fillcolor="#006fc0" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:0;top:0;width:9785;height:1641" type="#_x0000_t202" id="docshape5" filled="false" stroked="false">
+                  <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="21A83A51" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="00775B4F" w:rsidRDefault="00DE5741" w:rsidP="008D5EF1">
+                      <w:p>
                         <w:pPr>
+                          <w:spacing w:line="256" w:lineRule="auto" w:before="182"/>
+                          <w:ind w:left="2" w:right="186" w:firstLine="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="28"/>
-                            <w:szCs w:val="28"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00775B4F">
+                        <w:bookmarkStart w:name="Inyear transfer" w:id="2"/>
+                        <w:bookmarkEnd w:id="2"/>
+                        <w:r>
+                          <w:rPr/>
+                        </w:r>
+                        <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            <w:color w:val="FFFFFF"/>
                             <w:sz w:val="28"/>
-                            <w:szCs w:val="28"/>
                           </w:rPr>
-                          <w:t>Important: you MUST read the information below before completing the attached application form.</w:t>
+                          <w:t>Important:</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>you</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>MUST</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>read</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>information</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>below</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>before</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>completing</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>the attached application form.</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="4DD1E7ED" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="00775B4F" w:rsidRDefault="00DE5741" w:rsidP="008D5EF1">
+                      <w:p>
                         <w:pPr>
+                          <w:spacing w:before="166"/>
+                          <w:ind w:left="0" w:right="186" w:firstLine="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="28"/>
-                            <w:szCs w:val="28"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00775B4F">
+                        <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            <w:color w:val="FFFFFF"/>
                             <w:sz w:val="28"/>
-                            <w:szCs w:val="28"/>
                           </w:rPr>
-                          <w:t>Please remove this guidance sheet and keep it for your information.</w:t>
+                          <w:t>Please</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>remove</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>this</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>guidance</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>sheet</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>keep</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>it</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>for</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>information.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
+                  <w10:wrap type="none"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11A5D77E" w14:textId="77777777" w:rsidR="001D1CE2" w:rsidRDefault="001D1CE2" w:rsidP="00957658">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2248AC0E" w14:textId="77777777" w:rsidR="00CC2F6E" w:rsidRDefault="00CC2F6E" w:rsidP="00957658">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...31 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AB898F6" wp14:editId="26D0EBD6">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487588352">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-22860</wp:posOffset>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>697230</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>269712</wp:posOffset>
+                  <wp:posOffset>168541</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6213475" cy="447675"/>
-                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
-[...3 lines deleted...]
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Group 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
+                      <wpg:cNvPr id="6" name="Group 6"/>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6213475" cy="447675"/>
-                          <a:chOff x="0" y="0"/>
-                          <a:chExt cx="6162675" cy="447675"/>
+                          <a:chExt cx="6213475" cy="447675"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="15" name="Rectangle: Rounded Corners 15"/>
+                        <wps:cNvPr id="7" name="Graphic 7"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="6162675" cy="447675"/>
+                            <a:ext cx="6213475" cy="447675"/>
                           </a:xfrm>
-                          <a:prstGeom prst="roundRect">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6213475" h="447675">
+                                <a:moveTo>
+                                  <a:pt x="6138926" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="74612" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45568" y="5863"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21851" y="21859"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5862" y="45594"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="74675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="373125"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5862" y="402133"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21851" y="425830"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45568" y="441813"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="74612" y="447675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6138926" y="447675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6167933" y="441813"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6191631" y="425830"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6207613" y="402133"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6213475" y="373125"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6213475" y="74675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6207613" y="45594"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6191631" y="21859"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6167933" y="5863"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6138926" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:solidFill>
-                            <a:srgbClr val="0070C0"/>
+                            <a:srgbClr val="006FC0"/>
                           </a:solidFill>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </wps:spPr>
-                        <wps:style>
-[...15 lines deleted...]
-                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="16" name="Text Box 16"/>
+                        <wps:cNvPr id="8" name="Textbox 8"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="120650" y="31750"/>
-                            <a:ext cx="5906135" cy="381635"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6213475" cy="447675"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
-                          <a:noFill/>
-[...2 lines deleted...]
-                          </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="165C94AB" w14:textId="0D04FDB3" w:rsidR="00DE5741" w:rsidRPr="009D688E" w:rsidRDefault="00DE5741" w:rsidP="002E20F1">
+                            <w:p>
                               <w:pPr>
-                                <w:spacing w:after="0"/>
-                                <w:jc w:val="center"/>
+                                <w:spacing w:before="130"/>
+                                <w:ind w:left="889" w:right="0" w:firstLine="0"/>
+                                <w:jc w:val="left"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="40"/>
-                                  <w:szCs w:val="40"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="009D688E">
+                              <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                  <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="40"/>
-                                  <w:szCs w:val="40"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">How we will process your </w:t>
+                                <w:t>How</w:t>
                               </w:r>
-                              <w:r w:rsidR="00D079E8">
+                              <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t>we</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t>will</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t>process</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
                                   <w:b/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                  <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="40"/>
-                                  <w:szCs w:val="40"/>
                                 </w:rPr>
-                                <w:t>In</w:t>
+                                <w:t>In-Year</w:t>
                               </w:r>
-                              <w:r w:rsidRPr="009D688E">
+                              <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="40"/>
-                                  <w:szCs w:val="40"/>
                                 </w:rPr>
-                                <w:t>-Year</w:t>
+                                <w:t> </w:t>
                               </w:r>
-                              <w:r w:rsidRPr="009D688E">
+                              <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="40"/>
-                                  <w:szCs w:val="40"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve"> application</w:t>
+                                <w:t>application</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
-                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...2 lines deleted...]
-                          </a:prstTxWarp>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...1 lines deleted...]
-                </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4AB898F6" id="Group 3" o:spid="_x0000_s1029" style="position:absolute;margin-left:-1.8pt;margin-top:21.25pt;width:489.25pt;height:35.25pt;z-index:251674624;mso-width-relative:margin" coordsize="61626,4476" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+xzFfWQMAAHwJAAAOAAAAZHJzL2Uyb0RvYy54bWzcVstu2zgU3Q/QfyC0byQ5ttwKUYqMOwkG&#10;CNIgSZE1TVGWAIrkkHSkzNf3kHokdYK2aIFiMF7IfNzn8bnHOvnQt4I8cGMbJYsoPUoiwiVTZSN3&#10;RfT57vztu4hYR2VJhZK8iB65jT6cvvnjpNM5X6haiZIbgiDS5p0uoto5ncexZTVvqT1SmktcVsq0&#10;1GFrdnFpaIforYgXSZLFnTKlNopxa3H6cbiMTkP8quLMfaoqyx0RRYTaXHia8Nz6Z3x6QvOdobpu&#10;2FgG/YkqWtpIJJ1DfaSOkr1pXoRqG2aUVZU7YqqNVVU1jIce0E2aHHRzYdReh152ebfTM0yA9gCn&#10;nw7Lrh4ujL7V1wZIdHoHLMLO99JXpvXfqJL0AbLHGTLeO8JwmC3S4+V6FRGGu+VynWEdMGU1gH/h&#10;xuq/Jsc0W3jjA8d4Sht/VUynQQ/7hID9NQRua6p5ANbmQODakKYEe1GNpC1YegPeULkTPCc3ai9L&#10;XpKNMhI0JzAKSAXHGTebW0D4w6B9p3eaa2PdBVct8YsiAg9k6YsKHKMPl9ahCGA12fnMVommPG+E&#10;CBuz226EIQ/UEz9ZJ5vAdbh8ZSakN5bKuw0R/QmwnxoKK/couLcT8oZXgAq/+yJUEsaUz3koY1y6&#10;dLiqacmH9KsEH4+az+4H23uEXQjoI1fIP8ceA0yWQ5Ap9hBmtPeuPEz57Jx8q7DBefYImZV0s3Pb&#10;SGVeCyDQ1Zh5sJ9AGqDxKG1V+QgiGTVojNXsvMGPd0mtu6YGogL5gVC6T3hUQnVFpMZVRGpl/n3t&#10;3NuD6biNSAeRKiL7z54aHhHxt8QMvE+XS69qYbNcrRfYmOc32+c3ct9uFOiQQpI1C0tv78S0rIxq&#10;76GnZz4rrqhkyF1EzJlps3GDeEKRGT87C2ZQMk3dpbzVzAf3qHpe3vX31OiRwQ6CcaWmuaP5AYcH&#10;W+8p1dneqaoJBH/CdcQbGuBl6neIQTaJwZ3Xuj9VT9LsYPSJ63HuewY3wqS8LgLpIslWwBMSeZyu&#10;sYI5iDsq4ep9kqXHoxIev0szrAeuTQI8TfmkBt8Rgnmc/cQSEA0Rh7GYbzCJrwy667f9oIRTQ/9j&#10;Urv/EqXDvx3+4oMqjq8j/h3i+T6MwNNL0+kXAAAA//8DAFBLAwQUAAYACAAAACEAxd0+0eEAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeINtKaDUbgkh6omQCCbG29Id2obu&#10;bNNd2vLvHU96nLwv732TrUfbiB47XztSEE8jEEiFMzWVCj6Pb5NnED5oMrpxhApu6GGd399lOjVu&#10;oA/sD6EUXEI+1QqqENpUSl9UaLWfuhaJs7PrrA58dqU0nR643DZyFkVLaXVNvFDpFrcVFpfD1Sp4&#10;H/SwSeLXfnc5b2/fx8X+axejUo8P4+YFRMAx/MHwq8/qkLPTyV3JeNEomCRLJhXMZwsQnK+e5isQ&#10;JwbjJAKZZ/L/B/kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH7HMV9ZAwAAfAkAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMXdPtHhAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAAswUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADBBgAAAAA=&#10;">
-[...4 lines deleted...]
-                  <v:textbox>
+              <v:group style="position:absolute;margin-left:54.900002pt;margin-top:13.270977pt;width:489.25pt;height:35.25pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728128;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshapegroup6" coordorigin="1098,265" coordsize="9785,705">
+                <v:shape style="position:absolute;left:1098;top:265;width:9785;height:705" id="docshape7" coordorigin="1098,265" coordsize="9785,705" path="m10766,265l1216,265,1170,275,1132,300,1107,337,1098,383,1098,853,1107,899,1132,936,1170,961,1216,970,10766,970,10811,961,10849,936,10874,899,10883,853,10883,383,10874,337,10849,300,10811,275,10766,265xe" filled="true" fillcolor="#006fc0" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:1098;top:265;width:9785;height:705" type="#_x0000_t202" id="docshape8" filled="false" stroked="false">
+                  <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="165C94AB" w14:textId="0D04FDB3" w:rsidR="00DE5741" w:rsidRPr="009D688E" w:rsidRDefault="00DE5741" w:rsidP="002E20F1">
+                      <w:p>
                         <w:pPr>
-                          <w:spacing w:after="0"/>
-                          <w:jc w:val="center"/>
+                          <w:spacing w:before="130"/>
+                          <w:ind w:left="889" w:right="0" w:firstLine="0"/>
+                          <w:jc w:val="left"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="40"/>
-                            <w:szCs w:val="40"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="009D688E">
+                        <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            <w:color w:val="FFFFFF"/>
                             <w:sz w:val="40"/>
-                            <w:szCs w:val="40"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">How we will process your </w:t>
+                          <w:t>How</w:t>
                         </w:r>
-                        <w:r w:rsidR="00D079E8">
+                        <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t>we</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t>will</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t>process</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
                             <w:b/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            <w:color w:val="FFFFFF"/>
                             <w:sz w:val="40"/>
-                            <w:szCs w:val="40"/>
                           </w:rPr>
-                          <w:t>In</w:t>
+                          <w:t>In-Year</w:t>
                         </w:r>
-                        <w:r w:rsidRPr="009D688E">
+                        <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="40"/>
-                            <w:szCs w:val="40"/>
                           </w:rPr>
-                          <w:t>-Year</w:t>
+                          <w:t> </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="009D688E">
+                        <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
                             <w:sz w:val="40"/>
-                            <w:szCs w:val="40"/>
                           </w:rPr>
-                          <w:t xml:space="preserve"> application</w:t>
+                          <w:t>application</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
+                  <w10:wrap type="none"/>
                 </v:shape>
+                <w10:wrap type="topAndBottom"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5759217E" w14:textId="77777777" w:rsidR="00957658" w:rsidRPr="008D5EF1" w:rsidRDefault="00957658" w:rsidP="00957658">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="51"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1166D64A" w14:textId="77777777" w:rsidR="00957658" w:rsidRPr="002F5F12" w:rsidRDefault="00957658" w:rsidP="00957658">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>community/controlled</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="331"/>
+        <w:ind w:left="566" w:right="669" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>A community/controlled School is one where the local authority (LA) has responsibility for admissions into the school. A list of all Sandwell schools can be found on our website. To ensure that we consider applications for places fairly we will collect any applications received during a particular week and consider them against the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>pupil</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>numbers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>we</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>end</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>week.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>will aim</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>to deal with an application for this type of school within </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>15 school days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="292"/>
+        <w:ind w:left="566" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>Non-Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>schools:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="260"/>
+        <w:ind w:left="566" w:right="669" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>schools</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>outside</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Sandwell,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>advice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>about their school admissions process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="291"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>self-governing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="263"/>
+        <w:ind w:left="566" w:right="669" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>A self-governing school is one where the governing body is responsible for admissions into the school not the local authority, as it is for Sandwell community/controlled schools as detailed above. A list of Sandwell self-governing schools is included overleaf. If you apply for a school on the list, we will forward your application to the school so that it can be considered by the governing body. Once we are informed of the governors’ decision we will write to inform you of the outcome.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>As</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>not the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>makes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>decision,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>type</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>of school can take around </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>15 school days </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>to process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="14"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31377D7F" w14:textId="77777777" w:rsidR="002E20F1" w:rsidRPr="008D5EF1" w:rsidRDefault="002E20F1" w:rsidP="00957658">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="0"/>
+        <w:ind w:left="566" w:right="669" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Parents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>admission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>authorities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>cannot</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>guarantee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>any child at their preferred school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38D635D9" w14:textId="77777777" w:rsidR="00957658" w:rsidRPr="00610D58" w:rsidRDefault="00957658" w:rsidP="00957658">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="566" w:right="669"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk100733000"/>
-[...70 lines deleted...]
-        <w:t>chools</w:t>
+      <w:r>
+        <w:rPr/>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>note:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>we</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>able</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>process</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>during</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>holiday.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CDC8EF7" w14:textId="77777777" w:rsidR="00957658" w:rsidRPr="008D5EF1" w:rsidRDefault="00957658" w:rsidP="00957658">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:sectPr>
+          <w:footerReference w:type="default" r:id="rId5"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="420" w:top="880" w:bottom="600" w:left="566" w:right="566"/>
+          <w:pgNumType w:start="1"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="04655800" w14:textId="77777777" w:rsidR="004F7DA9" w:rsidRPr="00332B39" w:rsidRDefault="004F7DA9" w:rsidP="004F7DA9">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="550" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00332B39">
-[...163 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...493 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37F43BBF" wp14:editId="2FA4E169">
-[...6 lines deleted...]
-                </wp:positionV>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="6151245" cy="447675"/>
-                <wp:effectExtent l="0" t="0" r="1905" b="9525"/>
-[...3 lines deleted...]
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="9" name="Group 9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
+                      <wpg:cNvPr id="9" name="Group 9"/>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6151245" cy="447675"/>
-                          <a:chOff x="0" y="0"/>
-                          <a:chExt cx="5819775" cy="447675"/>
+                          <a:chExt cx="6151245" cy="447675"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="10" name="Rectangle: Rounded Corners 10"/>
+                        <wps:cNvPr id="10" name="Graphic 10"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="5819775" cy="447675"/>
+                            <a:ext cx="6151245" cy="447675"/>
                           </a:xfrm>
-                          <a:prstGeom prst="roundRect">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6151245" h="447675">
+                                <a:moveTo>
+                                  <a:pt x="6076569" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="74612" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45573" y="5863"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21856" y="21859"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5864" y="45594"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="74675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="372999"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5864" y="402080"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="21856" y="425815"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45573" y="441811"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="74612" y="447675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6076569" y="447675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6105650" y="441811"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6129385" y="425815"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6145381" y="402080"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6151245" y="372999"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6151245" y="74675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6145381" y="45594"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6129385" y="21859"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6105650" y="5863"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6076569" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:solidFill>
-                            <a:srgbClr val="0070C0"/>
+                            <a:srgbClr val="006FC0"/>
                           </a:solidFill>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </wps:spPr>
-                        <wps:style>
-[...15 lines deleted...]
-                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="11" name="Text Box 11"/>
+                        <wps:cNvPr id="11" name="Textbox 11"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="996276" y="28575"/>
-                            <a:ext cx="3840020" cy="381635"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6151245" cy="447675"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
-                          <a:noFill/>
-[...2 lines deleted...]
-                          </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="7F9D747D" w14:textId="0E620A6D" w:rsidR="00DE5741" w:rsidRPr="009D688E" w:rsidRDefault="00541FAE" w:rsidP="00541FAE">
+                            <w:p>
                               <w:pPr>
-                                <w:spacing w:after="0"/>
+                                <w:spacing w:before="124"/>
+                                <w:ind w:left="23" w:right="0" w:firstLine="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="40"/>
-                                  <w:szCs w:val="40"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="40"/>
-                                  <w:szCs w:val="40"/>
                                 </w:rPr>
                                 <w:t>IMPORTANT</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
-                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...2 lines deleted...]
-                          </a:prstTxWarp>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...2 lines deleted...]
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="37F43BBF" id="Group 13" o:spid="_x0000_s1032" style="position:absolute;margin-left:-.9pt;margin-top:-1.5pt;width:484.35pt;height:35.25pt;z-index:251669504;mso-width-relative:margin" coordsize="58197,4476" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZoxIrWwMAAHwJAAAOAAAAZHJzL2Uyb0RvYy54bWzcVtlO3DAUfa/Uf7D8XpIMsxEREJ0WVAkB&#10;AiqePY4zieTYru0hoV/fe52FtaWiUlWVh+Dlrifnnsn+YVtLciusq7TKaLITUyIU13mlNhn9en38&#10;YUmJ80zlTGolMnonHD08eP9uvzGpmOhSy1xYAkGUSxuT0dJ7k0aR46WomdvRRii4LLStmYet3US5&#10;ZQ1Er2U0ieN51GibG6u5cA5OP3WX9CDELwrB/XlROOGJzCjU5sPThucan9HBPks3lpmy4n0Z7A1V&#10;1KxSkHQM9Yl5Rra2ehaqrrjVThd+h+s60kVRcRF6gG6S+Ek3J1ZvTehlkzYbM8IE0D7B6c1h+dnt&#10;iTVX5sICEo3ZABZhh720ha3xP1RJ2gDZ3QiZaD3hcDhPZslkOqOEw910upgvZh2mvATgn7nx8nPv&#10;OFsmewswfuIYDWmjR8U0Bujh7hFwf4bAVcmMCMC6FBC4sKTKgb1AEMVqYOkl8IapjRQpudRblYuc&#10;rLRVQHMCRgGp4Dji5lIHEP4uaK/1zlJjnT8Ruia4yCjwQOVYVOAYuz11HooArAY7zOy0rPLjSsqw&#10;sZv1Slpyy5D48SJehbrB5ZGZVGisNLp1EfEEsB8aCit/JwXaSXUpCoAK3vskVBLGVIx5GOdC+aS7&#10;KlkuuvSzGP4QNcyOg40eYRcCYuQC8o+x+wCDZRdkiN2F6e3RVYQpH53jXxXWOY8eIbNWfnSuK6Xt&#10;SwEkdNVn7uwHkDpoEKW1zu+ASFZ3GuMMP67g5Z0y5y+YBVEBdoFQ+nN4FFI3GdX9ipJS2+8vnaM9&#10;MB1uKWlApDLqvm2ZFZTILwpmYC+ZTlHVwmY6W0xgYx/erB/eqG290kCHBCTZ8LBEey+HZWF1fQN6&#10;eoRZ4YopDrkzyr0dNivfiScoMhdHR8EMlMwwf6quDMfgiCry8rq9Ydb0DPYgGGd6mDuWPuFwZ4ue&#10;Sh9tvS6qQPB7XHu8QQNQpv6GGABKnRhco9Z91C1JAgcwO2gGjj7xLZxjz8ANPP+JCOztzSeLOSUg&#10;kZPlbFDIQUJ3l9M4xjeHErq7TOa7QUJHJbyf8kENXhGCcZxxYgkQDSJ2YzHeQPAXBt236zYo4WRo&#10;6D8mtf+XKB1+7eAnPqhi/zmC3xAP92EE7j+aDn4AAAD//wMAUEsDBBQABgAIAAAAIQAzn2013wAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcFbu4ml0cZsSinqqQi2gnibJtMk&#10;NDsbstsk/feOJz09hje8971sPdlWDdT7xrGBeB6BIi5c2XBl4PPwOnsC5QNyia1jMnAlD+v89ibD&#10;tHQjf9CwD5WSEPYpGqhD6FKtfVGTRT93HbF4J9dbDHL2lS57HCXctvohihJtsWFpqLGjbU3FeX+x&#10;Bt5GHDeL+GXYnU/b6/dh+f61i8mY+7tp8wwq0BT+nuEXX9AhF6aju3DpVWtgFgt5EF3IJPFXSbIC&#10;dTSQPC5B55n+PyD/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJmjEitbAwAAfAkAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADOfbTXfAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAAtQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADBBgAAAAA=&#10;">
-[...4 lines deleted...]
-                  <v:textbox>
+              <v:group style="width:484.35pt;height:35.25pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup9" coordorigin="0,0" coordsize="9687,705">
+                <v:shape style="position:absolute;left:0;top:0;width:9687;height:705" id="docshape10" coordorigin="0,0" coordsize="9687,705" path="m9569,0l118,0,72,9,34,34,9,72,0,118,0,587,9,633,34,671,72,696,118,705,9569,705,9615,696,9653,671,9678,633,9687,587,9687,118,9678,72,9653,34,9615,9,9569,0xe" filled="true" fillcolor="#006fc0" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:0;top:0;width:9687;height:705" type="#_x0000_t202" id="docshape11" filled="false" stroked="false">
+                  <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="7F9D747D" w14:textId="0E620A6D" w:rsidR="00DE5741" w:rsidRPr="009D688E" w:rsidRDefault="00541FAE" w:rsidP="00541FAE">
+                      <w:p>
                         <w:pPr>
-                          <w:spacing w:after="0"/>
+                          <w:spacing w:before="124"/>
+                          <w:ind w:left="23" w:right="0" w:firstLine="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="40"/>
-                            <w:szCs w:val="40"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
                             <w:sz w:val="40"/>
-                            <w:szCs w:val="40"/>
                           </w:rPr>
                           <w:t>IMPORTANT</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
+                  <w10:wrap type="none"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5471444D" w14:textId="77777777" w:rsidR="00AD5141" w:rsidRDefault="00AD5141" w:rsidP="00AD5141">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="248"/>
+        <w:ind w:left="566" w:right="669" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>The decision to change schools during the school academic year can sometimes have a negative effect upon a child’s education and therefore needs to be considered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>very</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>carefully.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>cases</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>withdrawn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>formal education before an alternative school is secured.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="18562B4C" w14:textId="77777777" w:rsidR="00AD5141" w:rsidRDefault="00AD5141" w:rsidP="00AD5141">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="158"/>
+        <w:ind w:left="566" w:right="534" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Please carefully consider the information below before deciding whether or not to apply for a transfer between local schools for reasons other than a house move. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Moving</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>without</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>confronting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>issue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>help</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>short</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>term</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>but</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4471C4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>in the long run it may not help your child.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="590D8B57" w14:textId="48482D3F" w:rsidR="00541FAE" w:rsidRPr="000B3B48" w:rsidRDefault="00541FAE" w:rsidP="001A134A">
-[...52 lines deleted...]
-    <w:p w14:paraId="6B338430" w14:textId="484F8410" w:rsidR="00541FAE" w:rsidRPr="000B3B48" w:rsidRDefault="00541FAE" w:rsidP="00541FAE">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="252" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:color w:val="0070C0"/>
+        <w:tabs>
+          <w:tab w:pos="1011" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="160" w:after="0"/>
+        <w:ind w:left="1011" w:right="657" w:hanging="361"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B3B48">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...6 lines deleted...]
-          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Dissatisfaction </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>– Make an appointment to explain and discuss your concerns with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...1 lines deleted...]
-        <w:t>Head of Year and / or Headteacher. They may not be aware of your concerns, and it may not be in your child’s best interests to change school Issues can often be resolved.</w:t>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Head</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Headteacher.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>They</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>aware</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>of your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>concerns,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>and it may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>not be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>your child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>best</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>interests to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>change</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>school Issues can often be resolved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7617C147" w14:textId="257516C5" w:rsidR="005932A2" w:rsidRPr="000B3B48" w:rsidRDefault="005932A2" w:rsidP="00541FAE">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="252" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:tabs>
+          <w:tab w:pos="1011" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="3" w:after="0"/>
+        <w:ind w:left="1011" w:right="975" w:hanging="361"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>Non-School attendance </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>– Schools can often support or signpost you to relevant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...1 lines deleted...]
-        <w:t>– Schools can often support or signpost you to relevant agencies that can assist you in attempting to resolve any underlying issues relating to poor attendance.</w:t>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>agencies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>assist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>attempting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>resolve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>underlying issues relating to poor attendance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045A77E7" w14:textId="2361E9FE" w:rsidR="005932A2" w:rsidRPr="000B3B48" w:rsidRDefault="005932A2" w:rsidP="00541FAE">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="252" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:tabs>
+          <w:tab w:pos="1011" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="1011" w:right="612" w:hanging="361"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>Behaviour Issues – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Some parents/carers want to change schools because they</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...1 lines deleted...]
-        <w:t>Some parents/carers want to change schools because they think their child’s behaviour will improve with a change of school. It is more important for everybody to work together in trying to address and resolve the difficulties that are causing the poor behaviour. Changing schools should not be used as a way of avoiding a fixed term or permanent exclusion unless this is a managed process agreed by both schools.</w:t>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>think</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>improve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>with a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>change of school. It</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>more important for everybody to work together in trying to address and resolve the difficulties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>causing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>poor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>behaviour.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Changing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>schools</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>be used as a way of avoiding a fixed term or permanent exclusion unless this is a managed process agreed by both schools.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D50A715" w14:textId="4A898CF4" w:rsidR="000B3B48" w:rsidRPr="000B3B48" w:rsidRDefault="005932A2" w:rsidP="000B3B48">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="252" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:tabs>
+          <w:tab w:pos="1011" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="1011" w:right="784" w:hanging="361"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Bullying – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>You may think that a change of school is necessary because you feel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>being</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>bullied.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>schools</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>anti-bullying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>policies,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>and, as such, if you think your child is being bullied you need to tell the school immediately to discuss your concerns further.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:spacing w:before="160"/>
+        <w:ind w:left="566"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B3B48">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+        </w:rPr>
+        <w:t>Years</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+        </w:rPr>
+        <w:t>9,10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="173"/>
+        <w:ind w:left="566" w:right="534" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Parents whose children are in Years 9,10 and 1 need to be aware that a new school may </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>not be in the best interest of the child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> is being bullied you need to tell the school immediately to discuss your concerns further.</w:t>
+        </w:rPr>
+        <w:t>Not all schools offer the same subjects at examination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>different</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>exam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>boards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>offer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>different</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>syllabuses. This could seriously impact upon your child’s educational outcomes, therefore should be explored with your preferred school.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580CEFA6" w14:textId="1459F011" w:rsidR="000B3B48" w:rsidRPr="000B3B48" w:rsidRDefault="000B3B48" w:rsidP="000B3B48">
+    <w:p>
       <w:pPr>
-        <w:spacing w:line="252" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:before="163"/>
+        <w:ind w:left="566" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B3B48">
-[...4 lines deleted...]
-          <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Fair</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Access</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto" w:before="176"/>
+        <w:ind w:left="566" w:right="534" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...12 lines deleted...]
-        <w:t>1</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>All LAs are required to have a “Fair Access” Protocol in place. This ensures that vulnerable,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>excluded</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>“Hard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Place”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>pupils</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>placed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>fairly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>equitably</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>across the schools in the LA. If your child meets the Fair Access criteria, then your application might need to be considered by one of our Fair Access Panels and so could take longer to process than normal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2F72C7" w14:textId="61B3666F" w:rsidR="00541FAE" w:rsidRPr="000B3B48" w:rsidRDefault="000B3B48" w:rsidP="001A134A">
-[...69 lines deleted...]
-    <w:p w14:paraId="1D3E7CBC" w14:textId="77777777" w:rsidR="00820571" w:rsidRPr="00AF0C5C" w:rsidRDefault="00957658" w:rsidP="00FC35A2">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
-        <w:ind w:right="-90"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-        </w:rPr>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="420" w:top="800" w:bottom="600" w:left="566" w:right="566"/>
+        </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF0C5C">
-[...52 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0143F6DE" w14:textId="7F6CE5B7" w:rsidR="002F5F12" w:rsidRPr="000866F4" w:rsidRDefault="00541FAE" w:rsidP="000866F4">
+    <w:p>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7386"/>
+          <w:tab w:pos="9239" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:sectPr w:rsidR="002F5F12" w:rsidRPr="000866F4" w:rsidSect="001B0321">
-[...7 lines deleted...]
-        </w:sectPr>
+        <w:spacing w:before="80" w:after="29"/>
+        <w:ind w:left="269" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Revised</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>January</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ASU/76/MY</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="159" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="585858"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="585858"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="585858"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="585858"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="585858"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="585858"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="29" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1321"/>
+        <w:gridCol w:w="1320"/>
         <w:gridCol w:w="1442"/>
         <w:gridCol w:w="1193"/>
         <w:gridCol w:w="1317"/>
-        <w:gridCol w:w="1434"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1191"/>
+        <w:gridCol w:w="1435"/>
+        <w:gridCol w:w="1197"/>
+        <w:gridCol w:w="1190"/>
         <w:gridCol w:w="1369"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F507A3" w:rsidRPr="003B27B7" w14:paraId="3F1A341C" w14:textId="77777777" w:rsidTr="00CA3F77">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="247"/>
+          <w:trHeight w:val="287" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1320" w:type="pct"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27624977" w14:textId="0C633161" w:rsidR="00F507A3" w:rsidRPr="00097D7B" w:rsidRDefault="00F507A3" w:rsidP="00CE7054">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="28"/>
+              <w:ind w:left="148"/>
+              <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...52 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...63 lines deleted...]
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Secondary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="689" w:type="pct"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1442" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24DE58B7" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00097D7B" w:rsidRDefault="00F507A3" w:rsidP="003B27B7">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="28"/>
+              <w:ind w:left="348"/>
+              <w:rPr>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="pct"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00FE38A1" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00097D7B" w:rsidRDefault="00F507A3" w:rsidP="003B27B7">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="28"/>
+              <w:ind w:left="214"/>
+              <w:rPr>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="585858"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>On EMS</w:t>
+              </w:rPr>
+              <w:t>On</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>EMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="629" w:type="pct"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33CF2B4A" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00097D7B" w:rsidRDefault="00F507A3" w:rsidP="003B27B7">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="28"/>
+              <w:ind w:left="159"/>
+              <w:rPr>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00097D7B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="585858"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Student ID</w:t>
+              </w:rPr>
+              <w:t>Student</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="685" w:type="pct"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1435" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBC9592" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00097D7B" w:rsidRDefault="00F507A3" w:rsidP="003B27B7">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="28"/>
+              <w:ind w:left="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="pct"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36C2BF4B" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00097D7B" w:rsidRDefault="00F507A3" w:rsidP="003B27B7">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="28"/>
+              <w:ind w:left="395"/>
+              <w:rPr>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="569" w:type="pct"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="683179BF" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00097D7B" w:rsidRDefault="00F507A3" w:rsidP="003B27B7">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="28"/>
+              <w:ind w:left="392"/>
+              <w:rPr>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D188048" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00097D7B" w:rsidRDefault="00F507A3" w:rsidP="003B27B7">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="28"/>
+              <w:ind w:left="17"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FAP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F507A3" w:rsidRPr="003B27B7" w14:paraId="05FD80AE" w14:textId="77777777" w:rsidTr="00CA3F77">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="335" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="631" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F39A11" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="003B27B7" w:rsidRDefault="00F507A3" w:rsidP="00A961FF">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="689" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1442" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6A339A" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="003B27B7" w:rsidRDefault="00F507A3" w:rsidP="00A961FF">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="774A61F9" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="003B27B7" w:rsidRDefault="00F507A3" w:rsidP="00A961FF">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="629" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1317" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9D9526" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="003B27B7" w:rsidRDefault="00F507A3" w:rsidP="00A961FF">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="685" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1435" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="676FD135" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="003B27B7" w:rsidRDefault="00F507A3" w:rsidP="00A961FF">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="573" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B9C894" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="003B27B7" w:rsidRDefault="00F507A3" w:rsidP="00A961FF">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="569" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D50A5F0" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="003B27B7" w:rsidRDefault="00F507A3" w:rsidP="00A961FF">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="654" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59FACFAA" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="003B27B7" w:rsidRDefault="00F507A3" w:rsidP="00A961FF">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="693E5778" w14:textId="77777777" w:rsidR="003B27B7" w:rsidRPr="00F5248C" w:rsidRDefault="003B27B7" w:rsidP="00F5248C">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:before="212"/>
+        <w:ind w:left="269" w:right="3824" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15731200">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>5036184</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>352043</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1916303" cy="511175"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="14" name="Image 14"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="14" name="Image 14"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1916303" cy="511175"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>Request</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>in-year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>place [in-year transfer]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>schools</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="329"/>
+        <w:ind w:left="153"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Before</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>submitting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>form,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>read</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>attached</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="185"/>
+        <w:ind w:left="153" w:right="669" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>note:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>leave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sections</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>blank</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>misleading</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>will delay the processing of your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="228"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Part</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>1:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>parent/carer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="208"/>
+        <w:ind w:left="153" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>details</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="163" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="115" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6979"/>
-        <w:gridCol w:w="3487"/>
+        <w:gridCol w:w="3488"/>
+        <w:gridCol w:w="468"/>
+        <w:gridCol w:w="3017"/>
+        <w:gridCol w:w="3485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B27B7" w14:paraId="1D073110" w14:textId="77777777" w:rsidTr="00D25C65">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1422"/>
+          <w:trHeight w:val="419" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3334" w:type="pct"/>
+            <w:tcW w:w="3488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17AE82A5" w14:textId="48022D35" w:rsidR="00610D58" w:rsidRPr="009C71E2" w:rsidRDefault="00610D58" w:rsidP="00610D58">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="44"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="1123"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C71E2">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Request for a </w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>First</w:t>
             </w:r>
-            <w:r w:rsidR="00D079E8">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...11 lines deleted...]
-                <w:i/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...12 lines deleted...]
-              <w:t>Sandwell schools only</w:t>
+              </w:rPr>
+              <w:t> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="pct"/>
+            <w:tcW w:w="3485" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1559470B" w14:textId="77777777" w:rsidR="003B27B7" w:rsidRDefault="00CD5334" w:rsidP="004E6EEC">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="right"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="1015"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:noProof/>
+                <w:b/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...55 lines deleted...]
-              </w:drawing>
+              </w:rPr>
+              <w:t>Middle</w:t>
             </w:r>
-          </w:p>
-[...264 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>First Name</w:t>
+              </w:rPr>
+              <w:t>name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="575" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3488" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="424A5F98" w14:textId="77777777" w:rsidR="00EC581A" w:rsidRPr="00952783" w:rsidRDefault="00EC581A" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00952783">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>Middle name</w:t>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="431" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>known</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1666" w:type="pct"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6502" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3A421F60" w14:textId="77777777" w:rsidR="00EC581A" w:rsidRPr="00952783" w:rsidRDefault="00EC581A" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00952783">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC581A" w:rsidRPr="00D873F7" w14:paraId="069D70ED" w14:textId="77777777" w:rsidTr="003A398E">
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="161" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3519"/>
+        <w:gridCol w:w="1317"/>
+        <w:gridCol w:w="1320"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="518"/>
+        <w:gridCol w:w="516"/>
+        <w:gridCol w:w="516"/>
+        <w:gridCol w:w="518"/>
+      </w:tblGrid>
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="390" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E63856C" w14:textId="77777777" w:rsidR="00EC581A" w:rsidRPr="00D873F7" w:rsidRDefault="00EC581A" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="pct"/>
+            <w:tcW w:w="2637" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B02482B" w14:textId="77777777" w:rsidR="00EC581A" w:rsidRPr="00D873F7" w:rsidRDefault="00EC581A" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...47 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...120 lines deleted...]
-                <w:b/>
               </w:rPr>
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1069" w:type="pct"/>
+            <w:tcW w:w="2237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="119CB255" w14:textId="77777777" w:rsidR="00952783" w:rsidRPr="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...3 lines deleted...]
-              </w:tabs>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00952783">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="987" w:type="pct"/>
+            <w:tcW w:w="2068" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="43722D29" w14:textId="77777777" w:rsidR="00952783" w:rsidRPr="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...3 lines deleted...]
-              </w:tabs>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00952783">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00952783" w14:paraId="145801EC" w14:textId="77777777" w:rsidTr="00952783">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="393" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3519" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17CF3FE2" w14:textId="77777777" w:rsidR="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:t>Child’s date of birth:</w:t>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Child’s date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="1317" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D27A47" w14:textId="77777777" w:rsidR="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="631" w:type="pct"/>
+            <w:tcW w:w="1320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19A9999D" w14:textId="77777777" w:rsidR="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="1118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A76C8C5" w14:textId="77777777" w:rsidR="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="535" w:type="pct"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A00F1E6" w14:textId="77777777" w:rsidR="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="247" w:type="pct"/>
+            <w:tcW w:w="518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="714CF791" w14:textId="77777777" w:rsidR="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="247" w:type="pct"/>
+            <w:tcW w:w="516" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30C26EE9" w14:textId="77777777" w:rsidR="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="247" w:type="pct"/>
+            <w:tcW w:w="516" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E25B697" w14:textId="77777777" w:rsidR="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="247" w:type="pct"/>
+            <w:tcW w:w="518" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77DA7F71" w14:textId="77777777" w:rsidR="00952783" w:rsidRDefault="00952783" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F4E758E" w14:textId="77777777" w:rsidR="00EC581A" w:rsidRPr="00396BDA" w:rsidRDefault="00EC581A" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="2281" w:type="pct"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="159" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="58" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2430"/>
-        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="2432"/>
+        <w:gridCol w:w="2341"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F507A3" w14:paraId="0A884688" w14:textId="77777777" w:rsidTr="003A398E">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="391" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="pct"/>
+            <w:tcW w:w="2432" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5000929D" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00F507A3" w:rsidRDefault="00F507A3" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="561"/>
+              <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F507A3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>Year Group</w:t>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Year</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> Group</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2341" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41057C8F" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00F507A3" w:rsidRDefault="00F507A3" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="452"/>
+              <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F507A3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Male/Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F507A3" w14:paraId="4C073AA8" w14:textId="77777777" w:rsidTr="003A398E">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="393" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="pct"/>
+            <w:tcW w:w="2432" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="290674F2" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRDefault="00F507A3" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2341" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77C141D3" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRDefault="00F507A3" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C621460" w14:textId="77777777" w:rsidR="00EC581A" w:rsidRPr="00112EE6" w:rsidRDefault="00EC581A" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="231"/>
+        <w:ind w:left="153" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>home</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="182"/>
+        <w:ind w:left="153" w:right="165"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>This must be the address where the child lives. If this is different from the parent/carer’s address given on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>page 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>, please explain why on a separate piece of paper. If the child lives at two</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>separate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>addresses,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>state</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>lives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>majority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>week </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(Sunday-Thursday).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="36"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69B47C71" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRDefault="00F507A3" w:rsidP="00F507A3">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="326"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D873F7">
-[...47 lines deleted...]
-        <w:t>ddress</w:t>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15731712">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2135377</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-42709</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5013960" cy="856615"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="15" name="Textbox 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="15" name="Textbox 15"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5013960" cy="856615"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="65" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="4808"/>
+                              <w:gridCol w:w="1354"/>
+                              <w:gridCol w:w="1603"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="414" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="7765" w:type="dxa"/>
+                                  <w:gridSpan w:val="3"/>
+                                  <w:tcBorders>
+                                    <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="441" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="7765" w:type="dxa"/>
+                                  <w:gridSpan w:val="3"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="414" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="4808" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1354" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:bottom w:val="nil"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="81"/>
+                                    <w:ind w:left="187"/>
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>Postcode:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1603" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:168.139999pt;margin-top:-3.362939pt;width:394.8pt;height:67.45pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15731712" type="#_x0000_t202" id="docshape14" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="65" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="4808"/>
+                        <w:gridCol w:w="1354"/>
+                        <w:gridCol w:w="1603"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="414" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="7765" w:type="dxa"/>
+                            <w:gridSpan w:val="3"/>
+                            <w:tcBorders>
+                              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="441" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="7765" w:type="dxa"/>
+                            <w:gridSpan w:val="3"/>
+                            <w:tcBorders>
+                              <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="414" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="4808" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1354" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:bottom w:val="nil"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="81"/>
+                              <w:ind w:left="187"/>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                              <w:t>Postcode:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1603" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>number/name:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C16E586" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="003A398E" w:rsidRDefault="00F507A3" w:rsidP="00F507A3">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="192"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Street</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="195"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15730688">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5269357</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>87241</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="781050" cy="254635"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="16" name="Graphic 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="16" name="Graphic 16"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="781050" cy="254635"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="781050" h="254635">
+                              <a:moveTo>
+                                <a:pt x="6083" y="248424"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="248424"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="254508"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="254508"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="248424"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="781050" h="254635">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="248412"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="248412"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="781050" h="254635">
+                              <a:moveTo>
+                                <a:pt x="774496" y="248424"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="248424"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="254508"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="774496" y="254508"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="774496" y="248424"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="781050" h="254635">
+                              <a:moveTo>
+                                <a:pt x="780669" y="248424"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="774573" y="248424"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="774573" y="254508"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="780669" y="254508"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="780669" y="248424"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="781050" h="254635">
+                              <a:moveTo>
+                                <a:pt x="780669" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="774573" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="774573" y="248412"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="780669" y="248412"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="780669" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:414.910034pt;margin-top:6.869375pt;width:61.5pt;height:20.05pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15730688" id="docshape15" coordorigin="8298,137" coordsize="1230,401" path="m8308,529l8298,529,8298,538,8308,538,8308,529xm8308,137l8298,137,8298,529,8308,529,8308,137xm9518,529l8308,529,8308,538,9518,538,9518,529xm9528,529l9518,529,9518,538,9528,538,9528,529xm9528,137l9518,137,9518,529,9528,529,9528,137xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Town:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="257023CB" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00D873F7" w:rsidRDefault="00F507A3" w:rsidP="00F507A3">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="153"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D873F7">
-[...46 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>state</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>preferred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>school(s)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblCellSpacing w:w="29" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="161" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="58" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2672"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1699"/>
+        <w:gridCol w:w="1860"/>
+        <w:gridCol w:w="5972"/>
+        <w:gridCol w:w="1529"/>
+        <w:gridCol w:w="1101"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E23BBB" w14:paraId="727C814F" w14:textId="77777777" w:rsidTr="00DE5741">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="29" w:type="dxa"/>
+          <w:trHeight w:val="390" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="pct"/>
+            <w:tcW w:w="7832" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D0B1112" w14:textId="77777777" w:rsidR="00E23BBB" w:rsidRPr="00E95A79" w:rsidRDefault="00E23BBB" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2630" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="332"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>House number/name:</w:t>
+              </w:rPr>
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>office</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="393" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3674" w:type="pct"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9A9CC2" w14:textId="77777777" w:rsidR="00E23BBB" w:rsidRPr="00A85C3E" w:rsidRDefault="00E23BBB" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="125"/>
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>Street name:</w:t>
+              </w:rPr>
+              <w:t>DfE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3674" w:type="pct"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3119F51D" w14:textId="77777777" w:rsidR="00E23BBB" w:rsidRPr="00A85C3E" w:rsidRDefault="00E23BBB" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="209"/>
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Status</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE5741" w14:paraId="3093201C" w14:textId="77777777" w:rsidTr="00DE5741">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="29" w:type="dxa"/>
+          <w:trHeight w:val="390" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="pct"/>
+            <w:tcW w:w="1860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F59636F" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRDefault="00DE5741" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="3" w:right="50"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:t>Town:</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:position w:val="8"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="20"/>
+                <w:position w:val="8"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>preference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2315" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="520F5AEE" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="00A85C3E" w:rsidRDefault="00DE5741" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3220339B" w14:textId="2A0C7344" w:rsidR="00DE5741" w:rsidRPr="00A85C3E" w:rsidRDefault="00DE5741" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="393" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="55"/>
+              <w:ind w:left="50" w:right="47"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:t>Postcode:</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:position w:val="8"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="22"/>
+                <w:position w:val="8"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>preference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="721" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="234887EC" w14:textId="79AF384A" w:rsidR="00DE5741" w:rsidRPr="00A85C3E" w:rsidRDefault="00DE5741" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0333CFFA" w14:textId="77777777" w:rsidR="00E23BBB" w:rsidRPr="00396BDA" w:rsidRDefault="00E23BBB" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
           <w:sz w:val="14"/>
-          <w:szCs w:val="14"/>
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>516890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>121361</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6219825" cy="538480"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="17" name="Textbox 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="17" name="Textbox 17"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6219825" cy="538480"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="7455"/>
+                              <w:gridCol w:w="908"/>
+                              <w:gridCol w:w="432"/>
+                              <w:gridCol w:w="999"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="828" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="7455" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>If</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>you</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>are</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>a</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Sandwell</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>resident</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>and/or</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>your</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>child</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>is</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>EHE</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>and we</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>are unable to offer the above preference(s) would you like to be</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:line="255" w:lineRule="exact" w:before="1"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>offered</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>an</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>alternative</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>school?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="908" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="343"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="432" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="999" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="638"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:40.700001pt;margin-top:9.55603pt;width:489.75pt;height:42.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape16" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="7455"/>
+                        <w:gridCol w:w="908"/>
+                        <w:gridCol w:w="432"/>
+                        <w:gridCol w:w="999"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="828" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="7455" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>If</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>you</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>are</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>a</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Sandwell</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>resident</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>and/or</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>your</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>child</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>is</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>EHE</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>and we</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>are unable to offer the above preference(s) would you like to be</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:line="255" w:lineRule="exact" w:before="1"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>offered</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>an</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>alternative</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>school?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="908" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="343"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="432" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="999" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="638"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487589376">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6795261</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>121373</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="292735" cy="538480"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Graphic 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="18" name="Graphic 18"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="292735" cy="538480"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="292735" h="538480">
+                              <a:moveTo>
+                                <a:pt x="6083" y="532180"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="532180"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="538264"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="538264"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="532180"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="538480">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="532168"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="532168"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="538480">
+                              <a:moveTo>
+                                <a:pt x="292595" y="532180"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="532180"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="532180"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="538264"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="538264"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="538264"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="532180"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="538480">
+                              <a:moveTo>
+                                <a:pt x="292595" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="532168"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="532168"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.059998pt;margin-top:9.557007pt;width:23.05pt;height:42.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15727104;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape17" coordorigin="10701,191" coordsize="461,848" path="m10711,1029l10701,1029,10701,1039,10711,1039,10711,1029xm10711,191l10701,191,10701,201,10701,1029,10711,1029,10711,201,10711,191xm11162,1029l11152,1029,10711,1029,10711,1039,11152,1039,11162,1039,11162,1029xm11162,191l11152,191,10711,191,10711,201,11152,201,11152,1029,11162,1029,11162,201,11162,191xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:footerReference w:type="default" r:id="rId6"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="387" w:top="780" w:bottom="580" w:left="566" w:right="566"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2161B18E" w14:textId="168D2811" w:rsidR="00F507A3" w:rsidRPr="003A398E" w:rsidRDefault="00F507A3" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="71"/>
+        <w:ind w:left="153"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D873F7">
-[...7 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>applying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>places</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>children,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="153" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>An</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>cannot</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>made</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>without</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>being</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="231"/>
+        <w:ind w:left="153"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>brother</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>sister</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>preferred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>give</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>details</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="14" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="304" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="58" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1861"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1100"/>
+        <w:gridCol w:w="1420"/>
+        <w:gridCol w:w="4561"/>
+        <w:gridCol w:w="1918"/>
+        <w:gridCol w:w="2360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00677357" w14:paraId="31C3618E" w14:textId="77777777" w:rsidTr="00280968">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="470" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="889" w:type="pct"/>
+            <w:tcW w:w="1420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3BE55ED7" w14:textId="77777777" w:rsidR="00677357" w:rsidRDefault="00677357" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="62"/>
+              <w:ind w:left="29"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Name(s):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2853" w:type="pct"/>
+            <w:tcW w:w="1918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6974382B" w14:textId="77777777" w:rsidR="00677357" w:rsidRDefault="00677357" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...27 lines deleted...]
-                <w:i/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="62"/>
+              <w:ind w:left="177"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-              <w:t>For office use only</w:t>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
             </w:r>
-          </w:p>
-[...52 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:t>School name</w:t>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="732" w:type="pct"/>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2360" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28B840C4" w14:textId="77777777" w:rsidR="00280968" w:rsidRPr="00D23BC0" w:rsidRDefault="00280968" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...7 lines deleted...]
-                <w:i/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D23BC0">
-[...4 lines deleted...]
-              <w:t>DfE number</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="402" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="65"/>
+              <w:ind w:left="29"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>School:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="526" w:type="pct"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="8839" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3F995F58" w14:textId="77777777" w:rsidR="00280968" w:rsidRPr="00D23BC0" w:rsidRDefault="00280968" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...272 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65D29FA2" w14:textId="5C42E51D" w:rsidR="00DE5741" w:rsidRPr="00396BDA" w:rsidRDefault="00DE5741" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="14"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="15"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="153" w:right="669"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486935552">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>496824</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>505855</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6568440" cy="939165"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="19" name="Graphic 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="19" name="Graphic 19"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6568440" cy="939165"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6568440" h="939165">
+                              <a:moveTo>
+                                <a:pt x="6083" y="627900"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="627900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="627900"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6568440" h="939165">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="627888"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="627888"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6568440" h="939165">
+                              <a:moveTo>
+                                <a:pt x="6561963" y="933069"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4697857" y="933069"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4697857" y="676744"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4691761" y="676744"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4691761" y="933069"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4691761" y="939165"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4697857" y="939165"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6561963" y="939165"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6561963" y="933069"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6568440" h="939165">
+                              <a:moveTo>
+                                <a:pt x="6561963" y="670560"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4697857" y="670560"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4691761" y="670560"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4691761" y="676656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4697857" y="676656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6561963" y="676656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6561963" y="670560"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6568440" h="939165">
+                              <a:moveTo>
+                                <a:pt x="6568186" y="676744"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="676744"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="933069"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="939165"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="939165"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="933069"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="676744"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6568440" h="939165">
+                              <a:moveTo>
+                                <a:pt x="6568186" y="670560"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="670560"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="676656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="676656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="670560"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6568440" h="939165">
+                              <a:moveTo>
+                                <a:pt x="6568186" y="627900"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="627900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="627900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="627900"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6568440" h="939165">
+                              <a:moveTo>
+                                <a:pt x="6568186" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6562090" y="627888"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="627888"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:39.120003pt;margin-top:39.831142pt;width:517.2pt;height:73.95pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16380928" id="docshape18" coordorigin="782,797" coordsize="10344,1479" path="m792,1785l782,1785,782,1795,792,1795,792,1785xm792,797l782,797,782,806,782,1785,792,1785,792,806,792,797xm11116,2266l8181,2266,8181,1862,8171,1862,8171,2266,8171,2276,8181,2276,11116,2276,11116,2266xm11116,1853l8181,1853,8171,1853,8171,1862,8181,1862,11116,1862,11116,1853xm11126,1862l11116,1862,11116,2266,11116,2276,11126,2276,11126,2266,11126,1862xm11126,1853l11116,1853,11116,1862,11126,1862,11126,1853xm11126,1785l11116,1785,792,1785,792,1795,11116,1795,11126,1795,11126,1785xm11126,797l11116,797,792,797,792,806,11116,806,11116,1785,11126,1785,11126,806,11126,797xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>because</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>change</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>address,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>provide previous</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>address details </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="83"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblCellSpacing w:w="14" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="233" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:left w:w="115" w:type="dxa"/>
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7389"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1625"/>
+        <w:gridCol w:w="2403"/>
+        <w:gridCol w:w="3229"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE5741" w:rsidRPr="00AF77C7" w14:paraId="4AA75CE6" w14:textId="77777777" w:rsidTr="00BB5E4B">
+      <w:tr>
         <w:trPr>
-          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="62" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7347" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBBDBC5" w14:textId="0216E52C" w:rsidR="00DE5741" w:rsidRPr="00DE5741" w:rsidRDefault="00DE5741" w:rsidP="001A09F2">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...141 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="365" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7963B316" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="00AF77C7" w:rsidRDefault="00DE5741" w:rsidP="00DE5741">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00DA5778" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="00AF77C7" w:rsidRDefault="00DE5741" w:rsidP="00DE5741">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="right"/>
-[...33 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...164 lines deleted...]
-      <w:tr w:rsidR="004F0741" w:rsidRPr="00D873F7" w14:paraId="425E7D48" w14:textId="77777777" w:rsidTr="00332B39">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="289"/>
-          <w:tblCellSpacing w:w="29" w:type="dxa"/>
+          <w:trHeight w:val="403" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1328" w:type="dxa"/>
-[...29 lines deleted...]
-            <w:tcW w:w="4198" w:type="dxa"/>
+            <w:tcW w:w="1625" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="565E35E0" w14:textId="77777777" w:rsidR="004F0741" w:rsidRPr="00D873F7" w:rsidRDefault="004F0741" w:rsidP="00332B39">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="65"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...238 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="pct"/>
+            <w:tcW w:w="2403" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A2DD7CD" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00D873F7" w:rsidRDefault="00F507A3" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="pct"/>
-[...30 lines deleted...]
-            <w:tcW w:w="1354" w:type="pct"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F4EF35F" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="00D873F7" w:rsidRDefault="00F507A3" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="65"/>
+              <w:ind w:left="1812"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>moved:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="685EEBE9" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="0090519D" w:rsidRDefault="00F507A3" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="58"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>504698</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>198373</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6251575" cy="241300"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="20" name="Textbox 20"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="20" name="Textbox 20"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6251575" cy="241300"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="2066"/>
+                              <w:gridCol w:w="2168"/>
+                              <w:gridCol w:w="1214"/>
+                              <w:gridCol w:w="1251"/>
+                              <w:gridCol w:w="1422"/>
+                              <w:gridCol w:w="1232"/>
+                              <w:gridCol w:w="495"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="379" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2066" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="51"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Is</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>your</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-1"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>child</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-1"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>an:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2168" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="51"/>
+                                    <w:ind w:left="334"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Asylum</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="1"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>seeker?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1214" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="51"/>
+                                    <w:ind w:left="127"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1251" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="51"/>
+                                    <w:ind w:left="101"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1422" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="51"/>
+                                    <w:ind w:left="271"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Refugee?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1232" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="51"/>
+                                    <w:ind w:left="105"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="495" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="51"/>
+                                    <w:ind w:left="135"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:39.740002pt;margin-top:15.619985pt;width:492.25pt;height:19pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape19" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="2066"/>
+                        <w:gridCol w:w="2168"/>
+                        <w:gridCol w:w="1214"/>
+                        <w:gridCol w:w="1251"/>
+                        <w:gridCol w:w="1422"/>
+                        <w:gridCol w:w="1232"/>
+                        <w:gridCol w:w="495"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="379" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2066" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="51"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Is</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>your</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-1"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>child</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-1"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>an:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2168" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="51"/>
+                              <w:ind w:left="334"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Asylum</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="1"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>seeker?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1214" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="51"/>
+                              <w:ind w:left="127"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1251" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="51"/>
+                              <w:ind w:left="101"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1422" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="51"/>
+                              <w:ind w:left="271"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Refugee?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1232" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="51"/>
+                              <w:ind w:left="105"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="495" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="51"/>
+                              <w:ind w:left="135"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487591424">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6804406</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>198373</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="287020" cy="241300"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="21" name="Graphic 21"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="21" name="Graphic 21"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="287020" cy="241300"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="287020" h="241300">
+                              <a:moveTo>
+                                <a:pt x="6083" y="234708"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="234708"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287020" h="241300">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287020" h="241300">
+                              <a:moveTo>
+                                <a:pt x="286499" y="234708"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="280416" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280416" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286499" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286499" y="234708"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287020" h="241300">
+                              <a:moveTo>
+                                <a:pt x="286499" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="280416" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280416" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280416" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286499" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286499" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286499" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.780029pt;margin-top:15.619969pt;width:22.6pt;height:19pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15725056;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape20" coordorigin="10716,312" coordsize="452,380" path="m10725,682l10716,682,10716,692,10725,692,10725,682xm10725,312l10716,312,10716,322,10716,682,10725,682,10725,322,10725,312xm11167,682l11157,682,10725,682,10725,692,11157,692,11167,692,11167,682xm11167,312l11157,312,10725,312,10725,322,11157,322,11157,682,11167,682,11167,322,11167,312xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>498601</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>549614</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5784215" cy="871855"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Textbox 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="22" name="Textbox 22"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5784215" cy="871855"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="4988"/>
+                              <w:gridCol w:w="1003"/>
+                              <w:gridCol w:w="2228"/>
+                              <w:gridCol w:w="890"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="1372" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="4988" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Please</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-6"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>state</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-6"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>when</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-6"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>the</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-8"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>child</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-6"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>arrived</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>in</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-8"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Britain. Please state month and year of entry and include a </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>copy of your child’s passport</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:line="270" w:lineRule="atLeast"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>and</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>visa.</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>We</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-6"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>may</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-7"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>use</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-6"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>this</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>information</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-6"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>to contact the UK Border Agency.</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1003" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="229"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="150"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Month:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2228" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="890" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="229"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="259"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Year:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:39.259998pt;margin-top:43.276714pt;width:455.45pt;height:68.650pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape21" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="4988"/>
+                        <w:gridCol w:w="1003"/>
+                        <w:gridCol w:w="2228"/>
+                        <w:gridCol w:w="890"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="1372" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="4988" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Please</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>state</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>when</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>child</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>arrived</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>in</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Britain. Please state month and year of entry and include a </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>copy of your child’s passport</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:line="270" w:lineRule="atLeast"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>and</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>visa.</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>We</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>may</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-7"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>use</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>this</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>information</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>to contact the UK Border Agency.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1003" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="229"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="150"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Month:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2228" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="890" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="229"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="259"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Year:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487591936">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6319774</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>809497</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="788035" cy="295910"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="23" name="Graphic 23"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="788035" cy="295910"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="788035" h="295910">
+                              <a:moveTo>
+                                <a:pt x="787895" y="289572"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="781812" y="289572"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="12192" y="289572"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="289572"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="289572"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="295656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="295656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="12192" y="295656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="781812" y="295656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="787895" y="295656"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="787895" y="289572"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="788035" h="295910">
+                              <a:moveTo>
+                                <a:pt x="787895" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="781812" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="12192" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="42672"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="289560"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="289560"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="42672"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="12192" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="781812" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="781812" y="42672"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="781812" y="289560"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="787895" y="289560"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="787895" y="42672"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="787895" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="787895" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:497.620026pt;margin-top:63.739971pt;width:62.05pt;height:23.3pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15724544;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape22" coordorigin="9952,1275" coordsize="1241,466" path="m11193,1731l11184,1731,9972,1731,9962,1731,9952,1731,9952,1740,9962,1740,9972,1740,11184,1740,11193,1740,11193,1731xm11193,1275l11184,1275,9972,1275,9962,1275,9952,1275,9952,1284,9952,1342,9952,1731,9962,1731,9962,1342,9962,1284,9972,1284,11184,1284,11184,1342,11184,1731,11193,1731,11193,1342,11193,1284,11193,1275xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="136"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486936064">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3614039</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-1484145</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="285115" cy="241300"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="24" name="Graphic 24"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="285115" cy="241300"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="285115" h="241300">
+                              <a:moveTo>
+                                <a:pt x="284975" y="234708"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284975" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284975" y="234708"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="285115" h="241300">
+                              <a:moveTo>
+                                <a:pt x="284975" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284975" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284975" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284975" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:284.570007pt;margin-top:-116.861824pt;width:22.45pt;height:19pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16380416" id="docshape23" coordorigin="5691,-2337" coordsize="449,380" path="m6140,-1968l6131,-1968,5701,-1968,5691,-1968,5691,-1958,5701,-1958,6131,-1958,6140,-1958,6140,-1968xm6140,-2337l6131,-2337,5701,-2337,5691,-2337,5691,-2328,5691,-1968,5701,-1968,5701,-2328,6131,-2328,6131,-1968,6140,-1968,6140,-2328,6140,-2337xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486936576">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4301617</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-1484145</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="283845" cy="241300"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="25" name="Graphic 25"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="283845" cy="241300"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="283845" h="241300">
+                              <a:moveTo>
+                                <a:pt x="283464" y="234708"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283464" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283464" y="234708"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="283845" h="241300">
+                              <a:moveTo>
+                                <a:pt x="283464" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283464" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283464" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283464" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:338.710022pt;margin-top:-116.861824pt;width:22.35pt;height:19pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16379904" id="docshape24" coordorigin="6774,-2337" coordsize="447,380" path="m7221,-1968l7211,-1968,6784,-1968,6774,-1968,6774,-1958,6784,-1958,7211,-1958,7221,-1958,7221,-1968xm7221,-2337l7211,-2337,6784,-2337,6774,-2337,6774,-2328,6774,-1968,6784,-1968,6784,-2328,7211,-2328,7211,-1968,7221,-1968,7221,-2328,7221,-2337xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486937088">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6069838</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-1484145</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="285115" cy="241300"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="26" name="Graphic 26"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="285115" cy="241300"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="285115" h="241300">
+                              <a:moveTo>
+                                <a:pt x="284988" y="234708"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="234708"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284988" y="240792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284988" y="234708"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="285115" h="241300">
+                              <a:moveTo>
+                                <a:pt x="284988" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284988" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284988" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284988" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:477.940033pt;margin-top:-116.861824pt;width:22.45pt;height:19pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16379392" id="docshape25" coordorigin="9559,-2337" coordsize="449,380" path="m10008,-1968l9998,-1968,9568,-1968,9559,-1968,9559,-1958,9568,-1958,9998,-1958,10008,-1958,10008,-1968xm10008,-2337l9998,-2337,9568,-2337,9559,-2337,9559,-2328,9559,-1968,9568,-1968,9568,-2328,9998,-2328,9998,-1968,10008,-1968,10008,-2328,10008,-2337xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486937600">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4306189</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-873021</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1408430" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="27" name="Graphic 27"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1408430" cy="6350"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1408430" h="6350">
+                              <a:moveTo>
+                                <a:pt x="1408430" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1408430" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1408430" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:339.070007pt;margin-top:-68.741821pt;width:110.9pt;height:.5pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16378880" id="docshape26" coordorigin="6781,-1375" coordsize="2218,10" path="m8999,-1375l6791,-1375,6781,-1375,6781,-1365,6791,-1365,8999,-1365,8999,-1375xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486938112">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4306189</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-583448</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1408430" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="28" name="Graphic 28"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="28" name="Graphic 28"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1408430" cy="6350"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1408430" h="6350">
+                              <a:moveTo>
+                                <a:pt x="1408430" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1408430" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1408430" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:339.070007pt;margin-top:-45.940819pt;width:110.9pt;height:.5pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16378368" id="docshape27" coordorigin="6781,-919" coordsize="2218,10" path="m8999,-919l6791,-919,6781,-919,6781,-909,6791,-909,8999,-909,8999,-919xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15738368">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2477135</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-40904</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4587875" cy="829310"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="29" name="Graphic 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="29" name="Graphic 29"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4587875" cy="829310"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="4587875" h="829310">
+                              <a:moveTo>
+                                <a:pt x="6096" y="582422"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="582422"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="823201"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="823201"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="582422"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4587875" h="829310">
+                              <a:moveTo>
+                                <a:pt x="4587875" y="823214"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="823214"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="823214"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="823214"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="829297"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="829297"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="829297"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="829297"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="823214"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4587875" h="829310">
+                              <a:moveTo>
+                                <a:pt x="4587875" y="582422"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="582422"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="823201"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="823201"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="582422"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4587875" h="829310">
+                              <a:moveTo>
+                                <a:pt x="4587875" y="576326"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="576326"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="576326"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="576326"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="582409"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="582409"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="582409"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="582409"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="576326"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4587875" h="829310">
+                              <a:moveTo>
+                                <a:pt x="4587875" y="288023"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="288023"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="294119"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="533641"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="533641"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="294119"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="294119"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="288023"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="288023"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="288023"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="294068"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="533641"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="539737"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="539737"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="539737"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="539737"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="533641"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="294119"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="288023"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4587875" h="829310">
+                              <a:moveTo>
+                                <a:pt x="4587875" y="6096"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="245351"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="245351"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="245351"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="251447"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="251447"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="251447"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="251447"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="245351"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="6096"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4587875" h="829310">
+                              <a:moveTo>
+                                <a:pt x="4587875" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4581779" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4587875" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:195.050003pt;margin-top:-3.220817pt;width:361.25pt;height:65.3pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15738368" id="docshape28" coordorigin="3901,-64" coordsize="7225,1306" path="m3911,853l3901,853,3901,1232,3911,1232,3911,853xm11126,1232l11116,1232,3911,1232,3901,1232,3901,1242,3911,1242,11116,1242,11126,1242,11126,1232xm11126,853l11116,853,11116,1232,11126,1232,11126,853xm11126,843l11116,843,3911,843,3901,843,3901,853,3911,853,11116,853,11126,853,11126,843xm11126,389l11116,389,11116,399,11116,776,3911,776,3911,399,11116,399,11116,389,3911,389,3901,389,3901,399,3901,399,3901,776,3901,786,3911,786,11116,786,11126,786,11126,776,11126,399,11126,399,11126,389xm11126,-55l11116,-55,11116,322,3911,322,3911,-55,3901,-55,3901,322,3901,332,3911,332,11116,332,11126,332,11126,322,11126,-55xm11126,-64l11116,-64,3911,-64,3901,-64,3901,-55,3911,-55,11116,-55,11126,-55,11126,-64xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Nationality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>British):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="180"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Home</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>language:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="180"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Country</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>origin:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="115"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>516890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>234302</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6219825" cy="492759"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="30" name="Textbox 30"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="30" name="Textbox 30"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6219825" cy="492759"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="5931"/>
+                              <w:gridCol w:w="2432"/>
+                              <w:gridCol w:w="432"/>
+                              <w:gridCol w:w="999"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="354" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="5931" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="34"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Does</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>the</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>child</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>speak</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> English?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2432" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="34"/>
+                                    <w:ind w:right="142"/>
+                                    <w:jc w:val="right"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="432" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="999" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="34"/>
+                                    <w:ind w:right="47"/>
+                                    <w:jc w:val="right"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="371" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="5931" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="52"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Does</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>the</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>parent/carer</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>speak</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>English?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2432" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="52"/>
+                                    <w:ind w:right="142"/>
+                                    <w:jc w:val="right"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="432" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="999" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="52"/>
+                                    <w:ind w:right="47"/>
+                                    <w:jc w:val="right"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:40.700001pt;margin-top:18.449024pt;width:489.75pt;height:38.8pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape29" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="5931"/>
+                        <w:gridCol w:w="2432"/>
+                        <w:gridCol w:w="432"/>
+                        <w:gridCol w:w="999"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="354" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="5931" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="34"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Does</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>child</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>speak</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> English?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2432" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="34"/>
+                              <w:ind w:right="142"/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="432" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="999" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="34"/>
+                              <w:ind w:right="47"/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="371" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="5931" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="52"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Does</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>parent/carer</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>speak</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>English?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2432" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="52"/>
+                              <w:ind w:right="142"/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="432" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="999" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="52"/>
+                              <w:ind w:right="47"/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487592448">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6795261</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>234302</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="292735" cy="492759"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="31" name="Graphic 31"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="31" name="Graphic 31"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="292735" cy="492759"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="292735" h="492759">
+                              <a:moveTo>
+                                <a:pt x="6083" y="486168"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="486168"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="492252"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="492252"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="486168"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="492759">
+                              <a:moveTo>
+                                <a:pt x="6083" y="249948"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="249948"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="256032"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="486156"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="486156"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="256032"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="249948"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="492759">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="492759">
+                              <a:moveTo>
+                                <a:pt x="292595" y="486168"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="486168"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="486168"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="492252"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="492252"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="492252"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="486168"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="492759">
+                              <a:moveTo>
+                                <a:pt x="292595" y="249948"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="249948"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="249948"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="256032"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="256032"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="486156"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="486156"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="256032"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="249948"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="492759">
+                              <a:moveTo>
+                                <a:pt x="292595" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.059998pt;margin-top:18.449017pt;width:23.05pt;height:38.8pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15724032;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape30" coordorigin="10701,369" coordsize="461,776" path="m10711,1135l10701,1135,10701,1144,10711,1144,10711,1135xm10711,763l10701,763,10701,772,10701,1135,10711,1135,10711,772,10711,763xm10711,369l10701,369,10701,379,10701,724,10701,734,10711,734,10711,724,10711,379,10711,369xm11162,1135l11152,1135,10711,1135,10711,1144,11152,1144,11162,1144,11162,1135xm11162,763l11152,763,10711,763,10711,772,11152,772,11152,1135,11162,1135,11162,772,11162,763xm11162,369l11152,369,10711,369,10711,379,11152,379,11152,724,10711,724,10711,734,11152,734,11162,734,11162,724,11162,379,11162,369xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="580" w:lineRule="atLeast"/>
+        <w:ind w:left="326" w:right="3239" w:hanging="173"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>care</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>authority,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>add</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>detail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>below: Local authority:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="396" w:lineRule="auto" w:before="141"/>
+        <w:ind w:left="326" w:right="8804"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15738880">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2025650</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-240999</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5039360" cy="1117600"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="32" name="Graphic 32"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="32" name="Graphic 32"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5039360" cy="1117600"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5033137" y="1111377"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1111377"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1111377"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1117460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1117460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="1117460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="1111377"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5033137" y="864489"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="864489"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="864489"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="870572"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1111364"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1111364"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="870572"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="870572"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="864489"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5033137" y="821804"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="821804"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="582231"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="582231"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="821804"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="827900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="827900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="827900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="821804"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5033137" y="576059"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="576059"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="576059"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="582155"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="582155"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="582155"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="576059"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5033137" y="533400"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="533400"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="533400"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="539483"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="539483"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="539483"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="533400"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5033137" y="286512"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="286512"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="286512"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="292595"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="533387"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="533387"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="292595"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="292595"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="286512"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5033137" y="243840"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="243840"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="243840"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="249923"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="249923"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="249923"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="243840"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5033137" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="243827"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="243827"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033137" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5039360" y="1111377"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="1111377"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="1117460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="1117460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="1111377"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5039360" y="864489"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="864489"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="870572"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="1111364"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="1111364"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="870572"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="864489"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5039360" y="582231"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="582231"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="821804"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="827900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="827900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="821804"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="582231"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5039360" y="576059"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="576059"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="582155"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="582155"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="576059"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5039360" y="533400"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="533400"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="539483"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="539483"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="533400"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5039360" y="286512"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="286512"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="292595"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="533387"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="533387"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="292595"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="286512"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5039360" y="243840"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="243840"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="249923"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="249923"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="243840"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5039360" h="1117600">
+                              <a:moveTo>
+                                <a:pt x="5039360" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5033264" y="243827"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="243827"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5039360" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:159.5pt;margin-top:-18.976343pt;width:396.8pt;height:88pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15738880" id="docshape31" coordorigin="3190,-380" coordsize="7936,1760" path="m11116,1371l3200,1371,3190,1371,3190,1380,3200,1380,11116,1380,11116,1371xm11116,982l3200,982,3190,982,3190,991,3190,1371,3200,1371,3200,991,11116,991,11116,982xm11116,915l3200,915,3200,537,3190,537,3190,915,3190,924,3200,924,11116,924,11116,915xm11116,528l3200,528,3190,528,3190,537,3200,537,11116,537,11116,528xm11116,460l3200,460,3190,460,3190,470,3200,470,11116,470,11116,460xm11116,72l3200,72,3190,72,3190,81,3190,460,3200,460,3200,81,11116,81,11116,72xm11116,4l3200,4,3190,4,3190,14,3200,14,11116,14,11116,4xm11116,-380l3200,-380,3190,-380,3190,-370,3190,4,3200,4,3200,-370,11116,-370,11116,-380xm11126,1371l11116,1371,11116,1380,11126,1380,11126,1371xm11126,982l11116,982,11116,991,11116,1371,11126,1371,11126,991,11126,982xm11126,537l11116,537,11116,915,11116,924,11126,924,11126,915,11126,537xm11126,528l11116,528,11116,537,11126,537,11126,528xm11126,460l11116,460,11116,470,11126,470,11126,460xm11126,72l11116,72,11116,81,11116,460,11126,460,11126,81,11126,72xm11126,4l11116,4,11116,14,11126,14,11126,4xm11126,-380l11116,-380,11116,-370,11116,4,11126,4,11126,-370,11126,-380xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15739392">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6795261</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1077628</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="292735" cy="269875"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="33" name="Graphic 33"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="33" name="Graphic 33"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="292735" cy="269875"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="292735" h="269875">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="263652"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="269748"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="269748"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="263652"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="269875">
+                              <a:moveTo>
+                                <a:pt x="292595" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="263652"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="263652"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="269748"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="269748"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="269748"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="263652"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.059998pt;margin-top:84.852661pt;width:23.05pt;height:21.25pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15739392" id="docshape32" coordorigin="10701,1697" coordsize="461,425" path="m10711,1697l10701,1697,10701,1707,10701,2112,10701,2122,10711,2122,10711,2112,10711,1707,10711,1697xm11162,1697l11152,1697,10711,1697,10711,1707,11152,1707,11152,2112,10711,2112,10711,2122,11152,2122,11162,2122,11162,2112,11162,1707,11162,1697xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15739904">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6795261</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1556177</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="292735" cy="279400"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="34" name="Graphic 34"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="34" name="Graphic 34"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="292735" cy="279400"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="292735" h="279400">
+                              <a:moveTo>
+                                <a:pt x="6083" y="272796"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="272796"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="278879"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="278879"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="272796"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="279400">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="272783"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="272783"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="279400">
+                              <a:moveTo>
+                                <a:pt x="292595" y="272796"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="272796"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="272796"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="278879"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="278879"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="278879"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="272796"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="292735" h="279400">
+                              <a:moveTo>
+                                <a:pt x="292595" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="286512" y="272783"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="272783"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="292595" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.059998pt;margin-top:122.533661pt;width:23.05pt;height:22pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15739904" id="docshape33" coordorigin="10701,2451" coordsize="461,440" path="m10711,2880l10701,2880,10701,2890,10711,2890,10711,2880xm10711,2451l10701,2451,10701,2460,10701,2880,10711,2880,10711,2460,10711,2451xm11162,2880l11152,2880,10711,2880,10711,2890,11152,2890,11162,2890,11162,2880xm11162,2451l11152,2451,10711,2451,10711,2460,11152,2460,11152,2880,11162,2880,11162,2460,11162,2451xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Social Worker: Email address: Phone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>number:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...946 lines deleted...]
-        <w:tblCellSpacing w:w="14" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="255" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:left w:w="115" w:type="dxa"/>
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7389"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="7062"/>
+        <w:gridCol w:w="1302"/>
+        <w:gridCol w:w="433"/>
+        <w:gridCol w:w="325"/>
+        <w:gridCol w:w="676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E599D" w:rsidRPr="00AF77C7" w14:paraId="4A745509" w14:textId="77777777" w:rsidTr="00112EE6">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="386"/>
-          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="753" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6755" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34295DCB" w14:textId="77777777" w:rsidR="000E599D" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="243"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:t>Does the child speak English?</w:t>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Education,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> Plan?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="936" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1302" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="320011A9" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00AF77C7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="96"/>
+              <w:ind w:right="146"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF77C7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="406" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="433" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B23CDD" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00AF77C7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="-6" w:right="-72"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0">
+                      <wp:extent cx="280670" cy="269875"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:docPr id="35" name="Group 35"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="35" name="Group 35"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="280670" cy="269875"/>
+                                <a:chExt cx="280670" cy="269875"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="36" name="Graphic 36"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="280670" cy="269875"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="280670" h="269875">
+                                      <a:moveTo>
+                                        <a:pt x="280416" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="6096"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="263652"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="263652"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="6096"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="6096"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="6096"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="263652"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="269748"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="269748"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="269748"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="280416" y="269748"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="280416" y="263652"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="280416" y="6096"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="280416" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="width:22.1pt;height:21.25pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup34" coordorigin="0,0" coordsize="442,425">
+                      <v:shape style="position:absolute;left:0;top:0;width:442;height:425" id="docshape35" coordorigin="0,0" coordsize="442,425" path="m442,0l432,0,432,10,432,415,10,415,10,10,432,10,432,0,10,0,0,0,0,10,0,415,0,425,10,425,432,425,442,425,442,415,442,10,442,0xe" filled="true" fillcolor="#000000" stroked="false">
+                        <v:path arrowok="t"/>
+                        <v:fill type="solid"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD5B42B" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00AF77C7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="96"/>
+              <w:ind w:right="51"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="429" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="706D8CD7" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00AF77C7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="right"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="94"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF77C7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>No</w:t>
+              </w:rPr>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>disability?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="422" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1302" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C10F4A" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00AF77C7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="94"/>
+              <w:ind w:right="146"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...23 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="406" w:type="dxa"/>
+            <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F694E8D" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00AF77C7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="-6" w:right="-72"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0">
+                      <wp:extent cx="280670" cy="279400"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:docPr id="37" name="Group 37"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="37" name="Group 37"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="280670" cy="279400"/>
+                                <a:chExt cx="280670" cy="279400"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="38" name="Graphic 38"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="12"/>
+                                  <a:ext cx="280670" cy="279400"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="280670" h="279400">
+                                      <a:moveTo>
+                                        <a:pt x="6096" y="272796"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="272796"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="278879"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="278879"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="272796"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="280670" h="279400">
+                                      <a:moveTo>
+                                        <a:pt x="280416" y="272796"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="272796"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="278879"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="280416" y="278879"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="280416" y="272796"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="280670" h="279400">
+                                      <a:moveTo>
+                                        <a:pt x="280416" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="6083"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="272783"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="272783"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="6083"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="6083"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="274320" y="272783"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="280416" y="272783"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="280416" y="6083"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="280416" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="width:22.1pt;height:22pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup36" coordorigin="0,0" coordsize="442,440">
+                      <v:shape style="position:absolute;left:0;top:0;width:442;height:440" id="docshape37" coordorigin="0,0" coordsize="442,440" path="m10,430l0,430,0,439,10,439,10,430xm442,430l432,430,432,439,442,439,442,430xm442,0l432,0,10,0,0,0,0,10,0,430,10,430,10,10,432,10,432,430,442,430,442,10,442,0xe" filled="true" fillcolor="#000000" stroked="false">
+                        <v:path arrowok="t"/>
+                        <v:fill type="solid"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55F72348" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00AF77C7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="94"/>
+              <w:ind w:right="51"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="347" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact" w:before="72"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>yes,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>please</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>state</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>disability:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1302" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05115382" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00AF77C7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="right"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487593984">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>493776</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>67635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6574790" cy="561340"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="39" name="Graphic 39"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="39" name="Graphic 39"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6574790" cy="561340"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6574790" h="561340">
+                              <a:moveTo>
+                                <a:pt x="6574269" y="554736"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="554736"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="554736"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="554736"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="560819"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="560819"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="560819"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6574269" y="560819"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6574269" y="554736"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6574790" h="561340">
+                              <a:moveTo>
+                                <a:pt x="6574269" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="554723"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="554723"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6568186" y="554723"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6574269" y="554723"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6574269" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6574269" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:38.880001pt;margin-top:5.325634pt;width:517.7pt;height:44.2pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15722496;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape38" coordorigin="778,107" coordsize="10354,884" path="m11131,980l11121,980,787,980,778,980,778,990,787,990,11121,990,11131,990,11131,980xm11131,107l11121,107,787,107,778,107,778,116,778,980,787,980,787,116,11121,116,11121,980,11131,980,11131,116,11131,107xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="387" w:top="760" w:bottom="620" w:left="566" w:right="566"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="71"/>
+        <w:ind w:left="153"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>applying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>denominational</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(religious)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>state</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> religion:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487599616">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>117489</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6647815" cy="835660"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="40" name="Graphic 40"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="40" name="Graphic 40"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6647815" cy="835660"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6647815" h="835660">
+                              <a:moveTo>
+                                <a:pt x="6647421" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6641338" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6641338" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6641338" y="829310"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="829310"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6641338" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6641338" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6045"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="829310"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="835406"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="835406"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6641338" y="835406"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6647421" y="835406"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6647421" y="829310"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6647421" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6647421" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:36pt;margin-top:9.251135pt;width:523.4500pt;height:65.8pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15716864;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape39" coordorigin="720,185" coordsize="10469,1316" path="m11188,185l11179,185,11179,195,11179,1491,730,1491,730,195,11179,195,11179,185,730,185,720,185,720,195,720,1491,720,1501,730,1501,11179,1501,11188,1501,11188,1491,11188,195,11188,185xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="115"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="326" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>current/last</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>school,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>authority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Sandwell,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="24"/>
+        <w:ind w:left="326" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>first</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attended.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="204"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15745536">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1688845</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>87039</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5417820" cy="870585"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="41" name="Textbox 41"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="41" name="Textbox 41"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5417820" cy="870585"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="65" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="3860"/>
+                              <w:gridCol w:w="1608"/>
+                              <w:gridCol w:w="2933"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="416" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="8401" w:type="dxa"/>
+                                  <w:gridSpan w:val="3"/>
+                                  <w:tcBorders>
+                                    <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="416" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="8401" w:type="dxa"/>
+                                  <w:gridSpan w:val="3"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="479" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3860" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1608" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:bottom w:val="nil"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="125"/>
+                                    <w:ind w:left="283"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Start </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Date:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2933" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:132.979996pt;margin-top:6.853506pt;width:426.6pt;height:68.55pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15745536" type="#_x0000_t202" id="docshape40" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="65" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="3860"/>
+                        <w:gridCol w:w="1608"/>
+                        <w:gridCol w:w="2933"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="416" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="8401" w:type="dxa"/>
+                            <w:gridSpan w:val="3"/>
+                            <w:tcBorders>
+                              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="416" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="8401" w:type="dxa"/>
+                            <w:gridSpan w:val="3"/>
+                            <w:tcBorders>
+                              <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="479" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3860" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1608" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:bottom w:val="nil"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="125"/>
+                              <w:ind w:left="283"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Start </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Date:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2933" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>School:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="195"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="194"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486942720">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5829046</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>586941</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="280670" cy="231775"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="42" name="Graphic 42"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="42" name="Graphic 42"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="280670" cy="231775"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="280670" h="231775">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="231775">
+                              <a:moveTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:458.980011pt;margin-top:46.215832pt;width:22.1pt;height:18.25pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16373760" id="docshape41" coordorigin="9180,924" coordsize="442,365" path="m9189,924l9180,924,9180,934,9180,1280,9180,1289,9189,1289,9189,1280,9189,934,9189,924xm9621,924l9612,924,9189,924,9189,934,9612,934,9612,1280,9189,1280,9189,1289,9612,1289,9621,1289,9621,1280,9621,934,9621,924xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>authority:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="200"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>516890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>288506</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6160135" cy="231775"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="43" name="Textbox 43"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="43" name="Textbox 43"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6160135" cy="231775"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="6275"/>
+                              <w:gridCol w:w="2801"/>
+                              <w:gridCol w:w="624"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="364" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="6275" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="7"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Is</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>your</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>child</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>still</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>attending</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-1"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>this</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>school</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> regularly?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2801" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="34"/>
+                                    <w:ind w:right="66"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="624" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="34"/>
+                                    <w:ind w:left="268"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:40.700001pt;margin-top:22.717022pt;width:485.05pt;height:18.25pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape42" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="6275"/>
+                        <w:gridCol w:w="2801"/>
+                        <w:gridCol w:w="624"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="364" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="6275" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="7"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Is</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>your</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>child</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>still</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>attending</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-1"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>this</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>school</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> regularly?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2801" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="34"/>
+                              <w:ind w:right="66"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="624" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="34"/>
+                              <w:ind w:left="268"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487600128">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6801358</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>288505</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="281940" cy="231775"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="44" name="Graphic 44"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="44" name="Graphic 44"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="281940" cy="231775"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="281940" h="231775">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="231775">
+                              <a:moveTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="231648"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="225552"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.540039pt;margin-top:22.717005pt;width:22.2pt;height:18.25pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15716352;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape43" coordorigin="10711,454" coordsize="444,365" path="m10720,454l10711,454,10711,464,10711,810,10711,819,10720,819,10720,810,10720,464,10720,454xm11155,454l11145,454,10720,454,10720,464,11145,464,11145,810,10720,810,10720,819,11145,819,11155,819,11155,810,11155,464,11155,454xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="156"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15742976">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3604895</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-42657</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3460115" cy="265430"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="45" name="Graphic 45"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="45" name="Graphic 45"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3460115" cy="265430"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3460115" h="265430">
+                              <a:moveTo>
+                                <a:pt x="3454006" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3454006" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3454006" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3454006" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3454006" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="3460115" h="265430">
+                              <a:moveTo>
+                                <a:pt x="3460115" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="3454019" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3454019" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3454019" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3454019" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3460115" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3460115" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3460115" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3460115" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:283.850006pt;margin-top:-3.358853pt;width:272.45pt;height:20.9pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15742976" id="docshape44" coordorigin="5677,-67" coordsize="5449,418" path="m11116,-67l5687,-67,5677,-67,5677,-58,5677,341,5677,350,5687,350,11116,350,11116,341,5687,341,5687,-58,11116,-58,11116,-67xm11126,-67l11116,-67,11116,-58,11116,341,11116,350,11126,350,11126,341,11126,-58,11126,-67xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486943744">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5829046</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>452642</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="280670" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="46" name="Graphic 46"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="46" name="Graphic 46"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="280670" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="6108"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6108"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="280403" y="6108"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="6108"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:458.980011pt;margin-top:35.641148pt;width:22.1pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16372736" id="docshape45" coordorigin="9180,713" coordsize="442,368" path="m9189,722l9180,722,9180,1070,9180,1080,9189,1080,9189,1070,9189,722xm9189,713l9180,713,9180,722,9189,722,9189,713xm9621,722l9612,722,9612,1070,9189,1070,9189,1080,9612,1080,9621,1080,9621,1070,9621,722xm9621,713l9612,713,9189,713,9189,722,9612,722,9621,722,9621,713xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>No,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>indicate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>last</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>day</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> attended:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="182"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>516890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>277397</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6160135" cy="370840"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="47" name="Textbox 47"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="47" name="Textbox 47"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6160135" cy="370840"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="6829"/>
+                              <w:gridCol w:w="2247"/>
+                              <w:gridCol w:w="625"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="583" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="6829" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="10"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Has</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>your</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>child</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>had</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>any</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>exclusions</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>from</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>any</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>school?</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:line="256" w:lineRule="exact" w:before="21"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>If</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>yes,</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>please</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>provide</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>brief</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>details</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>of</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>the</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>exclusions</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>below.</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2247" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="34"/>
+                                    <w:ind w:left="604"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="625" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="34"/>
+                                    <w:ind w:left="268"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:40.700001pt;margin-top:21.842333pt;width:485.05pt;height:29.2pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape46" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="6829"/>
+                        <w:gridCol w:w="2247"/>
+                        <w:gridCol w:w="625"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="583" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="6829" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="10"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Has</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>your</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>child</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>had</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>any</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>exclusions</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>from</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>any</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>school?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:line="256" w:lineRule="exact" w:before="21"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>If</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>yes,</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>please</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>provide</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>brief</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>details</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>of</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>exclusions</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>below.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2247" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="34"/>
+                              <w:ind w:left="604"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="625" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="34"/>
+                              <w:ind w:left="268"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487600640">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6801358</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>277397</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="281940" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="48" name="Graphic 48"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="48" name="Graphic 48"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="281940" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="6108"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6108"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="281940" y="6108"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="6108"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.540039pt;margin-top:21.842319pt;width:22.2pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15715840;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape47" coordorigin="10711,437" coordsize="444,368" path="m10720,446l10711,446,10711,794,10711,804,10720,804,10720,794,10720,446xm10720,437l10711,437,10711,446,10720,446,10720,437xm11155,446l11145,446,11145,794,10720,794,10720,804,11145,804,11155,804,11155,794,11155,446xm11155,437l11145,437,10720,437,10720,446,11145,446,11155,446,11155,437xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="158"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="226" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3126"/>
+        <w:gridCol w:w="259"/>
+        <w:gridCol w:w="2791"/>
+        <w:gridCol w:w="1606"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="2992" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="119"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF77C7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>No</w:t>
+              </w:rPr>
+              <w:t>School:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="422" w:type="dxa"/>
+            <w:tcW w:w="259" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04BD473F" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00AF77C7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="119"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>exclusion(s):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1606" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="381"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Reason(s):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="132"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>516890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>245618</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6160135" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="49" name="Textbox 49"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="49" name="Textbox 49"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6160135" cy="233679"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="7241"/>
+                              <w:gridCol w:w="1835"/>
+                              <w:gridCol w:w="623"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="367" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="7241" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="10"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Has</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>your</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>child’s</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>current</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>school</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>suggested</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>you</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>transfer</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>your</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>child?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1835" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="36"/>
+                                    <w:ind w:left="192"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="623" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="36"/>
+                                    <w:ind w:left="268"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:40.700001pt;margin-top:19.340031pt;width:485.05pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape48" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="7241"/>
+                        <w:gridCol w:w="1835"/>
+                        <w:gridCol w:w="623"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="367" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="7241" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="10"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Has</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>your</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>child’s</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>current</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>school</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>suggested</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>you</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>transfer</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>your</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>child?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1835" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="36"/>
+                              <w:ind w:left="192"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="623" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="36"/>
+                              <w:ind w:left="268"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487601152">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6802882</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>245630</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="283845" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="50" name="Graphic 50"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="50" name="Graphic 50"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="283845" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="283845" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="283845" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227063"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227063"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="283845" h="233679">
+                              <a:moveTo>
+                                <a:pt x="283451" y="227076"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283451" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283451" y="227076"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="283845" h="233679">
+                              <a:moveTo>
+                                <a:pt x="283451" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="277368" y="227063"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283451" y="227063"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283451" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="283451" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.660034pt;margin-top:19.340998pt;width:22.35pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15715328;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape49" coordorigin="10713,387" coordsize="447,368" path="m10723,744l10713,744,10713,754,10723,754,10723,744xm10723,387l10713,387,10713,396,10713,744,10723,744,10723,396,10723,387xm11160,744l11150,744,10723,744,10723,754,11150,754,11160,754,11160,744xm11160,387l11150,387,10723,387,10723,396,11150,396,11150,744,11160,744,11160,396,11160,387xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="247"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="266" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486944256">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4585081</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-2738104</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2507615" cy="1913255"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="51" name="Graphic 51"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="51" name="Graphic 51"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2507615" cy="1913255"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2507615" h="1913255">
+                              <a:moveTo>
+                                <a:pt x="6083" y="1906790"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1906790"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1912874"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="1912874"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="1906790"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="2507615" h="1913255">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1906778"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="1906778"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="2507615" h="1913255">
+                              <a:moveTo>
+                                <a:pt x="2501138" y="1906790"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1906790"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1912874"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2501138" y="1912874"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2501138" y="1906790"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="2507615" h="1913255">
+                              <a:moveTo>
+                                <a:pt x="2501138" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2501138" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2501138" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="2507615" h="1913255">
+                              <a:moveTo>
+                                <a:pt x="2507348" y="1906790"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2501265" y="1906790"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2501265" y="1912874"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2507348" y="1912874"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2507348" y="1906790"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="2507615" h="1913255">
+                              <a:moveTo>
+                                <a:pt x="2507348" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2501265" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2501265" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2501265" y="1906778"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2507348" y="1906778"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2507348" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2507348" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:361.030029pt;margin-top:-215.598755pt;width:197.45pt;height:150.65pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16372224" id="docshape50" coordorigin="7221,-4312" coordsize="3949,3013" path="m7230,-1309l7221,-1309,7221,-1300,7230,-1300,7230,-1309xm7230,-4312l7221,-4312,7221,-4302,7221,-1309,7230,-1309,7230,-4302,7230,-4312xm11159,-1309l7230,-1309,7230,-1300,11159,-1300,11159,-1309xm11159,-4312l7230,-4312,7230,-4302,11159,-4302,11159,-4312xm11169,-1309l11160,-1309,11160,-1300,11169,-1300,11169,-1309xm11169,-4312l11160,-4312,11160,-4302,11160,-1309,11169,-1309,11169,-4302,11169,-4312xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486944768">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5830570</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-579853</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="280670" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="52" name="Graphic 52"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="52" name="Graphic 52"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="280670" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227063"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227063"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="280403" y="227076"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="233159"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="227076"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="227063"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="227063"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:459.100037pt;margin-top:-45.657745pt;width:22.1pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16371712" id="docshape51" coordorigin="9182,-913" coordsize="442,368" path="m9192,-556l9182,-556,9182,-546,9192,-546,9192,-556xm9192,-913l9182,-913,9182,-904,9182,-556,9192,-556,9192,-904,9192,-913xm9624,-556l9614,-556,9192,-556,9192,-546,9614,-546,9624,-546,9624,-556xm9624,-913l9614,-913,9192,-913,9192,-904,9614,-904,9614,-556,9624,-556,9624,-904,9624,-913xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>box</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>most</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>accurately</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>reflects</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>reason</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>transfer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="570" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7456" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="44" w:after="0"/>
+        <w:ind w:left="570" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Bullying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:spacing w:val="-63"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="570" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7456" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="5" w:after="0"/>
+        <w:ind w:left="570" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Curriculum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>issues</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>quality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>teaching)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:spacing w:val="-63"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Returned</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="570" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7456" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="6" w:after="0"/>
+        <w:ind w:left="570" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Denominational</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(religious)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>reasons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:spacing w:val="-63"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Sandwell</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="570" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7456" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="6" w:after="0"/>
+        <w:ind w:left="570" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Distance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>home</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:spacing w:val="-63"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Permanent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Exclusion</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="570" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7456" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="5" w:after="0"/>
+        <w:ind w:left="570" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Domestic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>problem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:spacing w:val="-63"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Sibling</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="570" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7456" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="8" w:after="0"/>
+        <w:ind w:left="570" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>move</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Traveller</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="570" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7456" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="6" w:after="0"/>
+        <w:ind w:left="570" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Issues</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>parents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+          <w:spacing w:val="-63"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Armed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Forces</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Family</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="570" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="5" w:after="0"/>
+        <w:ind w:left="570" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15745024">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3623183</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>4807</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3484879" cy="234950"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="53" name="Graphic 53"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="53" name="Graphic 53"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3484879" cy="234950"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3484879" h="234950">
+                              <a:moveTo>
+                                <a:pt x="3478276" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1440434" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1434338" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="987806" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="987806" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1434338" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1440434" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3478276" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3478276" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="3484879" h="234950">
+                              <a:moveTo>
+                                <a:pt x="3484486" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="3478403" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3478403" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3478403" y="18288"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3478403" y="228600"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="228600"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="18288"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="981710" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="987793" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="987793" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="981760" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="18288"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="228600"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3478403" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3484486" y="234696"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3484486" y="228600"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3484486" y="18288"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3484486" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3484486" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:285.290009pt;margin-top:.378535pt;width:274.4pt;height:18.5pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15745024" id="docshape52" coordorigin="5706,8" coordsize="5488,370" path="m11183,8l7974,8,7965,8,7261,8,7261,17,7965,17,7974,17,11183,17,11183,8xm11193,8l11184,8,11184,17,11184,36,11184,368,5715,368,5715,36,5715,17,7252,17,7252,17,7261,17,7261,8,7252,8,7252,8,5715,8,5706,8,5706,17,5706,36,5706,368,5706,377,5715,377,11184,377,11193,377,11193,368,11193,36,11193,17,11193,8xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>provision</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>reason:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="387" w:top="760" w:bottom="620" w:left="566" w:right="566"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="71"/>
+        <w:ind w:left="153" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Parent’s/Carer’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>details</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>535177</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>154065</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4589780" cy="377190"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="54" name="Textbox 54"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="54" name="Textbox 54"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4589780" cy="377190"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="749"/>
+                              <w:gridCol w:w="965"/>
+                              <w:gridCol w:w="1518"/>
+                              <w:gridCol w:w="2727"/>
+                              <w:gridCol w:w="1270"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="573" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="749" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="nil"/>
+                                    <w:left w:val="nil"/>
+                                    <w:bottom w:val="nil"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="163"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Title:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="965" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1518" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="nil"/>
+                                    <w:bottom w:val="nil"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="163"/>
+                                    <w:ind w:left="172"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Forename:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2727" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="22"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1270" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="nil"/>
+                                    <w:bottom w:val="nil"/>
+                                    <w:right w:val="nil"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="163"/>
+                                    <w:ind w:left="171"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Surname:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:42.139999pt;margin-top:12.131172pt;width:361.4pt;height:29.7pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape53" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="749"/>
+                        <w:gridCol w:w="965"/>
+                        <w:gridCol w:w="1518"/>
+                        <w:gridCol w:w="2727"/>
+                        <w:gridCol w:w="1270"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="573" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="749" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="nil"/>
+                              <w:left w:val="nil"/>
+                              <w:bottom w:val="nil"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="163"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Title:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="965" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1518" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="nil"/>
+                              <w:bottom w:val="nil"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="163"/>
+                              <w:ind w:left="172"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Forename:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2727" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1270" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="nil"/>
+                              <w:bottom w:val="nil"/>
+                              <w:right w:val="nil"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="163"/>
+                              <w:ind w:left="171"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Surname:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487605248">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5202301</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>154065</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1863089" cy="377190"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="55" name="Graphic 55"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="55" name="Graphic 55"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1863089" cy="377190"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1863089" h="377190">
+                              <a:moveTo>
+                                <a:pt x="1856486" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6045"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="370586"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="376682"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="376682"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1856486" y="376682"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1856486" y="370586"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="370586"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1856486" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1856486" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="1863089" h="377190">
+                              <a:moveTo>
+                                <a:pt x="1862709" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1856613" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1856613" y="6045"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1856613" y="370586"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1856613" y="376682"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1862709" y="376682"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1862709" y="370586"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1862709" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1862709" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:409.630005pt;margin-top:12.131135pt;width:146.7pt;height:29.7pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15711232;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape54" coordorigin="8193,243" coordsize="2934,594" path="m11116,243l8202,243,8193,243,8193,252,8193,252,8193,826,8193,836,8202,836,11116,836,11116,826,8202,826,8202,252,11116,252,11116,243xm11126,243l11116,243,11116,252,11116,252,11116,826,11116,836,11126,836,11126,826,11126,252,11126,252,11126,243xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="238"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15746560">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2190242</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-93203</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4866005" cy="360045"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="56" name="Graphic 56"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="56" name="Graphic 56"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4866005" cy="360045"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="4866005" h="360045">
+                              <a:moveTo>
+                                <a:pt x="4859388" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4859388" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4859388" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4859388" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4859388" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4866005" h="360045">
+                              <a:moveTo>
+                                <a:pt x="4865611" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4859528" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4859528" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4859528" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4859528" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865611" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865611" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865611" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865611" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:172.460007pt;margin-top:-7.338862pt;width:383.15pt;height:28.35pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15746560" id="docshape55" coordorigin="3449,-147" coordsize="7663,567" path="m11102,-147l3459,-147,3449,-147,3449,-137,3449,410,3449,420,3459,420,11102,420,11102,410,3459,410,3459,-137,11102,-137,11102,-147xm11112,-147l11102,-147,11102,-137,11102,410,11102,420,11112,420,11112,410,11112,-137,11112,-147xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Relationship</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>child:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="112"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="283"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15747072">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2190242</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-109414</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4873625" cy="1695450"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="57" name="Graphic 57"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="57" name="Graphic 57"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4873625" cy="1695450"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4867021" y="1688973"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1688973"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1304620"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1304620"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1688973"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1695069"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1695069"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="1695069"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="1688973"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4867021" y="1298448"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1298448"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1298448"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1304544"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1304544"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="1304544"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="1298448"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4867021" y="1255788"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1255788"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1255788"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1261872"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1261872"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="1261872"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="1255788"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4867021" y="865632"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="865632"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="865632"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="871728"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1255776"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1255776"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="871728"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="871728"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="865632"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4867021" y="432816"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="432816"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="432816"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="438912"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="822960"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="829056"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="829056"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="829056"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="822960"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="822960"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="438912"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="438912"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="432816"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4867021" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="390144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="396240"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="396240"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="396240"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="390144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="390144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867021" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4873244" y="1304620"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="1304620"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="1688973"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="1695069"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="1695069"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="1688973"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="1304620"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4873244" y="1298448"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="1298448"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="1304544"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="1304544"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="1298448"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4873244" y="1255788"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="1255788"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="1261872"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="1261872"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="1255788"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4873244" y="865632"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="865632"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="871728"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="1255776"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="1255776"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="871728"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="865632"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4873244" y="432816"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="432816"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="438912"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="822960"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="829056"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="829056"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="822960"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="438912"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="432816"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4873625" h="1695450">
+                              <a:moveTo>
+                                <a:pt x="4873244" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="390144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4867148" y="396240"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="396240"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="390144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4873244" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:172.460007pt;margin-top:-8.615345pt;width:383.75pt;height:133.5pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15747072" id="docshape56" coordorigin="3449,-172" coordsize="7675,2670" path="m11114,2487l3459,2487,3459,1882,3449,1882,3449,2487,3449,2497,3459,2497,11114,2497,11114,2487xm11114,1872l3459,1872,3449,1872,3449,1882,3459,1882,11114,1882,11114,1872xm11114,1805l3459,1805,3449,1805,3449,1815,3459,1815,11114,1815,11114,1805xm11114,1191l3459,1191,3449,1191,3449,1200,3449,1805,3459,1805,3459,1200,11114,1200,11114,1191xm11114,509l3459,509,3449,509,3449,519,3449,1124,3449,1133,3459,1133,11114,1133,11114,1124,3459,1124,3459,519,11114,519,11114,509xm11114,-172l3459,-172,3449,-172,3449,-163,3449,442,3449,452,3459,452,11114,452,11114,442,3459,442,3459,-163,11114,-163,11114,-172xm11124,1882l11114,1882,11114,2487,11114,2497,11124,2497,11124,2487,11124,1882xm11124,1872l11114,1872,11114,1882,11124,1882,11124,1872xm11124,1805l11114,1805,11114,1815,11124,1815,11124,1805xm11124,1191l11114,1191,11114,1200,11114,1805,11124,1805,11124,1200,11124,1191xm11124,509l11114,509,11114,519,11114,1124,11114,1133,11124,1133,11124,1124,11124,519,11124,509xm11124,-172l11114,-172,11114,-163,11114,442,11114,452,11124,452,11124,442,11124,-163,11124,-172xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Home</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>phone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>no.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="129"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="283"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Daytime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>phone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>no.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="132"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="283"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mobile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>no.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="130"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="283"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="184"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="153" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>different</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="176"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15747584">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3562223</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-103919</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3503295" cy="378460"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="58" name="Graphic 58"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="58" name="Graphic 58"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3503295" cy="378460"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3503295" h="378460">
+                              <a:moveTo>
+                                <a:pt x="3502787" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="3496691" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3496691" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3496691" y="371843"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="371843"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3496691" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3496691" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="371843"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="377939"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="377939"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3496691" y="377939"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3502787" y="377939"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3502787" y="371843"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3502787" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3502787" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:280.490021pt;margin-top:-8.182618pt;width:275.850pt;height:29.8pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15747584" id="docshape57" coordorigin="5610,-164" coordsize="5517,596" path="m11126,-164l11116,-164,11116,-154,11116,422,5619,422,5619,-154,11116,-154,11116,-164,5619,-164,5610,-164,5610,-154,5610,422,5610,432,5619,432,11116,432,11126,432,11126,422,11126,-154,11126,-164xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Who</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>resides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>parent/carer:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="105"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15748096">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2190242</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-85218</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4874895" cy="360045"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="59" name="Graphic 59"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="59" name="Graphic 59"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4874895" cy="360045"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="4874895" h="360045">
+                              <a:moveTo>
+                                <a:pt x="4868545" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4868545" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4868545" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4868545" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4868545" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4874895" h="360045">
+                              <a:moveTo>
+                                <a:pt x="4874768" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4868672" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4868672" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4868672" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4868672" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4874768" y="359664"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4874768" y="353568"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4874768" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4874768" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:172.460007pt;margin-top:-6.7101pt;width:383.85pt;height:28.35pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15748096" id="docshape58" coordorigin="3449,-134" coordsize="7677,567" path="m11116,-134l3459,-134,3449,-134,3449,-125,3449,423,3449,432,3459,432,11116,432,11116,423,3459,423,3459,-125,11116,-125,11116,-134xm11126,-134l11116,-134,11116,-125,11116,423,11116,432,11126,432,11126,423,11126,-125,11126,-134xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Relationship</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>child:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="113"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15748608">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2190242</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-109684</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4871720" cy="1623695"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="60" name="Graphic 60"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="60" name="Graphic 60"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4871720" cy="1623695"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4865484" y="1245374"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1245374"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1245374"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1251458"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1617218"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1623314"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1623314"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="1623314"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="1617218"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1617218"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1251458"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="1251458"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="1245374"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4865484" y="830846"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="830846"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="830846"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="836930"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1202690"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1208786"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1208786"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="1208786"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="1202690"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1202690"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="836930"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="836930"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="830846"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4865484" y="414782"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="414782"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="414782"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="420878"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="788162"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="794258"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="794258"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="794258"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="788162"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="788162"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="420878"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="420878"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="414782"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4865484" y="372122"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="372122"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="372122"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="378206"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="378206"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="378206"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="372122"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4865484" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6045"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="372110"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="372110"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865484" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4871720" y="1245374"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="1245374"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="1251458"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="1617218"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="1623314"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="1623314"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="1617218"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="1251458"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="1245374"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4871720" y="830846"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="830846"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="836930"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="1202690"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="1208786"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="1208786"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="1202690"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="836930"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="830846"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4871720" y="414782"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="414782"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="420878"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="788162"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="794258"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="794258"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="788162"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="420878"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="414782"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4871720" y="372122"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="372122"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="378206"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="378206"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="372122"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4871720" h="1623695">
+                              <a:moveTo>
+                                <a:pt x="4871720" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="6045"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4865624" y="372110"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="372110"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4871720" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:172.460007pt;margin-top:-8.636582pt;width:383.6pt;height:127.85pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15748608" id="docshape59" coordorigin="3449,-173" coordsize="7672,2557" path="m11111,1788l3459,1788,3449,1788,3449,1798,3449,2374,3449,2384,3459,2384,11111,2384,11111,2374,3459,2374,3459,1798,11111,1798,11111,1788xm11111,1136l3459,1136,3449,1136,3449,1145,3449,1721,3449,1731,3459,1731,11111,1731,11111,1721,3459,1721,3459,1145,11111,1145,11111,1136xm11111,480l3459,480,3449,480,3449,490,3449,1068,3449,1078,3459,1078,11111,1078,11111,1068,3459,1068,3459,490,11111,490,11111,480xm11111,413l3459,413,3449,413,3449,423,3459,423,11111,423,11111,413xm11111,-173l3459,-173,3449,-173,3449,-163,3449,-163,3449,413,3459,413,3459,-163,11111,-163,11111,-173xm11121,1788l11112,1788,11112,1798,11112,2374,11112,2384,11121,2384,11121,2374,11121,1798,11121,1788xm11121,1136l11112,1136,11112,1145,11112,1721,11112,1731,11121,1731,11121,1721,11121,1145,11121,1136xm11121,480l11112,480,11112,490,11112,1068,11112,1078,11121,1078,11121,1068,11121,490,11121,480xm11121,413l11112,413,11112,423,11121,423,11121,413xm11121,-173l11112,-173,11112,-163,11112,-163,11112,413,11121,413,11121,-163,11121,-163,11121,-173xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>number/name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="103"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Street</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="101"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Town:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="103"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Postcode:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="387" w:top="760" w:bottom="620" w:left="566" w:right="566"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:spacing w:before="72"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Completion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>checklist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Parent/Carer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="276"/>
+        <w:ind w:left="153" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Checklist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="153" w:right="1924"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>tick</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>box</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>sent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>documents. Do not send originals, only copies need to be provided</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="163" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2156"/>
+        <w:gridCol w:w="6662"/>
+        <w:gridCol w:w="1642"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="462" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="405"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> of</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Included</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>✔</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="695" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Proof</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Please</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>see</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>attached</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>document</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>further</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="419" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Part </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Current</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>previous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>school</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>completed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>part</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>form.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="419" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Identification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Child’s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>passport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="421" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Asylum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> Status</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Visa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28F8E64E" w14:textId="77777777" w:rsidR="00F507A3" w:rsidRPr="0090519D" w:rsidRDefault="00F507A3" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FA810FB" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="000E599D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D873F7">
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1DA05470" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="0090519D" w:rsidRDefault="000E599D" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="16"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="321"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15749120">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3013583</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-111304</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4048760" cy="792480"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="61" name="Graphic 61"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="61" name="Graphic 61"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4048760" cy="792480"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="4048760" h="792480">
+                              <a:moveTo>
+                                <a:pt x="6083" y="416052"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="416052"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="422148"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="786384"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="792480"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="792480"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="786384"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="422148"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="416052"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4048760" h="792480">
+                              <a:moveTo>
+                                <a:pt x="6083" y="373392"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="373392"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="379476"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="379476"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="373392"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4048760" h="792480">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="373380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="373380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4048760" h="792480">
+                              <a:moveTo>
+                                <a:pt x="4048379" y="416052"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4042283" y="416052"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="416052"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="422148"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4042283" y="422148"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4042283" y="786384"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="786384"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="792480"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4042283" y="792480"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4048379" y="792480"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4048379" y="786384"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4048379" y="422148"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4048379" y="416052"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4048760" h="792480">
+                              <a:moveTo>
+                                <a:pt x="4048379" y="373392"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4042283" y="373392"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="373392"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="379476"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4042283" y="379476"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4048379" y="379476"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4048379" y="373392"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="4048760" h="792480">
+                              <a:moveTo>
+                                <a:pt x="4048379" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4042283" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4042283" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4042283" y="373380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4048379" y="373380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4048379" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4048379" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:237.290009pt;margin-top:-8.76416pt;width:318.8pt;height:62.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15749120" id="docshape60" coordorigin="4746,-175" coordsize="6376,1248" path="m4755,480l4746,480,4746,490,4746,1063,4746,1073,4755,1073,4755,1063,4755,490,4755,480xm4755,413l4746,413,4746,422,4755,422,4755,413xm4755,-175l4746,-175,4746,-166,4746,413,4755,413,4755,-166,4755,-175xm11121,480l11112,480,4755,480,4755,490,11112,490,11112,1063,4755,1063,4755,1073,11112,1073,11121,1073,11121,1063,11121,490,11121,480xm11121,413l11112,413,4755,413,4755,422,11112,422,11121,422,11121,413xm11121,-175l11112,-175,4755,-175,4755,-166,11112,-166,11112,413,11121,413,11121,-166,11121,-175xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> Parent/Carer:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="101"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="321"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="204"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="266" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>return</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>forms</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="266" w:right="669" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Admissions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Service,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Council</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>House,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>PO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Box</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>16230,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Freeth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Street,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Oldbury, B69 9EX.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="266" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Parent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>line:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>0121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>569</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6765.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="276"/>
+        <w:ind w:left="266" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>inyear_admissions@sandwell.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="387" w:top="760" w:bottom="620" w:left="566" w:right="566"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="134" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486954496">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5829046</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>5537326</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="280670" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="62" name="Graphic 62"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="62" name="Graphic 62"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="280670" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="227342"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227342"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227342"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6057"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227330"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227330"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="280403" y="227342"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="227342"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227342"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="227342"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="227330"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="227330"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:458.980011pt;margin-top:436.009949pt;width:22.1pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-16361984" id="docshape61" coordorigin="9180,8720" coordsize="442,368" path="m9189,9078l9180,9078,9180,9088,9189,9088,9189,9078xm9189,8720l9180,8720,9180,8730,9180,8730,9180,9078,9189,9078,9189,8730,9189,8730,9189,8720xm9621,9078l9612,9078,9189,9078,9189,9088,9612,9088,9621,9088,9621,9078xm9621,8720l9612,8720,9189,8720,9189,8730,9612,8730,9612,9078,9621,9078,9621,8730,9621,8730,9621,8720xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="6629400" cy="671195"/>
+                <wp:effectExtent l="0" t="0" r="0" b="5079"/>
+                <wp:docPr id="63" name="Group 63"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvPr id="63" name="Group 63"/>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6629400" cy="671195"/>
+                          <a:chExt cx="6629400" cy="671195"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="64" name="Graphic 64"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6629400" cy="671195"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6629400" h="671195">
+                                <a:moveTo>
+                                  <a:pt x="6517513" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="111861" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="68322" y="8784"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="32765" y="32750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="8791" y="68312"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="111886"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="559307"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="8791" y="602882"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="32765" y="638444"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="68322" y="662410"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="111861" y="671194"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6517513" y="671194"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6561087" y="662410"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6596649" y="638444"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6620615" y="602882"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6629400" y="559307"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6629400" y="111886"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6620615" y="68312"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6596649" y="32750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6561087" y="8784"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6517513" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="006FC0"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="65" name="Textbox 65"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6629400" cy="671195"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:spacing w:line="322" w:lineRule="exact" w:before="216"/>
+                                <w:ind w:left="136" w:right="228" w:firstLine="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>Now</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>take</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>this</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>form</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>child’s</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>present</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>school</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>(if</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>applicable).</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p>
+                              <w:pPr>
+                                <w:spacing w:before="0"/>
+                                <w:ind w:left="136" w:right="225" w:firstLine="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>The</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>school</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>must</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>complete</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>pages</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>8</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>10.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group style="width:522pt;height:52.85pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup62" coordorigin="0,0" coordsize="10440,1057">
+                <v:shape style="position:absolute;left:0;top:0;width:10440;height:1057" id="docshape63" coordorigin="0,0" coordsize="10440,1057" path="m10264,0l176,0,108,14,52,52,14,108,0,176,0,881,14,949,52,1005,108,1043,176,1057,10264,1057,10332,1043,10388,1005,10426,949,10440,881,10440,176,10426,108,10388,52,10332,14,10264,0xe" filled="true" fillcolor="#006fc0" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:0;top:0;width:10440;height:1057" type="#_x0000_t202" id="docshape64" filled="false" stroked="false">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:spacing w:line="322" w:lineRule="exact" w:before="216"/>
+                          <w:ind w:left="136" w:right="228" w:firstLine="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>Now</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>take</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>this</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>form</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>child’s</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>present</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>school</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>(if</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>applicable).</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p>
+                        <w:pPr>
+                          <w:spacing w:before="0"/>
+                          <w:ind w:left="136" w:right="225" w:firstLine="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>The</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>school</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>must</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>complete</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>pages</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>8</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>10.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap type="none"/>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="124"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Part</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>2:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:spacing w:before="230"/>
+        <w:ind w:right="199"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486953472">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5809234</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1622571</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="279400" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="66" name="Graphic 66"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="66" name="Graphic 66"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="279400" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="279400" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="6108"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6108"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="279400" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="279400" h="233679">
+                              <a:moveTo>
+                                <a:pt x="278892" y="6108"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="272796" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="272796" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="272796" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="6108"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="279400" h="233679">
+                              <a:moveTo>
+                                <a:pt x="278892" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="272796" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="272796" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="278892" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:457.420013pt;margin-top:127.761536pt;width:22pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16363008" id="docshape65" coordorigin="9148,2555" coordsize="440,368" path="m9158,2565l9148,2565,9148,2913,9148,2922,9158,2922,9158,2913,9158,2565xm9158,2555l9148,2555,9148,2565,9158,2565,9158,2555xm9588,2565l9578,2565,9578,2913,9158,2913,9158,2922,9578,2922,9588,2922,9588,2913,9588,2565xm9588,2555l9578,2555,9158,2555,9158,2565,9578,2565,9588,2565,9588,2555xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>school:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>essential</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>sections</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>are completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>and returned to the address on page 7, or emailed to the address on page 10, within three school days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblCellSpacing w:w="29" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="304" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="58" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2441"/>
-        <w:gridCol w:w="8020"/>
+        <w:gridCol w:w="1861"/>
+        <w:gridCol w:w="4150"/>
+        <w:gridCol w:w="4241"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E599D" w:rsidRPr="00B34788" w14:paraId="1EA636CC" w14:textId="77777777" w:rsidTr="000E599D">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="230"/>
-          <w:tblCellSpacing w:w="29" w:type="dxa"/>
+          <w:trHeight w:val="424" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="pct"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AD40BDB" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00B34788" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="29"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...9 lines deleted...]
-              <w:t>a</w:t>
+              </w:rPr>
+              <w:t>Child’s </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>uthority:</w:t>
+              </w:rPr>
+              <w:t>name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3787" w:type="pct"/>
+            <w:tcW w:w="4150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23D788C2" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00B34788" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="144"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+              </w:rPr>
+              <w:t>Birth:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E599D" w:rsidRPr="00B34788" w14:paraId="189BB94C" w14:textId="77777777" w:rsidTr="000E599D">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="202"/>
-          <w:tblCellSpacing w:w="29" w:type="dxa"/>
+          <w:trHeight w:val="441" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="pct"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6990EC0D" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00B34788" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="98"/>
+              <w:ind w:left="29"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...1 lines deleted...]
-              <w:t>Social Worker:</w:t>
+              </w:rPr>
+              <w:t>School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3787" w:type="pct"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="8391" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="77BC948C" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00B34788" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...127 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="691F46F2" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="0090519D" w:rsidRDefault="000E599D" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="111"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>516890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>231774</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6201410" cy="635000"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="67" name="Textbox 67"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="67" name="Textbox 67"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6201410" cy="635000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="7480"/>
+                              <w:gridCol w:w="1321"/>
+                              <w:gridCol w:w="965"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="526" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="7480" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="10"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Can</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>you</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>confirm</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>that</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>the</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>information</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>about</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>the</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>applicant</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>is</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> correct?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1321" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="46"/>
+                                    <w:ind w:left="297"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="965" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="46"/>
+                                    <w:ind w:left="608"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="472" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="7480" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:line="256" w:lineRule="exact" w:before="196"/>
+                                    <w:ind w:left="78"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>If</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>no,</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>please</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>supply</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>supporting</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>evidence.</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1321" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="965" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:40.700001pt;margin-top:18.249998pt;width:488.3pt;height:50pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape66" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="7480"/>
+                        <w:gridCol w:w="1321"/>
+                        <w:gridCol w:w="965"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="526" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="7480" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="10"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Can</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>you</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>confirm</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>that</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>information</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>about</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>applicant</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>is</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> correct?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1321" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="46"/>
+                              <w:ind w:left="297"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="965" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="46"/>
+                              <w:ind w:left="608"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="472" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="7480" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:line="256" w:lineRule="exact" w:before="196"/>
+                              <w:ind w:left="78"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>If</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>no,</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>please</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>supply</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>supporting</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>evidence.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1321" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="965" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487609344">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6776973</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>231774</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="281940" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="68" name="Graphic 68"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="68" name="Graphic 68"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="281940" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="6108"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6108"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="281927" y="6108"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281927" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281927" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281927" y="6108"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="281927" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281927" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281927" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:533.619995pt;margin-top:18.249979pt;width:22.2pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15707136;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape67" coordorigin="10672,365" coordsize="444,368" path="m10682,375l10672,375,10672,723,10672,732,10682,732,10682,723,10682,375xm10682,365l10672,365,10672,375,10682,375,10682,365xm11116,375l11107,375,11107,723,10682,723,10682,732,11107,732,11116,732,11116,723,11116,375xm11116,365l11107,365,10682,365,10682,375,11107,375,11116,375,11116,365xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="912" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="242"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>give</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>available</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>about</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>circumstances</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>led</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="912"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486953984">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5829046</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>987528</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="280670" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="69" name="Graphic 69"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="69" name="Graphic 69"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="280670" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="227088"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227088"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227088"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="280403" y="227088"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="227088"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227088"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="227088"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="233679">
+                              <a:moveTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:458.980011pt;margin-top:77.758179pt;width:22.1pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-16362496" id="docshape68" coordorigin="9180,1555" coordsize="442,368" path="m9189,1913l9180,1913,9180,1922,9189,1922,9189,1913xm9189,1555l9180,1555,9180,1565,9180,1913,9189,1913,9189,1565,9189,1555xm9621,1913l9612,1913,9189,1913,9189,1922,9612,1922,9621,1922,9621,1913xm9621,1555l9612,1555,9189,1555,9189,1565,9612,1565,9612,1913,9621,1913,9621,1565,9621,1555xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>parent’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487609856">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>865936</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>73143</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6202680" cy="634365"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="70" name="Graphic 70"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="70" name="Graphic 70"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6202680" cy="634365"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6202680" h="634365">
+                              <a:moveTo>
+                                <a:pt x="6195949" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="627888"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6195949" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6195949" y="627888"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="627888"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6195949" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6195949" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6202680" h="634365">
+                              <a:moveTo>
+                                <a:pt x="6202108" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6196025" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6196025" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6196025" y="627888"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6196025" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6202108" y="633984"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6202108" y="627888"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6202108" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6202108" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:68.184006pt;margin-top:5.759351pt;width:488.4pt;height:49.95pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15706624;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape69" coordorigin="1364,115" coordsize="9768,999" path="m11121,115l1373,115,1364,115,1364,125,1364,1104,1364,1114,1373,1114,11121,1114,11121,1104,1373,1104,1373,125,11121,125,11121,115xm11131,115l11121,115,11121,125,11121,1104,11121,1114,11131,1114,11131,1104,11131,125,11131,115xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>516890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>812283</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6225540" cy="357505"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="71" name="Textbox 71"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="71" name="Textbox 71"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6225540" cy="357505"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="450"/>
+                              <w:gridCol w:w="6944"/>
+                              <w:gridCol w:w="1441"/>
+                              <w:gridCol w:w="968"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="562" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="450" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="10"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>2.</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="6944" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:line="270" w:lineRule="atLeast"/>
+                                    <w:ind w:left="198" w:right="411"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Do</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>you</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>believe</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>that</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>a</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>change</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>of</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>school</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>would</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>be</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>in</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>the</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>best educational and social interests of the child?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1441" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="46"/>
+                                    <w:ind w:left="414"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="968" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="46"/>
+                                    <w:ind w:left="613"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:40.700001pt;margin-top:63.959366pt;width:490.2pt;height:28.15pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape70" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="450"/>
+                        <w:gridCol w:w="6944"/>
+                        <w:gridCol w:w="1441"/>
+                        <w:gridCol w:w="968"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="562" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="450" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="10"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>2.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="6944" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:line="270" w:lineRule="atLeast"/>
+                              <w:ind w:left="198" w:right="411"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Do</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>you</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>believe</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>that</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>a</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>change</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>of</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>school</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>would</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>be</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>in</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>best educational and social interests of the child?</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1441" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="46"/>
+                              <w:ind w:left="414"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="968" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="46"/>
+                              <w:ind w:left="613"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487610368">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6801358</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>812283</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="281940" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="72" name="Graphic 72"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="72" name="Graphic 72"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="281940" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="227088"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227088"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227088"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="281940" y="227088"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="227088"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227088"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="227088"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.540039pt;margin-top:63.959354pt;width:22.2pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15706112;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape71" coordorigin="10711,1279" coordsize="444,368" path="m10720,1637l10711,1637,10711,1646,10720,1646,10720,1637xm10720,1279l10711,1279,10711,1289,10711,1637,10720,1637,10720,1289,10720,1279xm11155,1637l11145,1637,10720,1637,10720,1646,11145,1646,11155,1646,11155,1637xm11155,1279l11145,1279,10720,1279,10720,1289,11145,1289,11145,1637,11155,1637,11155,1289,11155,1279xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>516890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1301487</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6225540" cy="532765"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="73" name="Textbox 73"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="73" name="Textbox 73"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6225540" cy="532765"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:jc w:val="left"/>
+                              <w:tblInd w:w="7" w:type="dxa"/>
+                              <w:tblBorders>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:tblBorders>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblCellMar>
+                                <w:top w:w="0" w:type="dxa"/>
+                                <w:left w:w="0" w:type="dxa"/>
+                                <w:bottom w:w="0" w:type="dxa"/>
+                                <w:right w:w="0" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="01E0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="450"/>
+                              <w:gridCol w:w="7139"/>
+                              <w:gridCol w:w="1247"/>
+                              <w:gridCol w:w="969"/>
+                            </w:tblGrid>
+                            <w:tr>
+                              <w:trPr>
+                                <w:trHeight w:val="838" w:hRule="atLeast"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="450" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="10"/>
+                                    <w:ind w:left="50"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>3.</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="7139" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="10"/>
+                                    <w:ind w:left="198"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Do</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>you</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>consider</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>that</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>this</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>child</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>is</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>“Hard</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>to</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Place”</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>as</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>set</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>down</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>in</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="198"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>the</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Sandwell</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Fair</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Access</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Protocol?</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:line="256" w:lineRule="exact"/>
+                                    <w:ind w:left="198"/>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>(If</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>yes,</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>please</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>complete</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:spacing w:val="1"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>question</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>5 </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>below.)</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="1247" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="46"/>
+                                    <w:ind w:left="219"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Yes</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="969" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:before="46"/>
+                                    <w:ind w:left="612"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-5"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>No</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:40.700001pt;margin-top:102.479362pt;width:490.2pt;height:41.95pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape72" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:jc w:val="left"/>
+                        <w:tblInd w:w="7" w:type="dxa"/>
+                        <w:tblBorders>
+                          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        </w:tblBorders>
+                        <w:tblLayout w:type="fixed"/>
+                        <w:tblCellMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="0" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="0" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="01E0"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="450"/>
+                        <w:gridCol w:w="7139"/>
+                        <w:gridCol w:w="1247"/>
+                        <w:gridCol w:w="969"/>
+                      </w:tblGrid>
+                      <w:tr>
+                        <w:trPr>
+                          <w:trHeight w:val="838" w:hRule="atLeast"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="450" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="10"/>
+                              <w:ind w:left="50"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>3.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="7139" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="10"/>
+                              <w:ind w:left="198"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Do</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>you</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>consider</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>that</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>this</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>child</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>is</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>“Hard</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>to</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Place”</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>as</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>set</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>down</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>in</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="198"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Sandwell</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Fair</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Access</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Protocol?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:line="256" w:lineRule="exact"/>
+                              <w:ind w:left="198"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>(If</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>yes,</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>please</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>complete</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="1"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>question</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>5 </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>below.)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="1247" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="46"/>
+                              <w:ind w:left="219"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Yes</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="969" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p>
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:before="46"/>
+                              <w:ind w:left="612"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>No</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p>
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487610880">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6801358</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1301487</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="281940" cy="233679"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="74" name="Graphic 74"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="74" name="Graphic 74"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="281940" cy="233679"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="227342"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227342"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227342"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6057"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227330"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227330"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="281940" y="227342"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="227342"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227342"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="233426"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="227342"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="233679">
+                              <a:moveTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="227330"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="227330"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.540039pt;margin-top:102.479355pt;width:22.2pt;height:18.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15705600;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape73" coordorigin="10711,2050" coordsize="444,368" path="m10720,2408l10711,2408,10711,2417,10720,2417,10720,2408xm10720,2050l10711,2050,10711,2059,10711,2059,10711,2408,10720,2408,10720,2059,10720,2059,10720,2050xm11155,2408l11145,2408,10720,2408,10720,2417,11145,2417,11155,2417,11155,2408xm11155,2050l11145,2050,10720,2050,10720,2059,11145,2059,11145,2408,11155,2408,11155,2059,11155,2059,11155,2050xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblCellSpacing w:w="14" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="255" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:left w:w="115" w:type="dxa"/>
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7740"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="7126"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="429"/>
+        <w:gridCol w:w="322"/>
+        <w:gridCol w:w="673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E599D" w:rsidRPr="00D873F7" w14:paraId="5067316B" w14:textId="77777777" w:rsidTr="0090519D">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="386"/>
-          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="356" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7698" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="451" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF1A8E6" w14:textId="33C46C13" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D873F7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...49 lines deleted...]
-              <w:t>Care Plan?</w:t>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="667" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24E96A7B" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="0090519D">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="right"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="36"/>
+              <w:ind w:left="199"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D873F7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>pupil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>EHCP?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="36"/>
+              <w:ind w:left="84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486955008">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>503369</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-306</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="279400" cy="487680"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="75" name="Group 75"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="75" name="Group 75"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="279400" cy="487680"/>
+                                <a:chExt cx="279400" cy="487680"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="76" name="Graphic 76"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="279400" cy="487680"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="279400" h="487680">
+                                      <a:moveTo>
+                                        <a:pt x="6096" y="251460"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="251460"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="481584"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="481584"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="251460"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="279400" h="487680">
+                                      <a:moveTo>
+                                        <a:pt x="6096" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="220980"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="220980"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="279400" h="487680">
+                                      <a:moveTo>
+                                        <a:pt x="278879" y="481596"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="481596"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="481596"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="481596"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="487680"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="487680"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="487680"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="487680"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="481596"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="279400" h="487680">
+                                      <a:moveTo>
+                                        <a:pt x="278879" y="251460"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="251460"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="481584"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="481584"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="251460"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="279400" h="487680">
+                                      <a:moveTo>
+                                        <a:pt x="278879" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="220980"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="220980"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="position:absolute;margin-left:39.635391pt;margin-top:-.024143pt;width:22pt;height:38.4pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-16361472" id="docshapegroup74" coordorigin="793,0" coordsize="440,768">
+                      <v:shape style="position:absolute;left:792;top:-1;width:440;height:768" id="docshape75" coordorigin="793,0" coordsize="440,768" path="m802,396l793,396,793,758,802,758,802,396xm802,0l793,0,793,348,802,348,802,0xm1232,758l1222,758,802,758,793,758,793,768,802,768,1222,768,1232,768,1232,758xm1232,396l1222,396,1222,758,1232,758,1232,396xm1232,0l1222,0,1222,348,1232,348,1232,0xe" filled="true" fillcolor="#000000" stroked="false">
+                        <v:path arrowok="t"/>
+                        <v:fill type="solid"/>
+                      </v:shape>
+                      <w10:wrap type="none"/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:tcMar>
-[...3 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29A6ABF4" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="365" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="322" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1F7D1D" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="250FBAB2" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="0090519D">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="36"/>
+              <w:ind w:right="44"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D873F7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="621" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="506" w:right="182" w:hanging="308"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>a)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>pupil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>SEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Stage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>behaviour?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="459" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="677A0D90" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...97 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="442" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:tcMar>
-[...3 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="557FB025" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="365" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="322" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E95580E" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="625FD80B" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="0090519D">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
+              <w:ind w:right="44"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D873F7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="410" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="82"/>
+              <w:ind w:left="189"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>b)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>pupil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>SEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Stage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>learning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="459" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11EFF85D" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="00D873F7" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="82"/>
+              <w:ind w:left="84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...280 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...236 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="406" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="429" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46B99BF8" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="000E599D" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:bCs/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="-4" w:right="-72"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0">
+                      <wp:extent cx="279400" cy="242570"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:docPr id="77" name="Group 77"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="77" name="Group 77"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="279400" cy="242570"/>
+                                <a:chExt cx="279400" cy="242570"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="78" name="Graphic 78"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="12"/>
+                                  <a:ext cx="279400" cy="242570"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="279400" h="242570">
+                                      <a:moveTo>
+                                        <a:pt x="278879" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="6083"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="236207"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="236207"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="6083"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="6083"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="6083"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="236207"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="242303"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6096" y="242303"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="272796" y="242303"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="242303"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="236207"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="6083"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="278879" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="width:22pt;height:19.1pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup76" coordorigin="0,0" coordsize="440,382">
+                      <v:shape style="position:absolute;left:0;top:0;width:440;height:382" id="docshape77" coordorigin="0,0" coordsize="440,382" path="m439,0l430,0,430,10,430,372,10,372,10,10,430,10,430,0,10,0,0,0,0,10,0,372,0,382,10,382,430,382,439,382,439,372,439,10,439,0xe" filled="true" fillcolor="#000000" stroked="false">
+                        <v:path arrowok="t"/>
+                        <v:fill type="solid"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59A14AC4" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="000E599D" w:rsidRDefault="000E599D" w:rsidP="00112EE6">
+          <w:p>
             <w:pPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:bCs/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="82"/>
+              <w:ind w:right="44"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...21 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="204B799A" w14:textId="77777777" w:rsidR="000E599D" w:rsidRPr="000E599D" w:rsidRDefault="000E599D" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="895" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="162" w:after="0"/>
+        <w:ind w:left="895" w:right="0" w:hanging="597"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4486 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D809249" wp14:editId="1878AD79">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15755264">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-12700</wp:posOffset>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6801358</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-69850</wp:posOffset>
+                  <wp:posOffset>-906145</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6629400" cy="671497"/>
+                <wp:extent cx="281940" cy="494030"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="12" name="Group 12"/>
-[...1 lines deleted...]
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <wp:docPr id="79" name="Graphic 79"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="79" name="Graphic 79"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="281940" cy="494030"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="281940" h="494030">
+                              <a:moveTo>
+                                <a:pt x="6083" y="487692"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="487692"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="493776"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="493776"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="487692"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="494030">
+                              <a:moveTo>
+                                <a:pt x="6083" y="251460"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="251460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="257556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="487680"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="487680"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="257556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="251460"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="494030">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="494030">
+                              <a:moveTo>
+                                <a:pt x="281940" y="487692"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="487692"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="487692"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="493776"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="493776"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="493776"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="487692"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="494030">
+                              <a:moveTo>
+                                <a:pt x="281940" y="251460"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="251460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="251460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="257556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="257556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="487680"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="487680"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="257556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="251460"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="494030">
+                              <a:moveTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="233172"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="227076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.540039pt;margin-top:-71.350006pt;width:22.2pt;height:38.9pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15755264" id="docshape78" coordorigin="10711,-1427" coordsize="444,778" path="m10720,-659l10711,-659,10711,-649,10720,-649,10720,-659xm10720,-1031l10711,-1031,10711,-1021,10711,-659,10720,-659,10720,-1021,10720,-1031xm10720,-1427l10711,-1427,10711,-1417,10711,-1069,10711,-1060,10720,-1060,10720,-1069,10720,-1417,10720,-1427xm11155,-659l11145,-659,10720,-659,10720,-649,11145,-649,11155,-649,11155,-659xm11155,-1031l11145,-1031,10720,-1031,10720,-1021,11145,-1021,11145,-659,11155,-659,11155,-1021,11155,-1031xm11155,-1427l11145,-1427,10720,-1427,10720,-1417,11145,-1417,11145,-1069,10720,-1069,10720,-1060,11145,-1060,11155,-1060,11155,-1069,11155,-1417,11155,-1427xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15755776">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6801358</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-241668</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="281940" cy="242570"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="80" name="Graphic 80"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="80" name="Graphic 80"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="281940" cy="242570"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="281940" h="242570">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="236207"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="236207"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="281940" h="242570">
+                              <a:moveTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="236207"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="236207"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="275844" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="236207"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="281940" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.540039pt;margin-top:-19.029005pt;width:22.2pt;height:19.1pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15755776" id="docshape79" coordorigin="10711,-381" coordsize="444,382" path="m10720,-381l10711,-381,10711,-371,10711,-9,10711,1,10720,1,10720,-9,10720,-371,10720,-381xm11155,-381l11145,-381,10720,-381,10720,-371,11145,-371,11145,-9,10720,-9,10720,1,11145,1,11155,1,11155,-9,11155,-371,11155,-381xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15756288">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6805930</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>296303</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="280670" cy="242570"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="81" name="Graphic 81"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="81" name="Graphic 81"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="280670" cy="242570"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="280670" h="242570">
+                              <a:moveTo>
+                                <a:pt x="6083" y="236220"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="236220"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="236220"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="242570">
+                              <a:moveTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="236207"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="236207"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6083" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="242570">
+                              <a:moveTo>
+                                <a:pt x="280403" y="236220"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="236220"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="236220"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="242303"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="236220"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="280670" h="242570">
+                              <a:moveTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="274320" y="236207"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="236207"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280403" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:535.900024pt;margin-top:23.330997pt;width:22.1pt;height:19.1pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15756288" id="docshape80" coordorigin="10718,467" coordsize="442,382" path="m10728,839l10718,839,10718,848,10728,848,10728,839xm10728,467l10718,467,10718,476,10718,839,10728,839,10728,476,10728,467xm11160,839l11150,839,10728,839,10728,848,11150,848,11160,848,11160,839xm11160,467l11150,467,10728,467,10728,476,11150,476,11150,839,11160,839,11160,476,11160,467xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pupils</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>designated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“Hard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Place”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>applicable)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1201" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1203" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="70" w:after="0"/>
+        <w:ind w:left="1203" w:right="1930" w:hanging="317"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Pupil</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>incident</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>log</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>details</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>fixed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>term</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>exclusions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>last 12 months)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1201" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="111" w:after="0"/>
+        <w:ind w:left="1201" w:right="0" w:hanging="315"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15756800">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>6805930</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>37764</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="280670" cy="1544320"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="82" name="Group 82"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
+                      <wpg:cNvPr id="82" name="Group 82"/>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6629400" cy="671497"/>
-[...1 lines deleted...]
-                          <a:chExt cx="5979226" cy="730333"/>
+                          <a:ext cx="280670" cy="1544320"/>
+                          <a:chExt cx="280670" cy="1544320"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="1" name="Rectangle: Rounded Corners 1"/>
+                        <wps:cNvPr id="83" name="Graphic 83"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="28635" y="0"/>
-                            <a:ext cx="5979226" cy="730333"/>
+                            <a:off x="0" y="12"/>
+                            <a:ext cx="280670" cy="1544320"/>
                           </a:xfrm>
-                          <a:prstGeom prst="roundRect">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="1538097"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1538097"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1544180"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1544180"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1538097"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="1301864"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1301864"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1307960"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1538084"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1538084"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1307960"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1301864"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="1047369"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1047369"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1277480"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1283576"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1283576"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1277480"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1047369"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="1041273"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1041273"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1047356"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1047356"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1041273"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="1016889"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1016889"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1022972"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1022972"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1016889"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="780669"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="780669"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="786752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1016876"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="1016876"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="786752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="780669"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="756285"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="756285"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="762368"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="762368"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="756285"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="520052"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="520052"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="526148"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="756272"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="756272"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="526148"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="520052"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="495681"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="495681"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="501764"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="501764"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="495681"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="259461"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="259461"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="265544"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="495668"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="495668"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="265544"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="259461"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="6159"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6159"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="235064"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="241160"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="241160"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="235064"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="6159"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6083"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="6083"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="1538097"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1538097"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1538097"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1544180"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1544180"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1544180"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1538097"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="1301864"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1301864"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1301864"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1307960"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1307960"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1307960"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1301864"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="1047369"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1047369"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1277480"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1277480"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1283576"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1283576"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1283576"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1277480"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1047369"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="1041273"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1041273"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1041273"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1047356"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1047356"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1047356"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1041273"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="1016889"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1016889"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1016889"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="1022972"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1022972"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1022972"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1016889"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="780669"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="780669"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="780669"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="786752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="786752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="1016876"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="1016876"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="786752"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="780669"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="756285"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="756285"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="756285"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="762368"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="762368"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="762368"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="756285"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="520052"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="520052"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="520052"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="526148"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="526148"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="756272"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="756272"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="526148"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="520052"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="495681"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="495681"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="495681"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="501764"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="501764"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="501764"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="495681"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="259461"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="259461"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="259461"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="265544"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="265544"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="495668"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="495668"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="265544"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="259461"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="6159"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="6159"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="235064"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="235064"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="241160"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="241160"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="241160"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="235064"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="6159"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="1544320">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6096" y="6083"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="6083"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="6083"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:solidFill>
-                            <a:srgbClr val="0070C0"/>
+                            <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </wps:spPr>
-                        <wps:style>
-[...15 lines deleted...]
-                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="5" name="Text Box 2"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="84" name="Graphic 84"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="114436" y="95572"/>
-                            <a:ext cx="5755821" cy="581891"/>
+                            <a:off x="0" y="1307972"/>
+                            <a:ext cx="280670" cy="230504"/>
                           </a:xfrm>
-                          <a:prstGeom prst="rect">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-[...6 lines deleted...]
-                          </a:ln>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="280670" h="230504">
+                                <a:moveTo>
+                                  <a:pt x="6083" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="230124"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="230124"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6083" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="280670" h="230504">
+                                <a:moveTo>
+                                  <a:pt x="280403" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274320" y="230124"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="230124"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="280403" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
                         </wps:spPr>
-                        <wps:txbx>
-[...82 lines deleted...]
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0D809249" id="Group 12" o:spid="_x0000_s1035" style="position:absolute;margin-left:-1pt;margin-top:-5.5pt;width:522pt;height:52.85pt;z-index:251661312;mso-width-relative:margin;mso-height-relative:margin" coordorigin="286" coordsize="59792,7303" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDd/DiSrwMAACEJAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vttu4zYQfS/QfyD43liWLV+EKAvXuwkK&#10;pLtBkmKfaYqyhFIkS9KR06/vDCnJWSfYXWzbPCi8zAxnDs8c+vLdsZXkSVjXaFXQ6UVCiVBcl43a&#10;F/SPx+tfVpQ4z1TJpFaioM/C0XdXP/902ZlcpLrWshSWQBDl8s4UtPbe5JOJ47VombvQRijYrLRt&#10;mYep3U9KyzqI3spJmiSLSadtaazmwjlYfR836VWIX1WC+09V5YQnsqCQmw9fG747/E6uLlm+t8zU&#10;De/TYD+QRcsaBYeOod4zz8jBNq9CtQ232unKX3DdTnRVNVyEGqCaaXJWzY3VBxNq2efd3owwAbRn&#10;OP1wWP7x6caaB3NnAYnO7AGLMMNajpVt8T9kSY4BsucRMnH0hMPiYpGu5wkgy2FvsZzO18uIKa8B&#10;eHRLV4tZRsnJldcfeudsvVyn6SI6L2fJbDZD58lw9OSLhDoDFHEnFNy/Q+GhZkYEcF0OKNxZ0pTA&#10;YEoUa4Go90AdpvZS5OReH1QpSrLVVgHTyRSTxGzAbUTO5Q5AfAO2V/UP0H2repYb6/yN0C3BQUGB&#10;DarEvALT2NOt8xGtwQ5Pd1o25XUjZZjY/W4rLXliSP9kmWwD4wHgL8ykQmOl0S1GxBVAfygqjPyz&#10;FGgn1b2oACy825BJaFYxnsM4F8pP41bNShGPzxL466939AiXHQJi5ArOH2P3AVAIXseOWfb26CpC&#10;r4/OydcSi86jRzhZKz86t43S9q0AEqrqT472A0gRGkRpp8tnoJLVUWmc4dcNXN4tc/6OWZAWaBWQ&#10;S/8JPpXUXUF1P6Kk1vbvt9bRHrgOu5R0IFUFdX8dmBWUyN8UdMF6Op+jtoXJPFumMLEvd3Yvd9Sh&#10;3WqgAzAdsgtDtPdyGFZWt59BVTd4KmwxxeHsgnJvh8nWRwkFXeZiswlmoGeG+Vv1YDgGR1SRl4/H&#10;z8yansEeuP9RD53H8jMOR1v0VHpz8LpqAsFPuPZ4gwrEBvzf5QCEK8rBI3btr/pI0rPmJ/4Iy0PF&#10;ztxq/qcjSm9rUA+xsVZ3tWAlXFPkDhbT60asAWWD7LrfdQmqw6DqAN2Z9k7himcglKCi6wxuGJMA&#10;0g86usyyVQoXiiKcraar9cDTIcygEIOSfENERinAbidA0nWWZiGvFztt4+Hplk1b0BX2dv+YYrUf&#10;VBkS9KyRcQyS84am+OPuGGQ36P7pnsf++W+pPzDZn/H4OxkXniN4h4No9b8Z8KF/OQ8MPf2yufoH&#10;AAD//wMAUEsDBBQABgAIAAAAIQDK5q9P3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMw&#10;EEX3SPyDNUjsWselvEKcqqqAVYVEi4TYTeNpEjUeR7GbpH+Ps4LVvK7unJutRtuInjpfO9ag5gkI&#10;4sKZmksNX/u32RMIH5ANNo5Jw4U8rPLrqwxT4wb+pH4XShFN2KeooQqhTaX0RUUW/dy1xPF2dJ3F&#10;EMeulKbDIZrbRi6S5EFarDl+qLClTUXFaXe2Gt4HHNZ36rXfno6by8/+/uN7q0jr25tx/QIi0Bj+&#10;xDDhR3TII9PBndl40WiYLWKUEKtSsZkEyXJaHTQ8Lx9B5pn8HyH/BQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAN38OJKvAwAAIQkAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAMrmr0/fAAAACgEAAA8AAAAAAAAAAAAAAAAACQYAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAVBwAAAAA=&#10;">
-[...86 lines deleted...]
-                  </v:textbox>
+              <v:group style="position:absolute;margin-left:535.900024pt;margin-top:2.973546pt;width:22.1pt;height:121.6pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15756800" id="docshapegroup81" coordorigin="10718,59" coordsize="442,2432">
+                <v:shape style="position:absolute;left:10718;top:59;width:442;height:2432" id="docshape82" coordorigin="10718,59" coordsize="442,2432" path="m10728,2482l10718,2482,10718,2491,10728,2491,10728,2482xm10728,2110l10718,2110,10718,2119,10718,2482,10728,2482,10728,2119,10728,2110xm10728,1709l10718,1709,10718,2071,10718,2081,10728,2081,10728,2071,10728,1709xm10728,1699l10718,1699,10718,1709,10728,1709,10728,1699xm10728,1661l10718,1661,10718,1670,10728,1670,10728,1661xm10728,1289l10718,1289,10718,1298,10718,1661,10728,1661,10728,1298,10728,1289xm10728,1250l10718,1250,10718,1260,10728,1260,10728,1250xm10728,878l10718,878,10718,888,10718,1250,10728,1250,10728,888,10728,878xm10728,840l10718,840,10718,850,10728,850,10728,840xm10728,468l10718,468,10718,478,10718,840,10728,840,10728,478,10728,468xm10728,69l10718,69,10718,430,10718,439,10728,439,10728,430,10728,69xm10728,59l10718,59,10718,69,10728,69,10728,59xm11160,2482l11150,2482,10728,2482,10728,2491,11150,2491,11160,2491,11160,2482xm11160,2110l11150,2110,10728,2110,10728,2119,11150,2119,11160,2119,11160,2110xm11160,1709l11150,1709,11150,2071,10728,2071,10728,2081,11150,2081,11160,2081,11160,2071,11160,1709xm11160,1699l11150,1699,10728,1699,10728,1709,11150,1709,11160,1709,11160,1699xm11160,1661l11150,1661,10728,1661,10728,1670,11150,1670,11160,1670,11160,1661xm11160,1289l11150,1289,10728,1289,10728,1298,11150,1298,11150,1661,11160,1661,11160,1298,11160,1289xm11160,1250l11150,1250,10728,1250,10728,1260,11150,1260,11160,1260,11160,1250xm11160,878l11150,878,10728,878,10728,888,11150,888,11150,1250,11160,1250,11160,888,11160,878xm11160,840l11150,840,10728,840,10728,850,11150,850,11160,850,11160,840xm11160,468l11150,468,10728,468,10728,478,11150,478,11150,840,11160,840,11160,478,11160,468xm11160,69l11150,69,11150,430,10728,430,10728,439,11150,439,11160,439,11160,430,11160,69xm11160,59l11150,59,10728,59,10728,69,11150,69,11160,69,11160,59xe" filled="true" fillcolor="#000000" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
                 </v:shape>
+                <v:shape style="position:absolute;left:10718;top:2119;width:442;height:363" id="docshape83" coordorigin="10718,2119" coordsize="442,363" path="m10728,2119l10718,2119,10718,2482,10728,2482,10728,2119xm11160,2119l11150,2119,11150,2482,11160,2482,11160,2119xe" filled="true" fillcolor="#000000" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <w10:wrap type="none"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>IEP</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6EFB3C1A" w14:textId="77777777" w:rsidR="00DB73EB" w:rsidRDefault="00DB73EB" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1183" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="134" w:after="0"/>
+        <w:ind w:left="1183" w:right="0" w:hanging="297"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>PSP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1201" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="135" w:after="0"/>
+        <w:ind w:left="1201" w:right="0" w:hanging="315"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>BSP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1201" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="134" w:after="0"/>
+        <w:ind w:left="1201" w:right="0" w:hanging="315"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Home/School</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1201" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="134" w:after="0"/>
+        <w:ind w:left="1201" w:right="0" w:hanging="305"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Risk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> Assessment</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1201" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1203" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="120" w:after="0"/>
+        <w:ind w:left="1203" w:right="870" w:hanging="324"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Attendance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>print-out</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>print-out</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>last</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>full</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>academic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>as well</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>as current year)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1201" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="108" w:after="0"/>
+        <w:ind w:left="1201" w:right="0" w:hanging="322"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Details</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>strategies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="4"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487611904">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>855268</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>48269</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6231255" cy="468630"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="85" name="Graphic 85"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="85" name="Graphic 85"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6231255" cy="468630"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6231255" h="468630">
+                              <a:moveTo>
+                                <a:pt x="6224905" y="462076"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="462076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="462076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="468160"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="468160"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6224905" y="468160"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6224905" y="462076"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6231255" h="468630">
+                              <a:moveTo>
+                                <a:pt x="6224905" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="462064"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="462064"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6224905" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6224905" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6231255" h="468630">
+                              <a:moveTo>
+                                <a:pt x="6231064" y="462076"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6224981" y="462076"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6224981" y="468160"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6231064" y="468160"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6231064" y="462076"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6231255" h="468630">
+                              <a:moveTo>
+                                <a:pt x="6231064" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6224981" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6224981" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6224981" y="462064"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6231064" y="462064"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6231064" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6231064" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:67.344002pt;margin-top:3.800781pt;width:490.65pt;height:36.9pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15704576;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape84" coordorigin="1347,76" coordsize="9813,738" path="m11150,804l1356,804,1347,804,1347,813,1356,813,11150,813,11150,804xm11150,76l1356,76,1347,76,1347,86,1347,804,1356,804,1356,86,11150,86,11150,76xm11160,804l11150,804,11150,813,11160,813,11160,804xm11160,76l11150,76,11150,86,11150,804,11160,804,11160,86,11160,76xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="4"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="387" w:top="720" w:bottom="620" w:left="566" w:right="566"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="373DB193" w14:textId="77777777" w:rsidR="00DB73EB" w:rsidRPr="009779BF" w:rsidRDefault="00DB73EB" w:rsidP="003E149D">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="895" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="67" w:after="0"/>
+        <w:ind w:left="895" w:right="0" w:hanging="597"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-[...5693 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68A3C236" wp14:editId="6D5E87DA">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487616512">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>0</wp:posOffset>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>846124</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>19050</wp:posOffset>
+                  <wp:posOffset>252475</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6629400" cy="488054"/>
-[...4 lines deleted...]
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <wp:extent cx="6240780" cy="280670"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="86" name="Group 86"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
+                      <wpg:cNvPr id="86" name="Group 86"/>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6629400" cy="488054"/>
-[...1 lines deleted...]
-                          <a:chExt cx="5819775" cy="904875"/>
+                          <a:ext cx="6240780" cy="280670"/>
+                          <a:chExt cx="6240780" cy="280670"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="18" name="Rectangle: Rounded Corners 18"/>
+                        <wps:cNvPr id="87" name="Graphic 87"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="5819775" cy="904875"/>
+                            <a:ext cx="6240780" cy="280670"/>
                           </a:xfrm>
-                          <a:prstGeom prst="roundRect">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6240780" h="280670">
+                                <a:moveTo>
+                                  <a:pt x="6234049" y="274320"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="274320"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="280416"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6234049" y="280416"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6234049" y="274320"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6240780" h="280670">
+                                <a:moveTo>
+                                  <a:pt x="6240208" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6234125" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6234125" y="274320"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6234125" y="280416"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6240208" y="280416"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6240208" y="274320"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6240208" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:solidFill>
-                            <a:srgbClr val="0070C0"/>
+                            <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </wps:spPr>
-                        <wps:style>
-[...15 lines deleted...]
-                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="23" name="Text Box 2"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="88" name="Textbox 88"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="228600" y="57150"/>
-                            <a:ext cx="5438775" cy="800100"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6240780" cy="280670"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
-                          <a:noFill/>
-[...5 lines deleted...]
-                          </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="0BC905B1" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="009D688E" w:rsidRDefault="00DE5741" w:rsidP="000064F0">
+                            <w:p>
                               <w:pPr>
-                                <w:jc w:val="center"/>
+                                <w:spacing w:before="15"/>
+                                <w:ind w:left="129" w:right="0" w:firstLine="0"/>
+                                <w:jc w:val="left"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                                  <w:szCs w:val="40"/>
+                                  <w:sz w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="009D688E">
+                              <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                                  <w:szCs w:val="40"/>
+                                  <w:sz w:val="24"/>
                                 </w:rPr>
-                                <w:t>Privacy notice</w:t>
+                                <w:t>Please</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>give</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>details</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>of</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>any</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>intervention</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>by</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>following</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>agencies:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="68A3C236" id="Group 14" o:spid="_x0000_s1038" style="position:absolute;margin-left:0;margin-top:1.5pt;width:522pt;height:38.45pt;z-index:251681792;mso-width-relative:margin;mso-height-relative:margin" coordsize="58197,9048" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgYVjvngMAABwJAAAOAAAAZHJzL2Uyb0RvYy54bWy8Vl1v0zAUfUfiP1h5Z0lDs7bRMlQKm5AG&#10;TNsQz67jNBGOr7HdJePXc20n2egmQIDYQ+aP+3l8fNyTV30ryC3XpgFZRLOjJCJcMigbuSuiTzdn&#10;L5YRMZbKkgqQvIjuuIlenT5/dtKpnKdQgyi5JhhEmrxTRVRbq/I4NqzmLTVHoLjEzQp0Sy1O9S4u&#10;Ne0weiviNEmO4w50qTQwbgyuvgmb0amPX1Wc2Y9VZbglooiwNuu/2n+37hufntB8p6mqGzaUQf+g&#10;ipY2EpNOod5QS8leN49CtQ3TYKCyRwzaGKqqYdz3gN3MkoNuzjXsle9ll3c7NcGE0B7g9Mdh2Yfb&#10;c62u1aVGJDq1Qyz8zPXSV7p1/7FK0nvI7ibIeG8Jw8Xj43Q1TxBZhnvz5TLJ5gFTViPwj9xY/XZw&#10;zJaz1WKRBcdVMl/iGEuIx7TxD8V0Culh7hEwf4fAdU0V98CaHBG41KQpkb3IVUlbZOkV8obKneA5&#10;uYK9LHlJNqAl0pygkUfKO064mdwghL8L2q96p7nSxp5zaIkbFBHyQJauKM8xenthbMBqtHOZDYim&#10;PGuE8BO9226EJrfUET9ZJBvPdYT3BzMhnbEE5xYiuhXEfmzIj+yd4M5OyCteIVR47qmvxF9TPuWh&#10;jHFpZ2GrpiUP6bME/4bDnTz8UfuALnKF+afYQwAnAY9jhyoHe+fK/S2fnJOfFRacJw+fGaSdnNtG&#10;gn4qgMCuhszBfgQpQONQ2kJ5h0TSEDTGKHbW4OFdUGMvqUZRwUuCQmk/4qcS0BURDKOI1KC/PbXu&#10;7JHpuBuRDkWqiMzXPdU8IuKdxDuwms3nTtX8ZJ4tUpzohzvbhzty324A6TBDSVbMD529FeOw0tB+&#10;Rj1du6y4RSXD3EXErB4nGxvEExWZ8fXam6GSKWov5LViLrhD1fHypv9MtRoYbFEwPsB472h+wOFg&#10;6zwlrPcWqsYT/B7XAW/UACdT/0EM0pejGNw4rXsNPUkPbj6xPS6PLRt1AeyLIRI2NWoHX2sNXc1p&#10;iecUyOPqRrVxohGacJpBtt17KFFzKLbtsTuQ3TRdHjuBRX3NFrNseLJG/c3mL5eTjC4TfEPGmzaG&#10;GSVilJJfqMikBe66E2TpKkszX9eDnbax+GqLpi0izDncbpq7bt/KEi8KzS1tRBij5jwhKrbf9l51&#10;/Xtxf9DTBfq33B+pbA+I/JuU868RPsFetYafC+6Nfzj3FL3/UXP6HQAA//8DAFBLAwQUAAYACAAA&#10;ACEACj9vYt0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJNtBRVqp4QQ&#10;9URMBBPDbWiHtqE723SXtvx7l5Oe5k3e5L1v0uVoGtVz52orCPEkAsWS26KWEuF79/4wB+U8SUGN&#10;FUa4sINldnuTUlLYQb643/pShRBxCSFU3reJ1i6v2JCb2JYleEfbGfJh7UpddDSEcNPoxyh61oZq&#10;CQ0VtbyuOD9tzwbhY6BhNY3f+s3puL7sd0+fP5uYEe/vxtUrKM+j/zuGK35AhywwHexZCqcahPCI&#10;R5iGcTWj2SyoA8LLYgE6S/V//OwXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIGFY754D&#10;AAAcCQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACj9v&#10;Yt0AAAAGAQAADwAAAAAAAAAAAAAAAAD4BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAIHAAAAAA==&#10;">
-[...4 lines deleted...]
-                  <v:textbox>
+              <v:group style="position:absolute;margin-left:66.624001pt;margin-top:19.879999pt;width:491.4pt;height:22.1pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15699968;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshapegroup85" coordorigin="1332,398" coordsize="9828,442">
+                <v:shape style="position:absolute;left:1332;top:397;width:9828;height:442" id="docshape86" coordorigin="1332,398" coordsize="9828,442" path="m11150,830l1332,830,1332,839,11150,839,11150,830xm11160,398l11150,398,11150,830,11150,839,11160,839,11160,830,11160,398xe" filled="true" fillcolor="#000000" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:1332;top:397;width:9828;height:442" type="#_x0000_t202" id="docshape87" filled="false" stroked="false">
+                  <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="0BC905B1" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="009D688E" w:rsidRDefault="00DE5741" w:rsidP="000064F0">
+                      <w:p>
                         <w:pPr>
-                          <w:jc w:val="center"/>
+                          <w:spacing w:before="15"/>
+                          <w:ind w:left="129" w:right="0" w:firstLine="0"/>
+                          <w:jc w:val="left"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                            <w:szCs w:val="40"/>
+                            <w:sz w:val="24"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="009D688E">
+                        <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                            <w:szCs w:val="40"/>
+                            <w:sz w:val="24"/>
                           </w:rPr>
-                          <w:t>Privacy notice</w:t>
+                          <w:t>Please</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>give</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>details</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>of</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>any</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>intervention</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>by</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>following</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>agencies:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
+                  <w10:wrap type="none"/>
                 </v:shape>
+                <w10:wrap type="topAndBottom"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intervention</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>agencies.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5201EE43" w14:textId="77777777" w:rsidR="000064F0" w:rsidRPr="001636C5" w:rsidRDefault="000064F0" w:rsidP="00892907">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5" w:after="1"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:sz w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F1E6C76" w14:textId="77777777" w:rsidR="000064F0" w:rsidRPr="001636C5" w:rsidRDefault="000064F0" w:rsidP="00892907">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="159" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2252"/>
+        <w:gridCol w:w="5942"/>
+        <w:gridCol w:w="2266"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1043" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="108"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="691"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Agency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="245"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Details</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="6" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(please</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>contact</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>details</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="116" w:right="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Additional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>papers (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>✔</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>) attached </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(please list)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1276" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115" w:right="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Inclusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Support </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>EP</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="892"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>BST </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>SENAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="890" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>CAMHS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="892" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="892" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>YOT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="892" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>EWS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="892" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>LACE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="892" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="exact" w:before="183"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="253" w:lineRule="exact"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(Please</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>give</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>details)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D33C8D4" w14:textId="77777777" w:rsidR="000064F0" w:rsidRPr="00AE50B6" w:rsidRDefault="000064F0" w:rsidP="00892907">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="161" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="543"/>
+        <w:gridCol w:w="6851"/>
+        <w:gridCol w:w="3028"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="322" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="148"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="201"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Academic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>achievement/SATs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Results</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="376" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Subject</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="483"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Grade/SATs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="373" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="376" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="376" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="376" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="376" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="377" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="373" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="376" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="376" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="376" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="387" w:top="880" w:bottom="620" w:left="566" w:right="566"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06AC3E51" w14:textId="77777777" w:rsidR="00644964" w:rsidRPr="00AE50B6" w:rsidRDefault="00644964" w:rsidP="009D688E">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="72"/>
+        <w:ind w:left="153"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Important</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="330"/>
+        <w:ind w:left="153" w:right="669" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tick</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>box</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>✔</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in relation to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="127"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="326"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15758336">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1733042</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-42759</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5332095" cy="265430"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="89" name="Graphic 89"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="89" name="Graphic 89"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5332095" cy="265430"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5332095" h="265430">
+                              <a:moveTo>
+                                <a:pt x="5325745" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5325745" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5325745" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5325745" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5325745" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5332095" h="265430">
+                              <a:moveTo>
+                                <a:pt x="5331968" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5325872" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5325872" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5325872" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5325872" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5331968" y="265176"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5331968" y="259080"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5331968" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5331968" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:136.460007pt;margin-top:-3.36687pt;width:419.85pt;height:20.9pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15758336" id="docshape88" coordorigin="2729,-67" coordsize="8397,418" path="m11116,-67l2739,-67,2729,-67,2729,-58,2729,341,2729,350,2739,350,11116,350,11116,341,2739,341,2739,-58,11116,-58,11116,-67xm11126,-67l11116,-67,11116,-58,11116,341,11116,350,11126,350,11126,341,11126,-58,11126,-67xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Child’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="177" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="163" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9201"/>
+        <w:gridCol w:w="1257"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="462" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9201" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Attached/Required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="8" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>✔</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="508" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9201" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Attendance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Record</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9201" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>IEP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="508" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9201" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>SEN </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9201" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="87"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>BSP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="82"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="508" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9201" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="86"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Attainment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Levels</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="153"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>confirm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>accurate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>account</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>stated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="321"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15758848">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1740662</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-91353</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5321300" cy="1126490"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="90" name="Graphic 90"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="90" name="Graphic 90"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5321300" cy="1126490"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5315064" y="1120394"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1120394"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1120394"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1126477"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1126477"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="1126477"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="1120394"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5315064" y="775703"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="775703"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="775703"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="781748"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="1120381"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="1120381"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="781799"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="781799"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="775703"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5315064" y="733044"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="733044"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="733044"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="739127"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="739127"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="739127"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="733044"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5315064" y="387083"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="387083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="387083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="393179"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="733031"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="733031"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="393179"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="393179"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="387083"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5315064" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="344411"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="350507"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="350507"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="350507"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="344411"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="344411"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6096" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315064" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5321300" y="1120394"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="1120394"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="1126477"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="1126477"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="1120394"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5321300" y="775703"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="775703"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="781748"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="1120381"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="1120381"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="781799"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="775703"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5321300" y="733044"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="733044"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="739127"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="739127"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="733044"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5321300" y="387083"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="387083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="393179"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="733031"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="733031"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="393179"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="387083"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="5321300" h="1126490">
+                              <a:moveTo>
+                                <a:pt x="5321300" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="344411"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5315204" y="350507"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="350507"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="344411"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="6083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5321300" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:137.060013pt;margin-top:-7.193158pt;width:419pt;height:88.7pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15758848" id="docshape89" coordorigin="2741,-144" coordsize="8380,1774" path="m11111,1621l2751,1621,2741,1621,2741,1630,2751,1630,11111,1630,11111,1621xm11111,1078l2751,1078,2741,1078,2741,1087,2741,1087,2741,1621,2751,1621,2751,1087,11111,1087,11111,1078xm11111,1011l2751,1011,2741,1011,2741,1020,2751,1020,11111,1020,11111,1011xm11111,466l2751,466,2741,466,2741,475,2741,1011,2751,1011,2751,475,11111,475,11111,466xm11111,-144l2751,-144,2741,-144,2741,-134,2741,399,2741,408,2751,408,11111,408,11111,399,2751,399,2751,-134,11111,-134,11111,-144xm11121,1621l11112,1621,11112,1630,11121,1630,11121,1621xm11121,1078l11112,1078,11112,1087,11112,1087,11112,1621,11121,1621,11121,1087,11121,1087,11121,1078xm11121,1011l11112,1011,11112,1020,11121,1020,11121,1011xm11121,466l11112,466,11112,475,11112,1011,11121,1011,11121,475,11121,466xm11121,-144l11112,-144,11112,-134,11112,399,11112,408,11121,408,11121,399,11121,-134,11121,-144xe" filled="true" fillcolor="#000000" stroked="false">
+                <v:path arrowok="t"/>
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Signature:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="321"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Position:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="58"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="321"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="30"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487617024">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>180780</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6629400" cy="487680"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="91" name="Group 91"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvPr id="91" name="Group 91"/>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6629400" cy="487680"/>
+                          <a:chExt cx="6629400" cy="487680"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="92" name="Graphic 92"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6629400" cy="487680"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6629400" h="487680">
+                                <a:moveTo>
+                                  <a:pt x="6548120" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="81279" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="49640" y="6395"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="23804" y="23828"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6386" y="49666"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="81280"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="406400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6386" y="438013"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="23804" y="463851"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="49640" y="481284"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="81279" y="487680"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6548120" y="487680"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6579733" y="481284"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6605571" y="463851"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6623004" y="438013"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6629400" y="406400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6629400" y="81280"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6623004" y="49666"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6605571" y="23828"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6579733" y="6395"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6548120" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="006FC0"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="93" name="Textbox 93"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6629400" cy="487680"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:spacing w:before="129"/>
+                                <w:ind w:left="228" w:right="92" w:firstLine="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t>Privacy</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t>notice</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group style="position:absolute;margin-left:36pt;margin-top:14.234653pt;width:522pt;height:38.4pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15699456;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshapegroup90" coordorigin="720,285" coordsize="10440,768">
+                <v:shape style="position:absolute;left:720;top:284;width:10440;height:768" id="docshape91" coordorigin="720,285" coordsize="10440,768" path="m11032,285l848,285,798,295,757,322,730,363,720,413,720,925,730,974,757,1015,798,1043,848,1053,11032,1053,11082,1043,11122,1015,11150,974,11160,925,11160,413,11150,363,11122,322,11082,295,11032,285xe" filled="true" fillcolor="#006fc0" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:720;top:284;width:10440;height:768" type="#_x0000_t202" id="docshape92" filled="false" stroked="false">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:spacing w:before="129"/>
+                          <w:ind w:left="228" w:right="92" w:firstLine="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t>Privacy</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t>notice</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap type="none"/>
+                </v:shape>
+                <w10:wrap type="topAndBottom"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="25"/>
+        <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE50B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto" w:before="0"/>
+        <w:ind w:left="153" w:right="199" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00AE50B6">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>To understand more about why we collect your information, what we do with your information,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>how</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>access</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>information,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>personal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>rights, how and to whom to raise a complaint about your information, please visit our privacy notice page at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
-            <w:u w:val="none"/>
           </w:rPr>
           <w:t>http://www.sandwell.gov.uk/privacynotices</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18DF5FFA" w14:textId="77777777" w:rsidR="00AD7BBF" w:rsidRPr="00AE50B6" w:rsidRDefault="00AD7BBF" w:rsidP="00AD7BBF">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="275"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C71B649" w14:textId="77777777" w:rsidR="009D688E" w:rsidRPr="00AE50B6" w:rsidRDefault="009D688E" w:rsidP="00AD7BBF">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="59" w:right="61"/>
+        <w:jc w:val="center"/>
       </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Thank</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>cooperation</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="416AFEC3" w14:textId="77777777" w:rsidR="009D688E" w:rsidRPr="00AE50B6" w:rsidRDefault="009D688E" w:rsidP="009D688E">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="Header"/>
-[...3 lines deleted...]
-        </w:tabs>
+        <w:spacing w:before="275"/>
+        <w:ind w:left="59" w:right="57" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE50B6">
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>enable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="00D079E8" w:rsidRPr="00F80CE5">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>authority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>without delay,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>return</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>by first class post to the address on page 7 or email to: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0462C1"/>
+            <w:spacing w:val="-2"/>
             <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:u w:val="single" w:color="0462C1"/>
           </w:rPr>
           <w:t>inyear_admissions@sandwell.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50C15206" w14:textId="77777777" w:rsidR="009D688E" w:rsidRPr="00AE50B6" w:rsidRDefault="009D688E" w:rsidP="009D688E">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="Header"/>
-[...7 lines deleted...]
-          <w:bCs/>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23749124" w14:textId="77777777" w:rsidR="009D688E" w:rsidRPr="009D688E" w:rsidRDefault="009D688E" w:rsidP="003332E9">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="2384" w:right="669" w:hanging="1085"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...1 lines deleted...]
-        <w:t>The data entered onto this form can be used by the council for the purpose of verifying electoral registration details.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>entered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>onto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>council</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> purpose of verifying electoral registration details.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009D688E" w:rsidRPr="009D688E" w:rsidSect="009D688E">
-[...3 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="387" w:top="760" w:bottom="620" w:left="566" w:right="566"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="80"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="Proof of address 2025 update" w:id="3"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Proof</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Address</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="890"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Authority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(LA)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>takes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>attempt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>obtain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>through fraudulent means very seriously.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="669"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Obtaining</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>deception</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>unfair</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>denies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>children</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>their legitimate claim to take up that place.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="669"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>If we find that a school place was obtained using a false address, we will withdraw (remove)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>offer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>School</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Admissions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>2021.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>then</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>offer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>that place to the child who should have been rightfully offered it in the first instance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>undertake</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>checks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>variety</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>sources</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>verify</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school application forms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="890"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>decision</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>remove</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>offer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>proved</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>been obtained fraudulently is final and will not be reviewed.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>There is no right to appeal against the decision.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>However, your application will be considered afresh with the correct information, and you will have the right to appeal if an offer is refused based on that correct information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="16"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>convenience</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="890"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>The LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>will only use a child’s legal guardian’s* address, their child’s only or main residence, for their child’s application for a school place.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>The following examples below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>considered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>addresses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>convenience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>informal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>living</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>arrangements, which will not be accepted:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1594" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="254" w:lineRule="auto" w:before="1" w:after="0"/>
+        <w:ind w:left="1594" w:right="1103" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>relative’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>address,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>legal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>guardian’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>their main residence</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1594" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="256" w:lineRule="auto" w:before="5" w:after="0"/>
+        <w:ind w:left="1594" w:right="1276" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>friend’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>address,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>legal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>guardian’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>their main residence</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1593" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="2" w:after="0"/>
+        <w:ind w:left="1593" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Temporary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>addresses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(used</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>improve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>priority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>place)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="42"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="890"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Important</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>discovered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>offered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>based</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>an address of convenience, that school place will be removed under the School Admissions Code 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="42"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>What</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>considered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>acceptable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>proof</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="874"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>See</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>examples</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of acceptable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>proofs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="43"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1593" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="1" w:after="0"/>
+        <w:ind w:left="1593" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>copy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>most</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>recent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Council</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Tax</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>bill</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1594" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="256" w:lineRule="auto" w:before="20" w:after="0"/>
+        <w:ind w:left="1594" w:right="956" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Solicitor’s letter confirming contracts have been exchanged for your purchase</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>property</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>specifying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>completion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>date,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>then</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>need</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be living at this address</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1594" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="256" w:lineRule="auto" w:before="4" w:after="0"/>
+        <w:ind w:left="1594" w:right="1107" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>signed and dated Tenancy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Agreement from either the LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or a known Sandwell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Housing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Association,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>commencement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tenancy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="23"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="874"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>applicant’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> name.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:sectPr>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:header="0" w:footer="0" w:top="1340" w:bottom="280" w:left="566" w:right="566"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto" w:before="79"/>
+        <w:ind w:left="874" w:right="890"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>cannot</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>above,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>items</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>identification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>from the below list in the parent/carers name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1593" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="294" w:lineRule="exact" w:before="0" w:after="0"/>
+        <w:ind w:left="1593" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>copy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>household </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1593" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="21" w:after="0"/>
+        <w:ind w:left="1593" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>recent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>utility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>bill</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(gas,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>water,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>electricity)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1593" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="20" w:after="0"/>
+        <w:ind w:left="1593" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>recent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>bank</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1593" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="21" w:after="0"/>
+        <w:ind w:left="1593" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>recent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mobile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>phone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>bill</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1593" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="20" w:after="0"/>
+        <w:ind w:left="1593" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>recent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>television</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(TV)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> licence</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1593" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="18" w:after="0"/>
+        <w:ind w:left="1593" w:right="0" w:hanging="359"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>registration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>GP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="41"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="890"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Neither</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>above</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>lists</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>comprehensive.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>request additional proof where necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto" w:before="2"/>
+        <w:ind w:left="874" w:right="669"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>If you cannot provide any documents from the ‘acceptable’ list, you should send whatever</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>can,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>we</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>take</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>these</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>into</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>consideration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>we</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>require further information or proof.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="1924"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>understand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>families</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>sometimes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>find</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>themselves</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>difficult circumstances where it is not easy for them to access documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="39"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Change</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="669"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>move</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>house</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>submission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>place,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you must contact us immediately as it may affect your child’s application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="1275"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Evidence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>show</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>address.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>would</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>need</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>be validated by proof of address as explained above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="22"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto" w:before="1"/>
+        <w:ind w:left="874" w:right="890"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>moved</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>another</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>still</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>documentation and proof to us so we can forward the information to them to process your child’s school place application**.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="1275"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Once</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>confirmed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>above,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>we</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>forward</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>them. The LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>will then be in contact with you regarding your school place offer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="40"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto" w:before="1"/>
+        <w:ind w:left="874" w:right="890"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>need</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>advice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>support,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>tel.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>no. 0121 569 6765, or email us at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="669"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId12">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467885"/>
+            <w:u w:val="single" w:color="467885"/>
+          </w:rPr>
+          <w:t>annual_schooladmissions@sandwell.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="467885"/>
+          <w:spacing w:val="-10"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>entry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>September (Reception, Infant to Junior and Secondary)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="272" w:lineRule="exact"/>
+        <w:ind w:left="874"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId8">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="467885"/>
+            <w:u w:val="single" w:color="467885"/>
+          </w:rPr>
+          <w:t>inyear_admissions@sandwell.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="467885"/>
+          <w:spacing w:val="-10"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>transferring</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>another.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="167"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="669"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>legal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>either</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>child’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>direct</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>parent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>legally appointed to care for them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="275" w:lineRule="exact"/>
+        <w:ind w:left="874"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>New</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>entry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>applications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:header="0" w:footer="0" w:top="1640" w:bottom="280" w:left="566" w:right="566"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-    <w:charset w:val="02"/>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="0"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="MS Gothic"/>
+    <w:charset w:val="0"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:altName w:val="Segoe UI Symbol"/>
+    <w:charset w:val="0"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:altName w:val="Symbol"/>
+    <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
+    <w:altName w:val="Wingdings"/>
+    <w:charset w:val="2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...49 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5EA469B9" w14:textId="377513A9" w:rsidR="00DE5741" w:rsidRDefault="00DE5741" w:rsidP="00D92DE8">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-      <w:jc w:val="right"/>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F88B186" wp14:editId="2A0F226B">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486928896">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>-79270</wp:posOffset>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3500754</wp:posOffset>
               </wp:positionH>
-              <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-36830</wp:posOffset>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10286282</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2057400" cy="295275"/>
-              <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+              <wp:extent cx="3390265" cy="167005"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="9" name="Text Box 2"/>
+              <wp:docPr id="1" name="Textbox 1"/>
               <wp:cNvGraphicFramePr>
-                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                <a:graphicFrameLocks/>
               </wp:cNvGraphicFramePr>
-              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphic>
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1">
-[...2 lines deleted...]
-                    <wps:spPr bwMode="auto">
+                    <wps:cNvPr id="1" name="Textbox 1"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2057400" cy="295275"/>
+                        <a:ext cx="3390265" cy="167005"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:solidFill>
-[...7 lines deleted...]
-                      </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3E0E50CE" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="001874DF" w:rsidRDefault="00DE5741" w:rsidP="002934E4">
+                        <w:p>
                           <w:pPr>
+                            <w:spacing w:before="12"/>
+                            <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                            <w:jc w:val="left"/>
                             <w:rPr>
-                              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                              <w:i/>
+                              <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="001874DF">
+                          <w:r>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                              <w:color w:val="585858"/>
                               <w:sz w:val="20"/>
-                              <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>IL2: PROTECT [when complete]</w:t>
+                            <w:t>Request</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-7"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>for</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>in-year</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>school</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-7"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>place</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>[in-year</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-7"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>transfer]</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-3"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>Page</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:instrText> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2F88B186" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" o:spt="202" coordsize="21600,21600" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-6.25pt;margin-top:-2.9pt;width:162pt;height:23.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcWOPQCwIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mrlm5R02l0FCGN&#10;gTT4AY7jNBaOz5zdJuPXc3ayrsAbwg+Wz3f+7u67z5uboTPspNBrsCWfz3LOlJVQa3so+bev+zdX&#10;nPkgbC0MWFXyJ+X5zfb1q03vCrWAFkytkBGI9UXvSt6G4Ios87JVnfAzcMqSswHsRCATD1mNoif0&#10;zmSLPH+b9YC1Q5DKe7q9G518m/CbRsnwuWm8CsyUnGoLace0V3HPthtRHFC4VsupDPEPVXRCW0p6&#10;hroTQbAj6r+gOi0RPDRhJqHLoGm0VKkH6mae/9HNYyucSr0QOd6dafL/D1Y+nB7dF2RheAcDDTA1&#10;4d09yO+eWdi1wh7ULSL0rRI1JZ5HyrLe+WJ6Gqn2hY8gVf8JahqyOAZIQEODXWSF+mSETgN4OpOu&#10;hsAkXS7y1XqZk0uSb3G9WqxXKYUonl879OGDgo7FQ8mRhprQxeneh1iNKJ5DYjIPRtd7bUwy8FDt&#10;DLKTIAHs05rQfwszlvUlp+SrhGwhvk/a6HQggRrdlfwqj2uUTGTjva1TSBDajGeqxNiJnsjIyE0Y&#10;qoECI00V1E9EFMIoRPo4dGgBf3LWkwhL7n8cBSrOzEdLZF/Pl8uo2mQsV+sFGXjpqS49wkqCKnng&#10;bDzuQlJ65MHCLQ2l0Ymvl0qmWklcicbpI0T1Xtop6uW7bn8BAAD//wMAUEsDBBQABgAIAAAAIQD0&#10;8R5I3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4Me1CLUWRpVETjdfW&#10;/oABpkBkZwm7LfTfO57sbWbey5vv5dvZ9upMo+8cG4iXESjiytUdNwYO3x+LJ1A+INfYOyYDF/Kw&#10;LW5vcsxqN/GOzvvQKAlhn6GBNoQh09pXLVn0SzcQi3Z0o8Ug69joesRJwm2vV1G00RY7lg8tDvTe&#10;UvWzP1kDx6/pIXmeys9wSHfrzRt2aekuxtzfza8voALN4d8Mf/iCDoUwle7EtVe9gUW8SsQqQyIV&#10;xPAYx3IoDayjFHSR6+sGxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3Fjj0AsCAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9PEeSN4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
-              <v:textbox>
+            <v:shape style="position:absolute;margin-left:275.649994pt;margin-top:809.943481pt;width:266.95pt;height:13.15pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-16387584" type="#_x0000_t202" id="docshape1" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="3E0E50CE" w14:textId="77777777" w:rsidR="00DE5741" w:rsidRPr="001874DF" w:rsidRDefault="00DE5741" w:rsidP="002934E4">
+                  <w:p>
                     <w:pPr>
+                      <w:spacing w:before="12"/>
+                      <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                      <w:jc w:val="left"/>
                       <w:rPr>
-                        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                        <w:i/>
+                        <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="001874DF">
+                    <w:r>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                        <w:color w:val="585858"/>
                         <w:sz w:val="20"/>
-                        <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t>IL2: PROTECT [when complete]</w:t>
+                      <w:t>Request</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-7"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>for</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>in-year</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>school</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-7"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>place</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>[in-year</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-7"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>transfer]</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-3"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>Page</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:instrText> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="none"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00DA40E6">
-[...6 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Request for </w:t>
-[...144 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486929408">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>724916</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10299997</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1837055" cy="167005"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="2" name="Textbox 2"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1837055" cy="167005"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:spacing w:before="12"/>
+                            <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>IL2:</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>PROTECT</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>[when</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>complete]</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape style="position:absolute;margin-left:57.080002pt;margin-top:811.023438pt;width:144.65pt;height:13.15pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-16387072" type="#_x0000_t202" id="docshape2" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:spacing w:before="12"/>
+                      <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>IL2:</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>PROTECT</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>[when</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>complete]</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:footnotes>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486929920">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3694303</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10283233</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3460115" cy="167005"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="12" name="Textbox 12"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="12" name="Textbox 12"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3460115" cy="167005"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:spacing w:before="12"/>
+                            <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:i/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>Request</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-7"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>for</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>in-year</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>school</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>place</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>[in-year</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-7"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>transfer]</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-3"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>Page</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:instrText> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>10</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape style="position:absolute;margin-left:290.890015pt;margin-top:809.70343pt;width:272.45pt;height:13.15pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-16386560" type="#_x0000_t202" id="docshape12" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:spacing w:before="12"/>
+                      <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:i/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>Request</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-7"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>for</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>in-year</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>school</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>place</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>[in-year</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-7"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>transfer]</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-3"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>Page</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:instrText> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>10</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486930432">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>461263</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10296949</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1837055" cy="167005"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="13" name="Textbox 13"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="13" name="Textbox 13"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1837055" cy="167005"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:spacing w:before="12"/>
+                            <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>IL2:</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>PROTECT</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>[when</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>complete]</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape style="position:absolute;margin-left:36.32pt;margin-top:810.783447pt;width:144.65pt;height:13.15pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-16386048" type="#_x0000_t202" id="docshape13" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:spacing w:before="12"/>
+                      <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>IL2:</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>PROTECT</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>[when</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>complete]</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="06BD41A8"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="3">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1DF8FEFC"/>
-[...87 lines deleted...]
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1594" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="3434" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5269" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="6187" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="7104" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="8022" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="8939" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12BC7966"/>
+  <w:abstractNum w:abstractNumId="2">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0D42D7A8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="896" w:hanging="599"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1203" w:hanging="317"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2263" w:hanging="317"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3327" w:hanging="317"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4391" w:hanging="317"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5455" w:hanging="317"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6519" w:hanging="317"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="7582" w:hanging="317"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="8646" w:hanging="317"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="43E27798"/>
+  <w:abstractNum w:abstractNumId="1">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="061A71F0"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="571" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1599" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
-[...1 lines deleted...]
-        <w:sz w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2618" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3638" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4657" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5677" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
-[...14 lines deleted...]
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="7716" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="8735" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...83 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="64BD6C0E"/>
+  <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="459E0B0A"/>
-[...113 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="29EA4F06">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="444" w:hanging="360"/>
+        <w:ind w:left="1011" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1164" w:hanging="360"/>
+        <w:ind w:left="1995" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1884" w:hanging="360"/>
+        <w:ind w:left="2970" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2604" w:hanging="360"/>
+        <w:ind w:left="3946" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3324" w:hanging="360"/>
+        <w:ind w:left="4921" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4044" w:hanging="360"/>
+        <w:ind w:left="5897" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4764" w:hanging="360"/>
+        <w:ind w:left="6872" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5484" w:hanging="360"/>
+        <w:ind w:left="7848" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6204" w:hanging="360"/>
+        <w:ind w:left="8823" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="873227882">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="624627584">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="850340250">
-[...5 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1207374081">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:useFELayout/>
+    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
-  <w:rsids>
-[...470 lines deleted...]
-  <w15:docId w15:val="{848908EE-91F1-49AC-A31A-48AAB8C383F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...381 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...3 lines deleted...]
-    <w:rsid w:val="00644BBD"/>
+  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="BodyText" w:type="paragraph">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="Heading1" w:type="paragraph">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...22 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="566"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00853138"/>
+  <w:style w:styleId="Heading2" w:type="paragraph">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="153"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-    <w:name w:val="footer"/>
+  <w:style w:styleId="Heading3" w:type="paragraph">
+    <w:name w:val="Heading 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D12FFD"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:tabs>
-[...19 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="140"/>
+      <w:ind w:left="269"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="Heading4" w:type="paragraph">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="1"/>
+      <w:ind w:left="874"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00BA377D"/>
+  <w:style w:styleId="Heading5" w:type="paragraph">
+    <w:name w:val="Heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="153"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...4 lines deleted...]
-    <w:rsid w:val="002B55BC"/>
+  <w:style w:styleId="ListParagraph" w:type="paragraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="5"/>
+      <w:ind w:left="570" w:hanging="359"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-[...5 lines deleted...]
-    <w:rsid w:val="002B55BC"/>
+  <w:style w:styleId="TableParagraph" w:type="paragraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
-      <w:color w:val="808080"/>
-[...53 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-</file>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inyear_admissions@sandwell.gov.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sandwell.gov.uk/privacynotices" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annual_schooladmissions@sandwell.gov.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inyear_admissions@sandwell.gov.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sandwell.gov.uk/privacynotices" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>10038</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>23</Paragraphs>
+  <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11776</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Sharon Lesley Jones</dc:creator>
-  <cp:keywords/>
-[...3 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-12-04T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Adobe Acrobat (64-bit) 25.1.20521</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-12-04T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Adobe Acrobat (64-bit) 25.1.20521</vt:lpwstr>
+  </property>
+</Properties>
+</file>