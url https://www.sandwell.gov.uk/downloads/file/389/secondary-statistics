--- v0 (2025-10-16)
+++ v1 (2026-03-09)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="006B7CB2" w14:textId="77777777" w:rsidR="001C626B" w:rsidRDefault="0000452E" w:rsidP="002373A8">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35AD95C6" wp14:editId="5F57AC50">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-762000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-434340</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5029200" cy="381000"/>
                 <wp:effectExtent l="0" t="3810" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Text Box 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -110,51 +110,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="35AD95C6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 15" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-60pt;margin-top:-34.2pt;width:396pt;height:30pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAo8GFPBQIAAPADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkq4N4hRdigwD&#10;ugvQ7gNkWbaFyaJGKbGzrx8lp2m2vQ3TgyCK1CHPIbW+HXvDDgq9BlvyYpZzpqyEWtu25N+edm+u&#10;OfNB2FoYsKrkR+X57eb1q/XgVmoOHZhaISMQ61eDK3kXgltlmZed6oWfgVOWnA1gLwKZ2GY1ioHQ&#10;e5PN8/wqGwBrhyCV93R7Pzn5JuE3jZLhS9N4FZgpOdUW0o5pr+KebdZi1aJwnZanMsQ/VNELbSnp&#10;GepeBMH2qP+C6rVE8NCEmYQ+g6bRUiUOxKbI/2Dz2AmnEhcSx7uzTP7/wcrPh6/IdF3yK86s6KlF&#10;T2oM7D2MrFhGeQbnVxT16CgujHRPbU5UvXsA+d0zC9tO2FbdIcLQKVFTeUV8mV08nXB8BKmGT1BT&#10;HrEPkIDGBvuoHanBCJ3adDy3JtYi6XKZz2+o35xJ8r29LnI6xxRi9fzaoQ8fFPQsHkqO1PqELg4P&#10;PkyhzyExmQej6502JhnYVluD7CBoTHZpndB/CzM2BluIzybEeJNoRmYTxzBWIzkj9wrqIxFGmMaO&#10;vgkdOsCfnA00ciX3P/YCFWfmoyXRborFIs5oMhbLd3My8NJTXXqElQRV8sDZdNyGaa73DnXbUaap&#10;TRbuSOhGJw1eqjrVTWOVVDx9gTi3l3aKevmom18AAAD//wMAUEsDBBQABgAIAAAAIQD2Noh63QAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcULtpVZISsqkACcS1pR/gZN0k&#10;IuuNstsm/XvMCW72zGj8XOxm16sLjaHzbGC1TEAR19523Bg4fr0vtqBCRLbYeyYDVwqwK29vCsyt&#10;n3hPl0NslJRwyNFAG+OQax3qlhyGpR+IxTv50WGUdWy0HXGSctfrdZKk2mHHcqHFgd5aqr8PZ2fg&#10;9Dk9PD5N1Uc8ZvtN+opdVvmrMfd388szqEhz/AvDL76gQylMlT+zDao3sFhJv2RlSrcbUBJJs7Uo&#10;lSgi6LLQ/38ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAo8GFPBQIAAPADAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD2Noh63QAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" stroked="f">
+              <v:shape id="Text Box 15" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-60pt;margin-top:-34.2pt;width:396pt;height:30pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCO6tJ98QEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ0q014hRdigwD&#10;ugvQ7QNkWbaFyaJGKbGzrx8lu2m2vQ3zg0CK1CHPIb25HXvDjgq9Blvy5SLnTFkJtbZtyb993b+6&#10;5swHYWthwKqSn5Tnt9uXLzaDK9QKOjC1QkYg1heDK3kXgiuyzMtO9cIvwClLwQawF4FcbLMaxUDo&#10;vclWef4mGwBrhyCV93R7PwX5NuE3jZLhc9N4FZgpOfUW0onprOKZbTeiaFG4Tsu5DfEPXfRCWyp6&#10;hroXQbAD6r+gei0RPDRhIaHPoGm0VIkDsVnmf7B57IRTiQuJ491ZJv//YOWn46P7giyM72CkASYS&#10;3j2A/O6ZhV0nbKvuEGHolKip8DJKlg3OF/PTKLUvfASpho9Q05DFIUACGhvsoyrEkxE6DeB0Fl2N&#10;gUm6vMpXNzRJziTFXl8vc7JjCVE8vXbow3sFPYtGyZGGmtDF8cGHKfUpJRbzYHS918YkB9tqZ5Ad&#10;BS3APn0z+m9pxsZkC/HZhBhvEs3IbOIYxmqkYKRbQX0iwgjTQtEPQEYH+JOzgZap5P7HQaDizHyw&#10;JNrNcr2O25ec9dXbFTl4GakuI8JKgip54Gwyd2Ha2IND3XZUaRqThTsSutFJg+eu5r5pYZKK83LH&#10;jbz0U9bzL7j9BQAA//8DAFBLAwQUAAYACAAAACEA9jaIet0AAAALAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DQAxE70j8w8pIXFC7aVWSErKpAAnEtaUf4GTdJCLrjbLbJv17zAlu9sxo/FzsZter&#10;C42h82xgtUxAEdfedtwYOH69L7agQkS22HsmA1cKsCtvbwrMrZ94T5dDbJSUcMjRQBvjkGsd6pYc&#10;hqUfiMU7+dFhlHVstB1xknLX63WSpNphx3KhxYHeWqq/D2dn4PQ5PTw+TdVHPGb7TfqKXVb5qzH3&#10;d/PLM6hIc/wLwy++oEMpTJU/sw2qN7BYSb9kZUq3G1ASSbO1KJUoIuiy0P9/KH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAjurSffEBAADKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA9jaIet0AAAALAQAADwAAAAAAAAAAAAAAAABLBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6E5859DF" w14:textId="77777777" w:rsidR="006F2AF0" w:rsidRPr="00876F84" w:rsidRDefault="006F2AF0">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="7FBA00"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00876F84">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="7FBA00"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Sandwell Admissions and Appeals</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
@@ -227,51 +227,51 @@
                               </a:solidFill>
                               <a:round/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="7A419398" id="AutoShape 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:-162pt;margin-top:4.9pt;width:506pt;height:493.2pt;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSv2rqjQIAACAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3MhTZto09VeKEJa&#10;YMXCB7ix0xgcO9huswvi3xlP0qUFHhCiD64nnjmeM3PG5xcPnSJ7YZ00uqLJWUyJ0LXhUm8r+vHD&#10;erakxHmmOVNGi4o+CkcvVs+fnQ99KVLTGsWFJQCiXTn0FW2978socnUrOubOTC80HDbGdsyDabcR&#10;t2wA9E5FaRzn0WAs762phXPw9WY8pCvEbxpR+3dN44QnqqKQm8fV4roJa7Q6Z+XWsr6V9ZQG+4cs&#10;OiY1XPoEdcM8Izsrf4PqZG2NM40/q00XmaaRtUAOwCaJf2Fz37JeIBcojuufyuT+H2z9dn9nieQV&#10;nVOiWQctutx5gzeTZSjP0LsSvO77OxsIuv7W1J8d0ea6ZXorLq01QysYh6SS4B+dBATDQSjZDG8M&#10;B3QG6Fiph8Z2ARBqQB6wIY9PDREPntTwMc/SHLpMSQ1neZq/yDNsWcTKQ3hvnX8lTEfCpqLW7DR/&#10;D23HO9j+1nlsC5/IMf6JkqZT0OQ9UyTJ83yBWbNycgbsAybyNUrytVQKDbvdXCtLIBRyjedXRTEF&#10;u2M3pYOzNiEsVISV4xegNeUTCKI8vhVJmsVXaTFb58vFLFtn81mxiJezOCmuijzOiuxm/T2QSbKy&#10;lZwLfSu1OEg1yf5OCtPQjCJDsZKhosU8nWOdTrJ3pyRj+P2JJFYaxyd0/6XmuPdMqnEfnWaMZQDa&#10;h38sBGolyGOU2cbwR5CKNdBIaDo8K7Bpjf1KyQAjWlH3ZcesoES91iC3IslADsSjkc0XKRj2+GRz&#10;fMJ0DVAV9ZSM22s/vgO73sptCzclWAttwgA00h+0PGY1CRvGEBlMT0aY82MbvX4+bKsfAAAA//8D&#10;AFBLAwQUAAYACAAAACEA1E0Hnd4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+&#10;h82YeGuXohJAlqYxauLNUuN5y06BlJ1FdmnRX+94qseXeXnzfcV6tr044eg7RwpWywgEUu1MR42C&#10;j93LIgXhgyaje0eo4Bs9rMvrq0Lnxp1pi6cqNIJHyOdaQRvCkEvp6xat9ks3IPHt4EarA8exkWbU&#10;Zx63vYyjKJFWd8QfWj3gU4v1sZqsgvqQvFev44/7et5V3Saa3rLt54NStzfz5hFEwDlcyvCHz+hQ&#10;MtPeTWS86BUs7uJ7lgkKMlbgQpKmnPecsyQGWRbyv0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJK/auqNAgAAIAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhANRNB53eAAAACgEAAA8AAAAAAAAAAAAAAAAA5wQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" fillcolor="#005b99" stroked="f"/>
+              <v:roundrect w14:anchorId="69409604" id="AutoShape 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:-162pt;margin-top:4.9pt;width:506pt;height:493.2pt;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADEJnwCAIAAOcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K80+mU7iwddbpaulqE&#10;tFzEwgekSWYmkImDk3a6+/U46YUK3hAvURzbx8fHzvJmP1i20xgMuIaXkyln2klQxnUN//b1/tUb&#10;zkIUTgkLTjf8SQd+s3r5Yjn6Ws+gB6s0MgJxoR59w/sYfV0UQfZ6EGECXjtytoCDiGRiVygUI6EP&#10;tphNp1UxAiqPIHUI9Hp3cPJVxm9bLeOntg06Mttw4hbzifncpLNYLUXdofC9kUca4h9YDMI4KnqG&#10;uhNRsC2av6AGIxECtHEiYSigbY3UuQfqppz+0c1jL7zOvZA4wZ9lCv8PVn7cPfrPmKgH/wDyR2AO&#10;1r1wnb5FhLHXQlG5MglVjD7U54RkBEplm/EDKBqt2EbIGuxbHBIgdcf2Weqns9R6H5mkx2o+q2h+&#10;nEnyVbPqdTXPwyhEfUr3GOI7DQNLl4YjbJ36QgPNNcTuIcQsuGJODKm8+s5ZO1ga305YVlZVdZ1Z&#10;i/oYTNgnzNwvWKPujbXZwG6ztsgolbhOr94uFsfkcBlmXQp2kNKSIqJOL1mYpEVau1BvQD2RLgiH&#10;baPfQZce8JmzkTat4eHnVqDmzL53pO2inFPvLGZjfnU9IwMvPZtLj3CSoBoeOTtc1/GwzluPpuup&#10;UpkFcnBL82hNPA3uwOpIlrYpsz9uflrXSztH/f6fq18AAAD//wMAUEsDBBQABgAIAAAAIQDUTQed&#10;3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4a5eiEkCWpjFq4s1S43nL&#10;ToGUnUV2adFf73iqx5d5efN9xXq2vTjh6DtHClbLCARS7UxHjYKP3csiBeGDJqN7R6jgGz2sy+ur&#10;QufGnWmLpyo0gkfI51pBG8KQS+nrFq32Szcg8e3gRqsDx7GRZtRnHre9jKMokVZ3xB9aPeBTi/Wx&#10;mqyC+pC8V6/jj/t63lXdJpresu3ng1K3N/PmEUTAOVzK8IfP6FAy095NZLzoFSzu4nuWCQoyVuBC&#10;kqac95yzJAZZFvK/QvkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAxCZ8AgCAADnAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1E0Hnd4AAAAK&#10;AQAADwAAAAAAAAAAAAAAAABiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" fillcolor="#005b99" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="05D7F880" w14:textId="77777777" w:rsidR="006830C5" w:rsidRDefault="0000452E" w:rsidP="002373A8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
@@ -379,51 +379,51 @@
                                 <w:sz w:val="52"/>
                                 <w:szCs w:val="52"/>
                               </w:rPr>
                               <w:t>Secondary</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="519B9474" id="Text Box 11" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-35pt;margin-top:8pt;width:332pt;height:6in;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAewGs68QEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s0lWaSnRZqvSqgip&#10;UKSWD3AcO7FIPGbs3WT5esbOdlngDfFieS4+c+bMeHM9jwPbK/QGbM2LVc6ZshJaY7uaf32+f3PF&#10;mQ/CtmIAq2p+UJ5fb1+/2kyuUmvoYWgVMgKxvppczfsQXJVlXvZqFH4FTlkKasBRBDKxy1oUE6GP&#10;Q7bO88tsAmwdglTek/duCfJtwtdayfCotVeBDTUnbiGdmM4mntl2I6oOheuNPNIQ/8BiFMZS0RPU&#10;nQiC7dD8BTUaieBBh5WEMQOtjVSpB+qmyP/o5qkXTqVeSBzvTjL5/wcrP++/IDNtzUvOrBhpRM9q&#10;Duw9zKwoojyT8xVlPTnKCzP5acypVe8eQH7zzMJtL2ynbhBh6pVoiV56mZ09XXB8BGmmT9BSHbEL&#10;kIBmjWPUjtRghE5jOpxGE7lIcpbr4rLMKSQpdlFeJYPYZaJ6ee7Qhw8KRhYvNUeafYIX+wcfltSX&#10;lFjNwr0ZhjT/wf7mIMzoSfQj44V7mJs5CXVSpYH2QP0gLFtFv4AuPeAPzibaqJr77zuBirPhoyVN&#10;3hVlGVcwGeXF2zUZeB5pziPCSoKqeeBsud6GZW13Dk3XU6VlChZuSEdtUodR8IXVkT5tTdLouOFx&#10;Lc/tlPXrH25/AgAA//8DAFBLAwQUAAYACAAAACEAiZKicN0AAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPT0/DMAzF70h8h8hI3LYEtI2uazohEFcQ44+0m9d4bUXjVE22lm+POcHJtn5Pz+8V28l3&#10;6kxDbANbuJkbUMRVcC3XFt7fnmYZqJiQHXaBycI3RdiWlxcF5i6M/ErnXaqVmHDM0UKTUp9rHauG&#10;PMZ56ImFHcPgMck51NoNOIq57/StMSvtsWX50GBPDw1VX7uTt/DxfNx/LsxL/eiX/Rgmo9mvtbXX&#10;V9P9BlSiKf2J4Te+RIdSMh3CiV1UnYXZnZEuScBKpgiW64UsBwtZJkSXhf5fofwBAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAHsBrOvEBAADPAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAiZKicN0AAAAKAQAADwAAAAAAAAAAAAAAAABLBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="519B9474" id="Text Box 11" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-35pt;margin-top:8pt;width:332pt;height:6in;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaY8WX3wEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvbDartJRos1VpVYRU&#10;KFLhAxzHTiwSjxl7N1m+nrGTbhe4IS6WZ8Z5896byfZ6Gnp2UOgN2IrnqzVnykpojG0r/u3r/Zsr&#10;znwQthE9WFXxo/L8evf61XZ0pdpAB32jkBGI9eXoKt6F4Mos87JTg/ArcMpSUQMOIlCIbdagGAl9&#10;6LPNen2ZjYCNQ5DKe8rezUW+S/haKxketfYqsL7ixC2kE9NZxzPbbUXZonCdkQsN8Q8sBmEsNT1B&#10;3Ykg2B7NX1CDkQgedFhJGDLQ2kiVNJCafP2HmqdOOJW0kDnenWzy/w9Wfj48uS/IwvQeJhpgEuHd&#10;A8jvnlm47YRt1Q0ijJ0SDTXOo2XZ6Hy5fBqt9qWPIPX4CRoastgHSECTxiG6QjoZodMAjifT1RSY&#10;pGSxyS+LNZUk1S6KqxTEHqJ8/tyhDx8UDCxeKo401QQvDg8+zE+fn8RuFu5N36fJ9va3BGHGTKIf&#10;Gc/cw1RPzDSLtqimhuZIehDmfaH9pksH+JOzkXal4v7HXqDirP9oyZN3eVHE5UpBcfF2QwGeV+rz&#10;irCSoCoeOJuvt2FeyL1D03bUaZ6ChRvyUZuk8IXVQp/2IXm07G5cuPM4vXr5w3a/AAAA//8DAFBL&#10;AwQUAAYACAAAACEAiZKicN0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8h8hI&#10;3LYEtI2uazohEFcQ44+0m9d4bUXjVE22lm+POcHJtn5Pz+8V28l36kxDbANbuJkbUMRVcC3XFt7f&#10;nmYZqJiQHXaBycI3RdiWlxcF5i6M/ErnXaqVmHDM0UKTUp9rHauGPMZ56ImFHcPgMck51NoNOIq5&#10;7/StMSvtsWX50GBPDw1VX7uTt/DxfNx/LsxL/eiX/Rgmo9mvtbXXV9P9BlSiKf2J4Te+RIdSMh3C&#10;iV1UnYXZnZEuScBKpgiW64UsBwtZJkSXhf5fofwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAWmPFl98BAACpAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZKicN0AAAAKAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2176E048" w14:textId="77777777" w:rsidR="006F2AF0" w:rsidRPr="00C9080E" w:rsidRDefault="006F2AF0" w:rsidP="00E52102">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00C9080E">
                         <w:rPr>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                         <w:t>Annual admission statistics</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="688700EC" w14:textId="77777777" w:rsidR="006F2AF0" w:rsidRPr="00C9080E" w:rsidRDefault="006F2AF0" w:rsidP="00E52102">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="FFFFFF"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
@@ -546,133 +546,129 @@
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="13E3AF45" w14:textId="6F38A6F2" w:rsidR="006F2AF0" w:rsidRDefault="006F2AF0">
+                          <w:p w14:paraId="13E3AF45" w14:textId="3D5C2797" w:rsidR="006F2AF0" w:rsidRDefault="006F2AF0">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>March 202</w:t>
                             </w:r>
-                            <w:r w:rsidR="00111124">
+                            <w:r w:rsidR="00B65ACF">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="20C7ACC1" w14:textId="77777777" w:rsidR="006F2AF0" w:rsidRPr="00F8522D" w:rsidRDefault="006F2AF0">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="4C6F5C76" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 18" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-45pt;margin-top:421.5pt;width:117pt;height:43.2pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiuWIZ9wEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJnC414hRdigwD&#10;ugvQ7QNkWbaFyaJGKbGzrx8lp2nQvQ3TgyCK1CHPIbW5G3vDjgq9BlvyxWzOmbISam3bkv/4vn+3&#10;5swHYWthwKqSn5Tnd9u3bzaDK9QSOjC1QkYg1heDK3kXgiuyzMtO9cLPwClLzgawF4FMbLMaxUDo&#10;vcmW8/lNNgDWDkEq7+n2YXLybcJvGiXD16bxKjBTcqotpB3TXsU9225E0aJwnZbnMsQ/VNELbSnp&#10;BepBBMEOqP+C6rVE8NCEmYQ+g6bRUiUOxGYxf8XmqRNOJS4kjncXmfz/g5Vfjk/uG7IwfoCRGphI&#10;ePcI8qdnFnadsK26R4ShU6KmxIsoWTY4X5yfRql94SNINXyGmposDgES0NhgH1UhnozQqQGni+hq&#10;DEzGlPl6dTsnlyTfKl/f5KkrmSieXzv04aOCnsVDyZGamtDF8dGHWI0onkNiMg9G13ttTDKwrXYG&#10;2VHQAOzTSgRehRkbgy3EZxNivEk0I7OJYxirkem65MsIEVlXUJ+IN8I0V/QP6NAB/uZsoJkquf91&#10;EKg4M58saXe7yIkcC8nIV++XZOC1p7r2CCsJquSBs+m4C9PgHhzqtqNMU7cs3JPejU5SvFR1Lp/m&#10;Jil0nvE4mNd2inr5ids/AAAA//8DAFBLAwQUAAYACAAAACEAW1IeMd8AAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDrUEzbpHEqQAJxbekHbGI3iRqvo9ht0r9ne4LbjHY0&#10;+ybfTq4TFzuE1pOG53kCwlLlTUu1hsPP52wNIkQkg50nq+FqA2yL+7scM+NH2tnLPtaCSyhkqKGJ&#10;sc+kDFVjHYa57y3x7egHh5HtUEsz4MjlrpOLJFlKhy3xhwZ7+9HY6rQ/Ow3H7/HpNR3Lr3hY7dTy&#10;HdtV6a9aPz5MbxsQ0U7xLww3fEaHgplKfyYTRKdhlia8JWpYqxcWt4RSLEoN6SJVIItc/t9Q/AIA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBiuWIZ9wEAANEDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBbUh4x3wAAAAsBAAAPAAAAAAAAAAAAAAAA&#10;AFEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="4C6F5C76" id="Text Box 18" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-45pt;margin-top:421.5pt;width:117pt;height:43.2pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiuWIZ9wEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJnC414hRdigwD&#10;ugvQ7QNkWbaFyaJGKbGzrx8lp2nQvQ3TgyCK1CHPIbW5G3vDjgq9BlvyxWzOmbISam3bkv/4vn+3&#10;5swHYWthwKqSn5Tnd9u3bzaDK9QSOjC1QkYg1heDK3kXgiuyzMtO9cLPwClLzgawF4FMbLMaxUDo&#10;vcmW8/lNNgDWDkEq7+n2YXLybcJvGiXD16bxKjBTcqotpB3TXsU9225E0aJwnZbnMsQ/VNELbSnp&#10;BepBBMEOqP+C6rVE8NCEmYQ+g6bRUiUOxGYxf8XmqRNOJS4kjncXmfz/g5Vfjk/uG7IwfoCRGphI&#10;ePcI8qdnFnadsK26R4ShU6KmxIsoWTY4X5yfRql94SNINXyGmposDgES0NhgH1UhnozQqQGni+hq&#10;DEzGlPl6dTsnlyTfKl/f5KkrmSieXzv04aOCnsVDyZGamtDF8dGHWI0onkNiMg9G13ttTDKwrXYG&#10;2VHQAOzTSgRehRkbgy3EZxNivEk0I7OJYxirkem65MsIEVlXUJ+IN8I0V/QP6NAB/uZsoJkquf91&#10;EKg4M58saXe7yIkcC8nIV++XZOC1p7r2CCsJquSBs+m4C9PgHhzqtqNMU7cs3JPejU5SvFR1Lp/m&#10;Jil0nvE4mNd2inr5ids/AAAA//8DAFBLAwQUAAYACAAAACEAW1IeMd8AAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDrUEzbpHEqQAJxbekHbGI3iRqvo9ht0r9ne4LbjHY0&#10;+ybfTq4TFzuE1pOG53kCwlLlTUu1hsPP52wNIkQkg50nq+FqA2yL+7scM+NH2tnLPtaCSyhkqKGJ&#10;sc+kDFVjHYa57y3x7egHh5HtUEsz4MjlrpOLJFlKhy3xhwZ7+9HY6rQ/Ow3H7/HpNR3Lr3hY7dTy&#10;HdtV6a9aPz5MbxsQ0U7xLww3fEaHgplKfyYTRKdhlia8JWpYqxcWt4RSLEoN6SJVIItc/t9Q/AIA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBiuWIZ9wEAANEDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBbUh4x3wAAAAsBAAAPAAAAAAAAAAAAAAAA&#10;AFEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="13E3AF45" w14:textId="6F38A6F2" w:rsidR="006F2AF0" w:rsidRDefault="006F2AF0">
+                    <w:p w14:paraId="13E3AF45" w14:textId="3D5C2797" w:rsidR="006F2AF0" w:rsidRDefault="006F2AF0">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>March 202</w:t>
                       </w:r>
-                      <w:r w:rsidR="00111124">
+                      <w:r w:rsidR="00B65ACF">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="20C7ACC1" w14:textId="77777777" w:rsidR="006F2AF0" w:rsidRPr="00F8522D" w:rsidRDefault="006F2AF0">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A9FA2E0" wp14:editId="39384B5C">
@@ -794,1197 +790,1126 @@
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1548"/>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="1748"/>
         <w:gridCol w:w="1749"/>
         <w:gridCol w:w="1748"/>
         <w:gridCol w:w="1749"/>
         <w:gridCol w:w="1748"/>
         <w:gridCol w:w="1749"/>
         <w:gridCol w:w="1749"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BC3DD2" w14:paraId="1F942C2E" w14:textId="77777777" w:rsidTr="00D055CC">
         <w:trPr>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="178B624E" w14:textId="77777777" w:rsidR="00BC3DD2" w:rsidRPr="006B5003" w:rsidRDefault="00BC3DD2" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk96678836"/>
             <w:bookmarkStart w:id="1" w:name="_Hlk128501508"/>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Academic Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59471B8F" w14:textId="6AA75EA9" w:rsidR="00BC3DD2" w:rsidRPr="006B5003" w:rsidRDefault="00BC3DD2" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Total applications</w:t>
             </w:r>
             <w:r w:rsidR="000F2720">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17F912E5" w14:textId="5F11802B" w:rsidR="00BC3DD2" w:rsidRPr="006B5003" w:rsidRDefault="00BC3DD2" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Offered 1</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> preference </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49569BC8" w14:textId="45CBF87A" w:rsidR="00BC3DD2" w:rsidRPr="006B5003" w:rsidRDefault="00BC3DD2" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Offered 2</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> preference </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AA3112A" w14:textId="3D083FB4" w:rsidR="00BC3DD2" w:rsidRPr="006B5003" w:rsidRDefault="00BC3DD2" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Offered 3</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> preference </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CD63300" w14:textId="0080BF00" w:rsidR="00BC3DD2" w:rsidRPr="006B5003" w:rsidRDefault="00BC3DD2" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Offered 4</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> preference </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="406F706D" w14:textId="662C17F9" w:rsidR="00BC3DD2" w:rsidRPr="006B5003" w:rsidRDefault="00BC3DD2" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Offered 5</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> preference </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E38CEF5" w14:textId="44A09568" w:rsidR="00BC3DD2" w:rsidRPr="006B5003" w:rsidRDefault="00BC3DD2" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Offered 6</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> preference </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="346839D0" w14:textId="5F9095F0" w:rsidR="00BC3DD2" w:rsidRDefault="00BC3DD2" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Offered nearest alternative </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03647766" w14:textId="77777777" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D7EABDE" w14:textId="77777777" w:rsidR="00580D26" w:rsidRPr="006B5003" w:rsidRDefault="00580D26" w:rsidP="00ED236E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E06394" w14:paraId="1506EA21" w14:textId="77777777" w:rsidTr="00D055CC">
+      <w:tr w:rsidR="007B4CE5" w14:paraId="0A8DA4F1" w14:textId="77777777" w:rsidTr="00C35378">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="21889B43" w14:textId="77777777" w:rsidR="00ED236E" w:rsidRDefault="00ED236E" w:rsidP="00BE0D59">
+          </w:tcPr>
+          <w:p w14:paraId="601668BA" w14:textId="77777777" w:rsidR="00ED236E" w:rsidRDefault="00ED236E" w:rsidP="00BE0D59">
             <w:bookmarkStart w:id="2" w:name="_Hlk96678823"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w14:paraId="101BB1C8" w14:textId="454C7746" w:rsidR="00E06394" w:rsidRDefault="00707CFE" w:rsidP="00BE0D59">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="7317D3F8" w14:textId="22458545" w:rsidR="007B4CE5" w:rsidRDefault="007B4CE5" w:rsidP="00BE0D59">
+            <w:r>
+              <w:t>2024/2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C251A6C" w14:textId="77777777" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00BE0D59"/>
+          <w:p w14:paraId="669EAF7F" w14:textId="6A9862EB" w:rsidR="007B4CE5" w:rsidRDefault="007B4CE5" w:rsidP="00BE0D59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="1D15D8C5" w14:textId="77777777" w:rsidR="00ED236E" w:rsidRDefault="00ED236E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A54708C" w14:textId="76E2C869" w:rsidR="000F2720" w:rsidRDefault="0026334F" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4871</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70BF8E26" w14:textId="295FC6A5" w:rsidR="000F2720" w:rsidRDefault="000F2720" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...25 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="0174D7D3" w14:textId="77777777" w:rsidR="000F2720" w:rsidRDefault="000F2720" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FBD4109" w14:textId="5D02B74C" w:rsidR="00ED236E" w:rsidRDefault="000F2720" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>385</w:t>
+            </w:r>
+            <w:r w:rsidR="008949C4">
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="03FA883F" w14:textId="77777777" w:rsidR="008949C4" w:rsidRDefault="008949C4" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A74F294" w14:textId="47041DDD" w:rsidR="000F2720" w:rsidRDefault="008949C4" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>458</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="72CD7932" w14:textId="5F77B77A" w:rsidR="00E06394" w:rsidRDefault="00707CFE" w:rsidP="00E77400">
+          </w:tcPr>
+          <w:p w14:paraId="7E07FB80" w14:textId="77777777" w:rsidR="00ED236E" w:rsidRDefault="00ED236E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="138AD86F" w14:textId="49D9DA9D" w:rsidR="000F2720" w:rsidRDefault="000F2720" w:rsidP="00E77400">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="00C96F19">
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="008949C4">
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="5A3F9423" w14:textId="77777777" w:rsidR="00ED236E" w:rsidRDefault="00ED236E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="509DC46F" w14:textId="3440B2E6" w:rsidR="000F2720" w:rsidRDefault="000F2720" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>62</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="4DAA6751" w14:textId="37EA6045" w:rsidR="001C645D" w:rsidRDefault="001C645D" w:rsidP="00E77400">
+          </w:tcPr>
+          <w:p w14:paraId="596E1A01" w14:textId="311BDF26" w:rsidR="00ED236E" w:rsidRDefault="00ED236E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="154C741F" w14:textId="5E01A88B" w:rsidR="000F2720" w:rsidRDefault="00CB5A86" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F85B34F" w14:textId="5422E312" w:rsidR="000F2720" w:rsidRDefault="000F2720" w:rsidP="00E77400">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="48D9DE08" w14:textId="737927C3" w:rsidR="001C645D" w:rsidRDefault="001C645D" w:rsidP="00E77400">
+          </w:tcPr>
+          <w:p w14:paraId="4723BC04" w14:textId="310F8F65" w:rsidR="00ED236E" w:rsidRDefault="00ED236E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CFCF021" w14:textId="4D72EDC3" w:rsidR="000F2720" w:rsidRDefault="000F2720" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="573CC77F" w14:textId="6FE88ADA" w:rsidR="000F2720" w:rsidRDefault="000F2720" w:rsidP="00E77400">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="6927BEE2" w14:textId="2E7B8B6C" w:rsidR="00E06394" w:rsidRDefault="00707CFE" w:rsidP="00E77400">
+          </w:tcPr>
+          <w:p w14:paraId="6CE20932" w14:textId="77777777" w:rsidR="00ED236E" w:rsidRDefault="00ED236E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45EF55C8" w14:textId="378FBC46" w:rsidR="000F2720" w:rsidRDefault="000F2720" w:rsidP="00E77400">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00C96F19">
-[...3 lines deleted...]
-          <w:p w14:paraId="34D2C61C" w14:textId="357C0FDB" w:rsidR="001C645D" w:rsidRDefault="001C645D" w:rsidP="00E77400">
+            <w:r w:rsidR="00CB5A86">
+              <w:t>09</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51BE3F42" w14:textId="4E95050B" w:rsidR="000F2720" w:rsidRDefault="000F2720" w:rsidP="00E77400">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B4CE5" w14:paraId="0A8DA4F1" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00C35378" w14:paraId="3A79C656" w14:textId="77777777" w:rsidTr="00083414">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="669EAF7F" w14:textId="6A9862EB" w:rsidR="007B4CE5" w:rsidRDefault="007B4CE5" w:rsidP="00BE0D59"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6257C4" w14:textId="77777777" w:rsidR="00C35378" w:rsidRPr="00083414" w:rsidRDefault="00C35378" w:rsidP="00BE0D59"/>
+          <w:p w14:paraId="45513014" w14:textId="190F5FF4" w:rsidR="00111124" w:rsidRPr="00083414" w:rsidRDefault="00C35378" w:rsidP="00BE0D59">
+            <w:r w:rsidRPr="00083414">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00111124" w:rsidRPr="00083414">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00083414">
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00111124" w:rsidRPr="00083414">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11E06ED6" w14:textId="76736E08" w:rsidR="00C35378" w:rsidRPr="00083414" w:rsidRDefault="00C35378" w:rsidP="00BE0D59">
+            <w:r w:rsidRPr="00083414">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0220B24C" w14:textId="2FB12F6B" w:rsidR="00C35378" w:rsidRPr="00083414" w:rsidRDefault="00C35378" w:rsidP="00BE0D59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="7CA85069" w14:textId="77777777" w:rsidR="00C35378" w:rsidRPr="00083414" w:rsidRDefault="00C35378" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B64CC40" w14:textId="24325F42" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00083414">
+              <w:t>4512</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="4B35B140" w14:textId="77777777" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43198BB2" w14:textId="77777777" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00083414">
+              <w:t>3606</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24FC8766" w14:textId="35F63085" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              <w:t>458</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="66C83B66" w14:textId="77777777" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06E31DDD" w14:textId="198B011A" w:rsidR="00F67EAA" w:rsidRPr="00083414" w:rsidRDefault="00F67EAA" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00083414">
+              <w:t>429</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="57BBA176" w14:textId="77777777" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51FD578A" w14:textId="68656B50" w:rsidR="00F67EAA" w:rsidRPr="00083414" w:rsidRDefault="00F67EAA" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00083414">
+              <w:t>151</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              <w:t>62</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="5370445C" w14:textId="77777777" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F142212" w14:textId="0ABF6676" w:rsidR="00F67EAA" w:rsidRPr="00083414" w:rsidRDefault="00F67EAA" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00083414">
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="51A361DD" w14:textId="77777777" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="426BFDAE" w14:textId="06D27910" w:rsidR="00F67EAA" w:rsidRPr="00083414" w:rsidRDefault="00F67EAA" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00083414">
+              <w:t>30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="33AEF53F" w14:textId="77777777" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43EFE0D7" w14:textId="4732E1A5" w:rsidR="00F67EAA" w:rsidRPr="00083414" w:rsidRDefault="00F67EAA" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00083414">
+              <w:t>15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="61D558C6" w14:textId="77777777" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64916FC5" w14:textId="0A57D269" w:rsidR="00F67EAA" w:rsidRPr="00083414" w:rsidRDefault="00F67EAA" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00083414">
+              <w:t>237</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="3A79C656" w14:textId="77777777" w:rsidTr="00083414">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="09420E63" w14:textId="77777777" w:rsidTr="00083414">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="0220B24C" w14:textId="2FB12F6B" w:rsidR="00C35378" w:rsidRPr="00083414" w:rsidRDefault="00C35378" w:rsidP="00BE0D59"/>
+          </w:tcPr>
+          <w:p w14:paraId="585185E7" w14:textId="77777777" w:rsidR="005F307A" w:rsidRDefault="005F307A" w:rsidP="00BE0D59"/>
+          <w:p w14:paraId="49E2A509" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00BE0D59">
+            <w:r>
+              <w:t>2026/2027</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A8552CE" w14:textId="5C30D468" w:rsidR="005F307A" w:rsidRPr="00083414" w:rsidRDefault="005F307A" w:rsidP="00BE0D59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="7D05F28A" w14:textId="77777777" w:rsidR="005F307A" w:rsidRDefault="005F307A" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D5C002D" w14:textId="1100CF0D" w:rsidR="00B65ACF" w:rsidRDefault="005F307A" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>464</w:t>
+            </w:r>
+            <w:r w:rsidR="00A8785E">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57C661A1" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00083414" w:rsidRDefault="00B65ACF" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="24FC8766" w14:textId="35F63085" w:rsidR="004B2F32" w:rsidRPr="00083414" w:rsidRDefault="004B2F32" w:rsidP="00E77400">
+          </w:tcPr>
+          <w:p w14:paraId="231FE51D" w14:textId="77777777" w:rsidR="005F307A" w:rsidRDefault="005F307A" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="014C3683" w14:textId="33891A77" w:rsidR="00A8785E" w:rsidRDefault="00A8785E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3682</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="709C518D" w14:textId="2A384B84" w:rsidR="00A8785E" w:rsidRPr="00083414" w:rsidRDefault="00A8785E" w:rsidP="00E77400">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              <w:t>429</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="15829E2F" w14:textId="77777777" w:rsidR="001807E1" w:rsidRDefault="001807E1" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37F175ED" w14:textId="3C1A03C2" w:rsidR="00A8785E" w:rsidRPr="00083414" w:rsidRDefault="00A8785E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>468</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              <w:t>151</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="1400C389" w14:textId="77777777" w:rsidR="001807E1" w:rsidRDefault="001807E1" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4545C78F" w14:textId="1064AA08" w:rsidR="00A8785E" w:rsidRPr="00083414" w:rsidRDefault="00A8785E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="279A3FA1" w14:textId="77777777" w:rsidR="001807E1" w:rsidRDefault="001807E1" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08A34913" w14:textId="0C042382" w:rsidR="00A8785E" w:rsidRDefault="00A8785E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21059736" w14:textId="0AE1A9FA" w:rsidR="00A8785E" w:rsidRPr="00083414" w:rsidRDefault="00A8785E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              <w:t>30</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="69F2E2D9" w14:textId="77777777" w:rsidR="001807E1" w:rsidRDefault="001807E1" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E86B96C" w14:textId="57AEB175" w:rsidR="00A8785E" w:rsidRPr="00083414" w:rsidRDefault="00A8785E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              <w:t>15</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="5681E061" w14:textId="77777777" w:rsidR="001264AE" w:rsidRDefault="001264AE" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41845706" w14:textId="63DAB63C" w:rsidR="00A8785E" w:rsidRPr="00083414" w:rsidRDefault="00A8785E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              <w:t>237</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="72612FB2" w14:textId="77777777" w:rsidR="001264AE" w:rsidRDefault="001264AE" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D0B6583" w14:textId="77643AF8" w:rsidR="00A8785E" w:rsidRPr="00083414" w:rsidRDefault="00A8785E" w:rsidP="00E77400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="4550B22E" w14:textId="77777777" w:rsidR="006A372A" w:rsidRDefault="006A372A" w:rsidP="000079F8"/>
     <w:p w14:paraId="3285E41B" w14:textId="77777777" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="000079F8"/>
-    <w:p w14:paraId="43D05F69" w14:textId="0DC82FF2" w:rsidR="00DF3ED2" w:rsidRDefault="00DF3ED2" w:rsidP="000079F8">
+    <w:p w14:paraId="43D05F69" w14:textId="3822BFF4" w:rsidR="00DF3ED2" w:rsidRDefault="00DF3ED2" w:rsidP="000079F8">
       <w:r>
         <w:t>* An application is classed as a Sandwell resident who has made one or more preference(s)</w:t>
       </w:r>
       <w:r w:rsidR="008C5C04">
         <w:t xml:space="preserve">, this only includes </w:t>
       </w:r>
       <w:r w:rsidR="008C5C04" w:rsidRPr="00816A57">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>on time applications</w:t>
       </w:r>
       <w:r w:rsidR="008C5C04">
         <w:t xml:space="preserve"> (made before the closing date of </w:t>
       </w:r>
       <w:r w:rsidR="00111124">
         <w:t xml:space="preserve">31 </w:t>
       </w:r>
       <w:r w:rsidR="008C5C04">
         <w:t>October 202</w:t>
       </w:r>
-      <w:r w:rsidR="00C35378">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00B65ACF">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="008C5C04">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE90AAC" w14:textId="77777777" w:rsidR="00314430" w:rsidRDefault="00314430" w:rsidP="00314430"/>
     <w:p w14:paraId="264B45EC" w14:textId="77777777" w:rsidR="00580D26" w:rsidRDefault="00580D26" w:rsidP="00314430"/>
-    <w:p w14:paraId="4C988B76" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00314430"/>
+    <w:p w14:paraId="0CEE9B4C" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00314430"/>
+    <w:p w14:paraId="7E73A3F5" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00314430"/>
     <w:p w14:paraId="3F03C1CB" w14:textId="77777777" w:rsidR="00DF3ED2" w:rsidRDefault="00235A09" w:rsidP="00314430">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D535CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Nu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>mber of preferences and</w:t>
       </w:r>
       <w:r w:rsidRPr="00D535CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2011,3730 +1936,3619 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15696" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4253"/>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="1271"/>
-        <w:gridCol w:w="1272"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="1263"/>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="1272"/>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="1272"/>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="1272"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C7582D" w14:paraId="309B98EC" w14:textId="77777777" w:rsidTr="00016A60">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="257D3B2C" w14:textId="77777777" w:rsidR="00C7582D" w:rsidRPr="006B5003" w:rsidRDefault="00C7582D" w:rsidP="00C7582D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3814" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="5053DB5A" w14:textId="224E2AF0" w:rsidR="00C7582D" w:rsidRDefault="00B65ACF" w:rsidP="00C7582D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>September 2024 intake</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3814" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5053DB5A" w14:textId="4B296183" w:rsidR="00C7582D" w:rsidRDefault="00416AE6" w:rsidP="00C7582D">
+          </w:tcPr>
+          <w:p w14:paraId="3C12F9C4" w14:textId="52FCD9D4" w:rsidR="00C7582D" w:rsidRDefault="00B65ACF" w:rsidP="00C7582D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>September 202</w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> intake</w:t>
+              <w:t>September 2025 intake</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3815" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3F04A786" w14:textId="3AFD0DCE" w:rsidR="00C7582D" w:rsidRDefault="00416AE6" w:rsidP="00C7582D">
+          <w:p w14:paraId="3F04A786" w14:textId="06081231" w:rsidR="00C7582D" w:rsidRDefault="00B65ACF" w:rsidP="00C7582D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>September 202</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> intake </w:t>
+              <w:t>September 2026 intake</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C7582D" w14:paraId="34F2EAF2" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="34F2EAF2" w14:textId="77777777" w:rsidTr="00016A60">
         <w:trPr>
           <w:trHeight w:val="427"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5C465605" w14:textId="77777777" w:rsidR="00C7582D" w:rsidRPr="006B5003" w:rsidRDefault="00C7582D" w:rsidP="00C7582D">
+          </w:tcPr>
+          <w:p w14:paraId="5C465605" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="006B5003" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="115EF82D" w14:textId="77777777" w:rsidR="00C7582D" w:rsidRPr="00016A60" w:rsidRDefault="00C7582D" w:rsidP="00C7582D">
+          </w:tcPr>
+          <w:p w14:paraId="115EF82D" w14:textId="6BE86E90" w:rsidR="00B65ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0363A194" w14:textId="3DD55DFF" w:rsidR="00C7582D" w:rsidRPr="00016A60" w:rsidRDefault="006631F1" w:rsidP="00C7582D">
+          </w:tcPr>
+          <w:p w14:paraId="0363A194" w14:textId="4EE67143" w:rsidR="00B65ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C7582D" w:rsidRPr="00016A60">
+              <w:t xml:space="preserve"> Prefs </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="203A6C55" w14:textId="7994075B" w:rsidR="00B65ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Pref</w:t>
-[...9 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00016A60">
+              <w:t>All Prefs*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5AA9E1" w14:textId="7A1C9938" w:rsidR="00B65ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>All Prefs*</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>PAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D341500" w14:textId="77777777" w:rsidR="00C7582D" w:rsidRPr="00016A60" w:rsidRDefault="00C7582D" w:rsidP="00C7582D">
+          <w:p w14:paraId="3D341500" w14:textId="362EE52B" w:rsidR="00B65ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Prefs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12166902" w14:textId="77777777" w:rsidR="00C7582D" w:rsidRPr="00016A60" w:rsidRDefault="00C7582D" w:rsidP="00C7582D">
+          <w:p w14:paraId="12166902" w14:textId="401A64C8" w:rsidR="00B65ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>All Prefs</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00084E4D" w:rsidRPr="00016A60">
+              <w:t>All Prefs*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C73A90" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>*</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>PAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="761E48B4" w14:textId="77777777" w:rsidR="00C7582D" w:rsidRPr="00016A60" w:rsidRDefault="00C7582D" w:rsidP="00C7582D">
+          <w:p w14:paraId="761E48B4" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Prefs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D8098C" w14:textId="77777777" w:rsidR="00C7582D" w:rsidRPr="00016A60" w:rsidRDefault="00C7582D" w:rsidP="00C7582D">
+          <w:p w14:paraId="02D8098C" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>All Prefs</w:t>
-[...7 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>All Prefs*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="54E4A332" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="54E4A332" w14:textId="77777777" w:rsidTr="00016A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="662C0A66" w14:textId="77777777" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="662C0A66" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bristnall Hall Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4297DCA5" w14:textId="0294675A" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="4297DCA5" w14:textId="14025BDC" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>268</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="56F88DDE" w14:textId="398ACA35" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>247</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>669</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="18675504" w14:textId="1C7C3171" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>658</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F354C59" w14:textId="394735C5" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="4F354C59" w14:textId="795FF71D" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ABEE0A0" w14:textId="7BE68CB2" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>247</w:t>
+          <w:p w14:paraId="4ABEE0A0" w14:textId="71981C6D" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>235</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17BC425A" w14:textId="56B08977" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>658</w:t>
+          <w:p w14:paraId="17BC425A" w14:textId="73877C67" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>696</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4A4393" w14:textId="167973C5" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="2C4A4393" w14:textId="2C3CCB74" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="380F1FD1" w14:textId="4465061F" w:rsidR="00111124" w:rsidRDefault="00416AE6" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>235</w:t>
+          <w:p w14:paraId="380F1FD1" w14:textId="0684C7F4" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>271</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37445E5B" w14:textId="1643A2D6" w:rsidR="00111124" w:rsidRDefault="00416AE6" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>696</w:t>
+          <w:p w14:paraId="37445E5B" w14:textId="1B76BED9" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>877</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="4DD155DD" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="4DD155DD" w14:textId="77777777" w:rsidTr="00016A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6255A2B5" w14:textId="77777777" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="6255A2B5" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>George Salter Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0A4FE907" w14:textId="653F85BB" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="0A4FE907" w14:textId="63817BE3" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>253</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="36AB5AE7" w14:textId="797AAA5F" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>248</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>603</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CB33F2" w14:textId="71E708D4" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>590</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C94B790" w14:textId="4D967D5C" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="1C94B790" w14:textId="2FBC7088" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1052D154" w14:textId="2154182D" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>248</w:t>
+          <w:p w14:paraId="1052D154" w14:textId="6B35E7A5" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="543537F7" w14:textId="32304373" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>590</w:t>
+          <w:p w14:paraId="543537F7" w14:textId="0E04A7C5" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>497</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18B0DE44" w14:textId="4C5B0D87" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="18B0DE44" w14:textId="3355DAE9" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="544BA0E2" w14:textId="5F61EAB7" w:rsidR="00111124" w:rsidRDefault="00416AE6" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>199</w:t>
+          <w:p w14:paraId="544BA0E2" w14:textId="50C084CC" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>158</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7467D132" w14:textId="327815DA" w:rsidR="00111124" w:rsidRDefault="00416AE6" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>497</w:t>
+          <w:p w14:paraId="7467D132" w14:textId="29B6A1F9" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="3F3E2742" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="3F3E2742" w14:textId="77777777" w:rsidTr="00016A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="72D7CBEF" w14:textId="06FB8F13" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="72D7CBEF" w14:textId="06FB8F13" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Gospel Oak </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5BB7890F" w14:textId="67393E19" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="5BB7890F" w14:textId="474A92D8" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>214</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="2B11DA65" w14:textId="12F03C9E" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>171</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>365</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F41547" w14:textId="25522C34" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>323</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE134A9" w14:textId="00986919" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="3CE134A9" w14:textId="63A4E9BC" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26AE1881" w14:textId="7204A125" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>171</w:t>
+          <w:p w14:paraId="26AE1881" w14:textId="48A7C1D7" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FEECFEC" w14:textId="36A70A12" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>323</w:t>
+          <w:p w14:paraId="7FEECFEC" w14:textId="66C42833" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07AB8062" w14:textId="5C22E063" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="07AB8062" w14:textId="7FBBF834" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5968D597" w14:textId="3EC1F882" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>116</w:t>
+          <w:p w14:paraId="5968D597" w14:textId="00C2D2F5" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>144</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25D6DF38" w14:textId="7B903E7B" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>226</w:t>
+          <w:p w14:paraId="25D6DF38" w14:textId="01784F29" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="7CA7ADEA" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="7CA7ADEA" w14:textId="77777777" w:rsidTr="00016A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4E74E67E" w14:textId="77777777" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="4E74E67E" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Holly Lodge High School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>300</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="75BB4F9B" w14:textId="5C768036" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>280</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>139</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="2DE9D35D" w14:textId="49216FBC" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>398</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5E598B" w14:textId="22C84A27" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>418</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="049E23A2" w14:textId="413A1CB2" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="049E23A2" w14:textId="0E47173B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>280</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41C9B453" w14:textId="6D6BAF6E" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>136</w:t>
+          <w:p w14:paraId="41C9B453" w14:textId="5852D8B9" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7217B003" w14:textId="5735F5D6" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>418</w:t>
+          <w:p w14:paraId="7217B003" w14:textId="7D510413" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>352</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C85775" w14:textId="410728D5" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="11C85775" w14:textId="692DE1BE" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>280</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DCFDA6D" w14:textId="343E47D9" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>127</w:t>
+          <w:p w14:paraId="4DCFDA6D" w14:textId="11CD6DC7" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39FB66E8" w14:textId="3DBCDE00" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>352</w:t>
+          <w:p w14:paraId="39FB66E8" w14:textId="75692DAF" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>364</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="6D0CB349" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="6D0CB349" w14:textId="77777777" w:rsidTr="00016A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="47C7EFD4" w14:textId="77777777" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="47C7EFD4" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Oldbury Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5C4881BD" w14:textId="4577AA54" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="5C4881BD" w14:textId="78D17F40" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>310</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>82</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="64A614D0" w14:textId="180BA639" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>486</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="527951A5" w14:textId="11F4A8CF" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>467</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="133DF7DE" w14:textId="4C24FBB7" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...38 lines deleted...]
-          <w:p w14:paraId="235E3761" w14:textId="52BC067C" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="133DF7DE" w14:textId="2816490F" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00111124">
               <w:t>270**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5AB9B8" w14:textId="79FD9D89" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="707F4D24" w14:textId="3EB4120E" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>71</w:t>
+          <w:p w14:paraId="729398EA" w14:textId="11918FDA" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>334</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EBF542A" w14:textId="2D899C08" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>334</w:t>
+          <w:p w14:paraId="235E3761" w14:textId="03C28A27" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00111124">
+              <w:t>270</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707F4D24" w14:textId="4115721E" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBF542A" w14:textId="24400A6A" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="0F195B11" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="0F195B11" w14:textId="77777777" w:rsidTr="00016A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1B46E42B" w14:textId="77777777" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="1B46E42B" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ormiston Forge Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="09AC07C9" w14:textId="7F2F9C88" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="09AC07C9" w14:textId="71FCC757" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>310</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="27B36C68" w14:textId="60951134" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="27B36C68" w14:textId="09785303" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>291</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2952A913" w14:textId="68155E0C" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>491</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="632D08D4" w14:textId="18485412" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B89F6E" w14:textId="29CE0105" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>254</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C926D0" w14:textId="5F09E56C" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>438</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E2C9F5" w14:textId="717C008E" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6AB863" w14:textId="3B13FC46" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65307585" w14:textId="3A81A040" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>430</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="6C3B4333" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC7564B" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ormiston Sandwell Community Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C466126" w14:textId="16C5E8E6" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2309C9D8" w14:textId="418480AB" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4991318B" w14:textId="1348F40B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>382</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="622685AC" w14:textId="19B33A73" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE31210" w14:textId="0BD61BEE" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>209</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7438F64E" w14:textId="2FFA3E3F" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>355</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="484E1056" w14:textId="3D2E314F" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D592C6" w14:textId="48BE48B6" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6CA679" w14:textId="4C97E88E" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>374</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="494F86F1" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="388DF42A" w14:textId="3B3FF1BF" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perryfields </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DCB3D1" w14:textId="70C70E41" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05EB3A7C" w14:textId="1F7ABFAA" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2F6D8E" w14:textId="43178D89" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="328AB781" w14:textId="2E32C6FD" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAE9E51" w14:textId="6D08920D" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFC43B8" w14:textId="7CD7FB20" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>236</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77BECFD1" w14:textId="302688EE" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E378D4B" w14:textId="73637479" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64346690" w14:textId="51EAD00B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>248</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="1F3EE761" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF8A338" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Q3 Academy- Great Barr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9A62BF" w14:textId="799DA41F" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CB3D8F" w14:textId="2FAE33EC" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="700580AC" w14:textId="490AA58C" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>597</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E262BA4" w14:textId="04C9E4F4" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3964EE72" w14:textId="50610E86" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="701C6A45" w14:textId="36771920" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>514</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D25D7A0" w14:textId="515FD525" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCDC0A8" w14:textId="0CE8F4F2" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1364DB54" w14:textId="16ABA5CF" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>507</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="7AE426F9" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3F411D" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Q3 Academy- Langley</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B1DD4F" w14:textId="387DCA45" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46840F7E" w14:textId="4CC58DCF" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>403</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="53532EE9" w14:textId="51DE28BF" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>899</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="393B8E31" w14:textId="120BB06D" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCAB6B5" w14:textId="657C0A3B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>355</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D00D7A" w14:textId="62A161F5" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>854</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A1E55A" w14:textId="6480DF9B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E873FA" w14:textId="357FA0FA" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>353</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B62633" w14:textId="0BA68C99" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>932</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="23555977" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB8245B" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Q3 Academy- Tipton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C578150" w14:textId="52CE0C77" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0408B421" w14:textId="45C10C58" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF31633" w14:textId="1A036104" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>391</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A795EA" w14:textId="6437DCC0" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2F27B8" w14:textId="4E1CAF67" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>269</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1813A579" w14:textId="3D81F3B6" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>369</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BFCE73" w14:textId="3F0F1E1E" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5FF429" w14:textId="13808327" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>277</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35268F54" w14:textId="7E777B57" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>464</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="100352A0" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C55FCCE" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sandwell Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D024C2" w14:textId="0EAD9027" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="311EE99D" w14:textId="337FD666" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>419</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F4FC49" w14:textId="4A50E3AA" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1248</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="167F449A" w14:textId="3D6F592B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7797BF" w14:textId="73BCAE78" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>395</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26053F06" w14:textId="287E285B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="324F8B58" w14:textId="42033273" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A1715B" w14:textId="5D00B90A" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="009A2E05">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C86875A" w14:textId="333A136A" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1133</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="1E643FC1" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A85902D" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shireland Biomedical UTC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F8F633" w14:textId="1C3ADE15" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A09D2EE" w14:textId="19667FA2" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="35EDA41E" w14:textId="0C3B1F94" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BDDA74" w14:textId="0ADF0128" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26727FE4" w14:textId="283C03B2" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A10919" w14:textId="216684EE" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>186</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E6D18E" w14:textId="0FB33F8B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57022DBE" w14:textId="0CE45149" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A1C737" w14:textId="4A9B465E" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>273</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="7E072795" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68735A5E" w14:textId="086C7740" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shireland CBSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5EC08F" w14:textId="53372D4F" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A0E03D1" w14:textId="06D2008D" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B548E9" w14:textId="416BD453" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>233</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BAE045" w14:textId="750659F3" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="733A97CC" w14:textId="0FB5C806" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DE5A0F" w14:textId="4BC754B0" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>256</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5231A91F" w14:textId="6A998233" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5631E287" w14:textId="447F2F7D" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CC2DD5" w14:textId="488F63E0" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>418</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="2E21A8F7" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06EEA07D" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shireland Collegiate Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8F98EE" w14:textId="60BD4958" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEA9ACF" w14:textId="58B3A2F6" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>340</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2941C174" w14:textId="7E7FAA14" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>677</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA75934" w14:textId="3908BADB" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61160677" w14:textId="1EF53203" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2502F69F" w14:textId="3F8C5762" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>627</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBC011B" w14:textId="1E24BC0A" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="308376B9" w14:textId="26020602" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>34</w:t>
+            </w:r>
+            <w:r w:rsidR="009A2E05">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6E723F" w14:textId="19D1E372" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>734</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B75ACF" w14:paraId="60EA016C" w14:textId="77777777" w:rsidTr="00016A60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5BC98B" w14:textId="695C1B3B" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016A60">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>St Michael’s CE High</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="484FD414" w14:textId="02ACC4FE" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3987E366" w14:textId="390E0456" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>282</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>429</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2B9B9E" w14:textId="69C93CB2" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>496</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="632D08D4" w14:textId="40C08B78" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>310</w:t>
+          <w:p w14:paraId="7CFDD4E3" w14:textId="06013095" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>270***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51B89F6E" w14:textId="35B357E1" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>291</w:t>
+          <w:p w14:paraId="30DCF629" w14:textId="76B17FC5" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>293</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C926D0" w14:textId="3C3F320C" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>491</w:t>
+          <w:p w14:paraId="27DC59BD" w14:textId="127F98E3" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>508</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E2C9F5" w14:textId="4B9B3319" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>310</w:t>
+          <w:p w14:paraId="4B6B6F24" w14:textId="378EE987" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6AB863" w14:textId="47184BA9" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>254</w:t>
+          <w:p w14:paraId="73939CDB" w14:textId="5471D338" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>332</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65307585" w14:textId="67482573" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>438</w:t>
+          <w:p w14:paraId="00F5632A" w14:textId="166B4883" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>574</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="6C3B4333" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="09464DC2" w14:textId="77777777" w:rsidTr="00016A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5AC7564B" w14:textId="77777777" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="0C456ACC" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Ormiston Sandwell Community Academy</w:t>
+              <w:t>Stuart Bathurst Catholic High School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>240</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="5E1EDBE4" w14:textId="682A6742" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>257</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="60E6941D" w14:textId="3DC82CB6" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>405</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CD1805" w14:textId="436824DF" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>278</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="622685AC" w14:textId="5F6FD1FF" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>240</w:t>
+          <w:p w14:paraId="3F1F387B" w14:textId="4418FABB" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE31210" w14:textId="5FD80318" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>237</w:t>
+          <w:p w14:paraId="2BC69728" w14:textId="0D57AF9A" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7438F64E" w14:textId="7CFB994A" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>382</w:t>
+          <w:p w14:paraId="7CA1B684" w14:textId="77F86E59" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>273</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="484E1056" w14:textId="1C041E5A" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>240</w:t>
+          <w:p w14:paraId="62E3CFC0" w14:textId="1C62F953" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75D592C6" w14:textId="0F53946C" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>209</w:t>
+          <w:p w14:paraId="58A5E4DF" w14:textId="5C8F68F6" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D6CA679" w14:textId="050A273C" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>355</w:t>
+          <w:p w14:paraId="6F4A1CF8" w14:textId="31A473B9" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="494F86F1" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="3F08D32C" w14:textId="77777777" w:rsidTr="00016A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="388DF42A" w14:textId="3B3FF1BF" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="6921C219" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perryfields </w:t>
-[...6 lines deleted...]
-              <w:t>Academy</w:t>
+              <w:t xml:space="preserve">The Phoenix Collegiate </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>240</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="4F2022E1" w14:textId="0D5B684A" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>124</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="1EE6FDDD" w14:textId="06BC9A3B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>371</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA5BEE2" w14:textId="0C757785" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>494</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="328AB781" w14:textId="5B34A976" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>240</w:t>
+          <w:p w14:paraId="5798B566" w14:textId="10AE5082" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAE9E51" w14:textId="0E55FE32" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>61</w:t>
+          <w:p w14:paraId="1873E6F8" w14:textId="0A534E97" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFC43B8" w14:textId="14056DFA" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>288</w:t>
+          <w:p w14:paraId="31707490" w14:textId="38FAB5A5" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>386</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77BECFD1" w14:textId="650D151F" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>240</w:t>
+          <w:p w14:paraId="42348231" w14:textId="1C039F60" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E378D4B" w14:textId="65C514EB" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>59</w:t>
+          <w:p w14:paraId="73736F62" w14:textId="04830BA0" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>151</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64346690" w14:textId="456E351C" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>236</w:t>
+          <w:p w14:paraId="2E84FDC9" w14:textId="1CB2F1B7" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>413</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="1F3EE761" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="4E1EDA52" w14:textId="77777777" w:rsidTr="00B65ACF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0AF8A338" w14:textId="77777777" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="509A1FF1" w14:textId="71A86F07" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Q3 Academy- Great Barr</w:t>
+              <w:t>West Bromwich Collegiate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Academy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>210</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="43C83C0A" w14:textId="1176D1A2" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>198</w:t>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73B41D27" w14:textId="1654DCB1" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>185</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>569</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FCF52FC" w14:textId="50A3258D" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>570</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E262BA4" w14:textId="2F58D0EF" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>210</w:t>
+          <w:p w14:paraId="2FAF6417" w14:textId="05175D07" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3964EE72" w14:textId="7D5434BE" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>237</w:t>
+          <w:p w14:paraId="769F9853" w14:textId="6C58801A" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="701C6A45" w14:textId="227847A6" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>597</w:t>
+          <w:p w14:paraId="63A39D6A" w14:textId="1A3745E1" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>590</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D25D7A0" w14:textId="41F02978" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>210</w:t>
+          <w:p w14:paraId="16DACFB1" w14:textId="5205F586" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FCDC0A8" w14:textId="5CE44594" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>202</w:t>
+          <w:p w14:paraId="635E6728" w14:textId="7CA22D9F" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1364DB54" w14:textId="2917D01E" w:rsidR="00111124" w:rsidRDefault="00A94542" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>514</w:t>
+          <w:p w14:paraId="37A849AA" w14:textId="278079D9" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>617</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="7AE426F9" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="345DFE43" w14:textId="77777777" w:rsidTr="00B65ACF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4B3F411D" w14:textId="77777777" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="5C748231" w14:textId="084AB642" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Q3 Academy- Langley</w:t>
+              <w:t>Windsor Olympus Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1452 lines deleted...]
-          <w:p w14:paraId="7CB386AF" w14:textId="5AE0D862" w:rsidR="00416AE6" w:rsidRDefault="00416AE6" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="7CB386AF" w14:textId="1DE4755B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2543" w:type="dxa"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="39D3773F" w14:textId="4C661C7E" w:rsidR="00416AE6" w:rsidRPr="00416AE6" w:rsidRDefault="00416AE6" w:rsidP="00111124">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4446E3E9" w14:textId="6076E372" w:rsidR="00B75ACF" w:rsidRPr="00416AE6" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00416AE6">
+            <w:r>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39D3773F" w14:textId="4C007FE1" w:rsidR="00B75ACF" w:rsidRPr="00416AE6" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>School did own Admissions as 1</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> year of opening </w:t>
+            </w:pPr>
+            <w:r>
+              <w:t>256</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="00926EE0" w14:textId="4BCC7095" w:rsidR="00416AE6" w:rsidRDefault="00416AE6" w:rsidP="00111124">
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00926EE0" w14:textId="558099E2" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB449B1" w14:textId="7D07EB14" w:rsidR="00416AE6" w:rsidRDefault="00416AE6" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>121</w:t>
+          <w:p w14:paraId="0CB449B1" w14:textId="419C6871" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7BB542" w14:textId="33D24E22" w:rsidR="00416AE6" w:rsidRDefault="00416AE6" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>256</w:t>
+          <w:p w14:paraId="7B7BB542" w14:textId="285F7BC3" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>310</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E5A5E4" w14:textId="307BB5C9" w:rsidR="00416AE6" w:rsidRDefault="00416AE6" w:rsidP="00111124">
+          <w:p w14:paraId="53E5A5E4" w14:textId="49A8F2BE" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C19F645" w14:textId="48A34FD7" w:rsidR="00416AE6" w:rsidRDefault="002205CE" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>149</w:t>
+          <w:p w14:paraId="2C19F645" w14:textId="3D1D73CE" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0971C1" w14:textId="3BD9A6DD" w:rsidR="00416AE6" w:rsidRDefault="002205CE" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>310</w:t>
+          <w:p w14:paraId="7B0971C1" w14:textId="40C3CA2B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="54E867FD" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="54E867FD" w14:textId="77777777" w:rsidTr="00B65ACF">
+        <w:trPr>
+          <w:trHeight w:val="161"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="10AA5448" w14:textId="77777777" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="10AA5448" w14:textId="77777777" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wodensborough Ormiston Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7170157C" w14:textId="649D0DF2" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="7170157C" w14:textId="4A36B10E" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>232</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="73F53340" w14:textId="2F334984" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>235</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>400</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BC0C2C" w14:textId="5D982837" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>393</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="692BB971" w14:textId="260C4F89" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="692BB971" w14:textId="721BB0F8" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D760C80" w14:textId="415404CD" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>235</w:t>
+          <w:p w14:paraId="4D760C80" w14:textId="2B60FEB9" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>187</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44CA6C48" w14:textId="4F48F1A2" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>393</w:t>
+          <w:p w14:paraId="44CA6C48" w14:textId="4318D6F3" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24A8E192" w14:textId="14F9BF1B" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="24A8E192" w14:textId="71752D6D" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE26897" w14:textId="0804B41B" w:rsidR="00111124" w:rsidRDefault="004C4AA2" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>187</w:t>
+          <w:p w14:paraId="7DE26897" w14:textId="41F05B1B" w:rsidR="00B75ACF" w:rsidRDefault="005F307A" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71D35ECA" w14:textId="72258A2B" w:rsidR="00111124" w:rsidRDefault="004C4AA2" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>350</w:t>
+          <w:p w14:paraId="71D35ECA" w14:textId="49AA712B" w:rsidR="00B75ACF" w:rsidRDefault="005F307A" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>412</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111124" w14:paraId="024F579C" w14:textId="77777777" w:rsidTr="00016A60">
+      <w:tr w:rsidR="00B75ACF" w14:paraId="024F579C" w14:textId="77777777" w:rsidTr="00016A60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="72EA3172" w14:textId="3651DE8B" w:rsidR="00111124" w:rsidRPr="00016A60" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="72EA3172" w14:textId="3651DE8B" w:rsidR="00B75ACF" w:rsidRPr="00016A60" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016A60">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wood Green Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D77C8C5" w14:textId="0537DBCB" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          </w:tcPr>
+          <w:p w14:paraId="1D77C8C5" w14:textId="314BA8F6" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>260</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>317</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="175DE5D7" w14:textId="3E9DBD2F" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>303</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>720</w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="08472C65" w14:textId="446F896B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>674</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7ED684" w14:textId="3C6AA06E" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="2D7ED684" w14:textId="2AFAF6A7" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>260</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75F845CA" w14:textId="619967DD" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>303</w:t>
+          <w:p w14:paraId="75F845CA" w14:textId="78D53E5B" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="509A4D4B" w14:textId="55326333" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>674</w:t>
+          <w:p w14:paraId="509A4D4B" w14:textId="27C61329" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>658</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A941A46" w14:textId="4C25358A" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00111124">
+          <w:p w14:paraId="4A941A46" w14:textId="375C9699" w:rsidR="00B75ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B75ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>260</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC0DC14" w14:textId="24214412" w:rsidR="00111124" w:rsidRDefault="00416AE6" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>285</w:t>
+          <w:p w14:paraId="2EC0DC14" w14:textId="5F0E2989" w:rsidR="00B75ACF" w:rsidRDefault="005F307A" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="007379CB">
+              <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37C7AD47" w14:textId="7D3AF871" w:rsidR="00111124" w:rsidRDefault="00416AE6" w:rsidP="00111124">
-[...4 lines deleted...]
-              <w:t>658</w:t>
+          <w:p w14:paraId="37C7AD47" w14:textId="284466BC" w:rsidR="00B75ACF" w:rsidRDefault="007379CB" w:rsidP="00B75ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38E0B4D8" w14:textId="77777777" w:rsidR="00580D26" w:rsidRPr="00FA58A7" w:rsidRDefault="00580D26" w:rsidP="00314430">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F868CA7" w14:textId="77777777" w:rsidR="00580D26" w:rsidRDefault="00A00CD0" w:rsidP="00314430">
       <w:r>
         <w:t>* All preferences are those made</w:t>
       </w:r>
       <w:r w:rsidR="00692C45">
         <w:t xml:space="preserve"> on time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by a parent (</w:t>
       </w:r>
       <w:r w:rsidR="00BE0D59">
         <w:t xml:space="preserve">Preference </w:t>
       </w:r>
       <w:r>
         <w:t>1-6)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2474155D" w14:textId="1438CB03" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00314430">
       <w:r>
         <w:t>** Permanent decrease in PAN</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">*** Temporary increase of PAN for one year only </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E63877" w14:textId="77777777" w:rsidR="00111124" w:rsidRDefault="00111124" w:rsidP="00314430">
-[...5 lines deleted...]
-    </w:p>
     <w:p w14:paraId="07CEA668" w14:textId="6986BDD9" w:rsidR="00FE2B4D" w:rsidRPr="00D535CB" w:rsidRDefault="00FE2B4D" w:rsidP="00FE2B4D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D535CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Furthest distance </w:t>
       </w:r>
       <w:r w:rsidR="00553B9A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>offered</w:t>
       </w:r>
       <w:r w:rsidR="00553B9A" w:rsidRPr="00D535CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="007744E2" w:rsidRPr="00D535CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Miles)</w:t>
       </w:r>
       <w:r w:rsidR="00FA58A7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> for on time applications</w:t>
@@ -5745,1809 +5559,1928 @@
       <w:tblPr>
         <w:tblW w:w="15729" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5382"/>
         <w:gridCol w:w="3449"/>
         <w:gridCol w:w="3449"/>
         <w:gridCol w:w="3449"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C35378" w14:paraId="1ACDA361" w14:textId="77777777" w:rsidTr="00C35378">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="342C8333" w14:textId="77777777" w:rsidR="00C35378" w:rsidRPr="006B5003" w:rsidRDefault="00C35378" w:rsidP="00C35378">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">School </w:t>
             </w:r>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4358D170" w14:textId="0CF2BFF7" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="4358D170" w14:textId="4BF11C78" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Distance 2023/2024</w:t>
+              <w:t>Distance 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2241D94B" w14:textId="4FD57A5C" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="2241D94B" w14:textId="3BEA2C80" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Distance 2024/2025</w:t>
+              <w:t>Distance 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C5A1D7C" w14:textId="16F23812" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="4C5A1D7C" w14:textId="243407F2" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Distance 202</w:t>
             </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
             <w:r w:rsidR="00416AE6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>5/2026</w:t>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="67A6036A" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="67A6036A" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E017DC1" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="5E017DC1" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t>Bristnall Hall Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ED455D7" w14:textId="57BB2B4A" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>0.881</w:t>
+          <w:p w14:paraId="3ED455D7" w14:textId="68287288" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0.882</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D909747" w14:textId="4BC3F33D" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...7 lines deleted...]
-              <w:t>0.882</w:t>
+          <w:p w14:paraId="6D909747" w14:textId="31EBD9E7" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.195</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5CE50E" w14:textId="1455201E" w:rsidR="00C35378" w:rsidRDefault="004B2F32" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>1.195</w:t>
+          <w:p w14:paraId="3B5CE50E" w14:textId="663B60CF" w:rsidR="00B65ACF" w:rsidRDefault="00D57A5A" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0.818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="4008F3A1" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="4008F3A1" w14:textId="77777777" w:rsidTr="00C35378">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66DDE8ED" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="66DDE8ED" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t xml:space="preserve">George </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
               <w:r>
                 <w:t>Salter</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
               <w:r>
                 <w:t>Academy</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DDE7BF7" w14:textId="42789771" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>0.790</w:t>
+          <w:p w14:paraId="2DDE7BF7" w14:textId="72BEACCF" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.155</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="619E4998" w14:textId="37574081" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...7 lines deleted...]
-              <w:t>1.155</w:t>
+          <w:p w14:paraId="619E4998" w14:textId="401337C7" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.941</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30D92BCF" w14:textId="3074CCBA" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="004B2F32" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>1.941</w:t>
+          <w:p w14:paraId="30D92BCF" w14:textId="3FEF8261" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="5DC4680D" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="5DC4680D" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="32773F75" w14:textId="09815C6C" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="32773F75" w14:textId="09815C6C" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t>Gospel Oak School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C748FBE" w14:textId="2756908F" w:rsidR="00C35378" w:rsidRPr="00580D26" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="6C748FBE" w14:textId="17F88680" w:rsidR="00B65ACF" w:rsidRPr="00580D26" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C4025">
+            <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5.008</w:t>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD5D3CC" w14:textId="29526A6F" w:rsidR="00C35378" w:rsidRPr="00580D26" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="3CD5D3CC" w14:textId="3C4FA45C" w:rsidR="00B65ACF" w:rsidRPr="00580D26" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="400CA64F" w14:textId="0CCDDACC" w:rsidR="00C35378" w:rsidRPr="00580D26" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="400CA64F" w14:textId="005DB010" w:rsidR="00B65ACF" w:rsidRPr="00580D26" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w14:paraId="2F89D18C" w14:textId="77777777" w:rsidTr="00C35378">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D89742" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:r>
+              <w:t>Holly Lodge High School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="065388E9" w14:textId="344C955F" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7985A5D1" w14:textId="566139CF" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="148B2A47" w14:textId="7838D0A4" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="2F89D18C" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="232D201B" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="5538A6F3" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="5538A6F3" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t xml:space="preserve">Oldbury </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
               <w:r>
                 <w:t>Academy</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2537A2CF" w14:textId="47FFD719" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2537A2CF" w14:textId="790B322D" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D6AA27F" w14:textId="31E6C86F" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3D6AA27F" w14:textId="6AF3929D" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="205FAB1E" w14:textId="149049C0" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="205FAB1E" w14:textId="36A929ED" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="70440B5B" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="70440B5B" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="15356E20" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="15356E20" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t xml:space="preserve">Ormiston </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
               <w:r>
                 <w:t>Forge</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
               <w:r>
                 <w:t>Academy</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="253E335E" w14:textId="3CEBBABD" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>2.139</w:t>
+          <w:p w14:paraId="253E335E" w14:textId="3D90F24B" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2.230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F49F0F7" w14:textId="7DA4298E" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7F49F0F7" w14:textId="1D4C77C4" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2.230</w:t>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="221F3F26" w14:textId="7E6A057E" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="221F3F26" w14:textId="12BA36CD" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="3DDACAC9" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="3DDACAC9" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7D748722" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="7D748722" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t xml:space="preserve">Ormiston </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
               <w:r>
                 <w:t>Sandwell</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
               <w:r>
                 <w:t>Community</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
               <w:r>
                 <w:t>Academy</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29040451" w14:textId="3A67CAA3" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>0.923</w:t>
+          <w:p w14:paraId="29040451" w14:textId="7CABEA27" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0.971</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00E87F8B" w14:textId="1DDB279F" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="00E87F8B" w14:textId="199B4EE1" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.532</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B31286A" w14:textId="0CD517D0" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w14:paraId="703C862A" w14:textId="77777777" w:rsidTr="00C35378">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DA2565E" w14:textId="3D0224EA" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:r>
+              <w:t>Perryfields Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4735B6" w14:textId="6A42E23C" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>0.971</w:t>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B31286A" w14:textId="3649100E" w:rsidR="00C35378" w:rsidRDefault="004B2F32" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>1.532</w:t>
+          <w:p w14:paraId="0C1816E3" w14:textId="762DDBD0" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4CE5">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="200F4FFF" w14:textId="65FF4906" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="703C862A" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="63E005FA" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>Academy</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="5CF3F44A" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:r>
+              <w:t>Q3 Academy- Great Barr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4735B6" w14:textId="3AD5B139" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>N/A</w:t>
+          <w:p w14:paraId="4ADB37FE" w14:textId="22EE129B" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1816E3" w14:textId="7B8BBC20" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...7 lines deleted...]
-              <w:t>N/A</w:t>
+          <w:p w14:paraId="1AB73905" w14:textId="58569EBE" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.322</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="200F4FFF" w14:textId="44619C33" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...7 lines deleted...]
-              <w:t>N/A</w:t>
+          <w:p w14:paraId="76A127D3" w14:textId="1226297F" w:rsidR="00B65ACF" w:rsidRDefault="00D57A5A" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="001F72A6">
+              <w:t>248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="63E005FA" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="0A6AED97" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="24523571" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="24523571" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r w:rsidRPr="00F72B7B">
               <w:t>Q3 Academy</w:t>
             </w:r>
             <w:r>
               <w:t>- Langley</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C8D26A" w14:textId="20D2B4F3" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>1.177</w:t>
+          <w:p w14:paraId="32C8D26A" w14:textId="224C92FC" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0.833</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35ACC385" w14:textId="01EC217D" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="35ACC385" w14:textId="0E14B352" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7D8716" w14:textId="54C76DBC" w:rsidR="00B65ACF" w:rsidRDefault="00D57A5A" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="001F72A6">
+              <w:t>171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w14:paraId="6784839A" w14:textId="77777777" w:rsidTr="00C35378">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="432975F3" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:r>
+              <w:t>Q3 Academy- Tipton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0757AAF5" w14:textId="6EAF9CBE" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>0.833</w:t>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7D8716" w14:textId="27C8BB55" w:rsidR="00C35378" w:rsidRDefault="004B2F32" w:rsidP="00C35378">
-[...7 lines deleted...]
-              <w:t>32</w:t>
+          <w:p w14:paraId="008FB27D" w14:textId="4B301187" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4CE5">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3E1E82" w14:textId="41CD1A03" w:rsidR="00B65ACF" w:rsidRDefault="00053E2F" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="6784839A" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="15CD4CC3" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:t>Q3 Academy- Tipton</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="61B986CE" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:r>
+              <w:t>Sandwell Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0757AAF5" w14:textId="4E749EF9" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...57 lines deleted...]
-          <w:p w14:paraId="2664227E" w14:textId="6B03A859" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="2664227E" w14:textId="621D2500" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D2440">
               <w:t>N/A (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2440">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use banding system</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="730586D6" w14:textId="17B33DFE" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="730586D6" w14:textId="0E1D3F7D" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D2440">
               <w:t>N/A (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2440">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use banding system</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E294C63" w14:textId="033843D9" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="5E294C63" w14:textId="43926A98" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D2440">
               <w:t>N/A (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2440">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use banding system</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="6328F411" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="6328F411" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="00068D91" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="00068D91" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t>Shireland Biomedical UTC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="184BDA8F" w14:textId="065E3BC5" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="184BDA8F" w14:textId="13215422" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="073C757F" w14:textId="525DFA89" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="073C757F" w14:textId="131950EA" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE24DD4" w14:textId="1E97C646" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2FE24DD4" w14:textId="0DA14971" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="5C41CFAA" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="5C41CFAA" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="35281A33" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="35281A33" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t>Shireland Collegiate Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="427BBC2A" w14:textId="6827BB85" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="427BBC2A" w14:textId="00A55BBF" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D2440">
               <w:t>N/A (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2440">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use banding system</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F01419" w14:textId="7A613B9F" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="45F01419" w14:textId="4D41E4D1" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D2440">
               <w:t>N/A (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2440">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use banding system</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36089922" w14:textId="208F905C" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="36089922" w14:textId="631032CA" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D2440">
               <w:t>N/A (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2440">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use banding system</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="1658B34F" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="1658B34F" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="274DD462" w14:textId="0B9FB59B" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="274DD462" w14:textId="0B9FB59B" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t>Shireland CBSO Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="192AE11E" w14:textId="5751DE0B" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="192AE11E" w14:textId="62BD551F" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79BACA89" w14:textId="7F394B81" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="79BACA89" w14:textId="73F40E86" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="036320B5" w14:textId="3F9E36E2" w:rsidR="00C35378" w:rsidRPr="002D2440" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007B4CE5">
+          <w:p w14:paraId="036320B5" w14:textId="20E518F1" w:rsidR="00B65ACF" w:rsidRPr="002D2440" w:rsidRDefault="00053E2F" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">N/A </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00053E2F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Use nodal points)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w14:paraId="7F3E1F50" w14:textId="77777777" w:rsidTr="00C35378">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C89E7F" w14:textId="0FB88615" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:r>
+              <w:t>St Michael’s CE High School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0BD3D1" w14:textId="147782F2" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>N/A</w:t>
+              <w:t>0.791</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA8447D" w14:textId="74DE1A65" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.088</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C11935" w14:textId="1B5464DC" w:rsidR="00B65ACF" w:rsidRDefault="00D57A5A" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0.844</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="7F3E1F50" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="7576013D" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="0D444BCF" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="0D444BCF" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t xml:space="preserve">Stuart </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
               <w:r>
                 <w:t>Bathurst</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
               <w:r>
                 <w:t>Catholic</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
               <w:r>
                 <w:t>High School</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65C43994" w14:textId="38CE9089" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="65C43994" w14:textId="47E74672" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A643770" w14:textId="64E18349" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2A643770" w14:textId="07A78E4E" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6154E692" w14:textId="33AC5292" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="6154E692" w14:textId="7F8B3ADB" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w14:paraId="03A9FBD6" w14:textId="77777777" w:rsidTr="00C35378">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B1A7B11" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:r>
+              <w:t>The Phoenix Collegiate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B4E9B74" w14:textId="0E8656AA" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="263018C4" w14:textId="420AF252" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="540C5852" w14:textId="1B5DD65A" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="03A9FBD6" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="34DB84F3" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:t>The Phoenix Collegiate</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="2B2EE755" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:r>
+              <w:t xml:space="preserve">West Bromwich Collegiate Academy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4E9B74" w14:textId="678BA89D" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...57 lines deleted...]
-          <w:p w14:paraId="7432A198" w14:textId="73D08EDC" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="7432A198" w14:textId="52B763AA" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D2440">
               <w:t>N/A (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2440">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use banding system</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E28E04A" w14:textId="6F97FD82" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="1E28E04A" w14:textId="38FEFF2B" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D2440">
               <w:t>N/A (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2440">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use banding system</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71FC3754" w14:textId="3EA1D990" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          <w:p w14:paraId="71FC3754" w14:textId="7F796CF6" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002D2440">
               <w:t>N/A (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D2440">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use banding system</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="2DC77240" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="2DC77240" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="648838F0" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="648838F0" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t>Wodensborough Ormiston Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="016C1E9C" w14:textId="2305897B" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>1.846</w:t>
+          <w:p w14:paraId="016C1E9C" w14:textId="60775B87" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.356</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79211B56" w14:textId="34E54A94" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00816A57">
+          <w:p w14:paraId="79211B56" w14:textId="298FE41F" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4CE5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1.356</w:t>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5D1CF8" w14:textId="15055705" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007B4CE5">
+          <w:p w14:paraId="7B5D1CF8" w14:textId="79F4F8A8" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w14:paraId="4D30409B" w14:textId="77777777" w:rsidTr="00C35378">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04510FD9" w14:textId="5CA1C428" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:r>
+              <w:t xml:space="preserve">Windsor Olympus Academy </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24717281" w14:textId="5DFF4406" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDCB477" w14:textId="102F4864" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.927</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2C8C2F" w14:textId="45F44D8D" w:rsidR="00B65ACF" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C35378" w14:paraId="4D30409B" w14:textId="77777777" w:rsidTr="00C35378">
+      <w:tr w:rsidR="00B65ACF" w14:paraId="5E2F548D" w14:textId="77777777" w:rsidTr="00C35378">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...56 lines deleted...]
-          <w:p w14:paraId="5776D0BF" w14:textId="77777777" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
+          </w:tcPr>
+          <w:p w14:paraId="5776D0BF" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:r>
               <w:t xml:space="preserve">Wood </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
               <w:r>
                 <w:t>Green</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
               <w:r>
                 <w:t>Academy</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DC3F28" w14:textId="63F3FEA6" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...4 lines deleted...]
-              <w:t>0.873 (Non-Catchment)</w:t>
+          <w:p w14:paraId="27DC3F28" w14:textId="24E18F4B" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0.798 (Non-Catchment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0652C6B1" w14:textId="3048A8B4" w:rsidR="00C35378" w:rsidRDefault="00C35378" w:rsidP="00C35378">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="0652C6B1" w14:textId="00F8D09D" w:rsidR="00B65ACF" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.068 (Non-Catchment)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E298E0C" w14:textId="6D5B0171" w:rsidR="00B65ACF" w:rsidRPr="00053E2F" w:rsidRDefault="00D57A5A" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>0.798 (Non-Catchment)</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> (Non-Catchment)</w:t>
+              <w:t>1.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF6601">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00053E2F">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00053E2F" w:rsidRPr="00053E2F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Non-Catchment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58CB9C35" w14:textId="77777777" w:rsidR="008B4166" w:rsidRDefault="008B4166" w:rsidP="00FE2B4D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1634882E" w14:textId="77777777" w:rsidR="00580D26" w:rsidRDefault="00580D26" w:rsidP="00FE2B4D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="785907E7" w14:textId="77777777" w:rsidR="00580D26" w:rsidRDefault="00580D26" w:rsidP="00FE2B4D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="670DD6C8" w14:textId="77777777" w:rsidR="00E847B2" w:rsidRDefault="00E847B2" w:rsidP="00FE2B4D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D535CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Appeal Data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1B6991" w14:textId="3617E337" w:rsidR="00D535CB" w:rsidRPr="00816A57" w:rsidRDefault="00D535CB" w:rsidP="00C66342">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15592" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4961"/>
         <w:gridCol w:w="1771"/>
         <w:gridCol w:w="1772"/>
         <w:gridCol w:w="1772"/>
         <w:gridCol w:w="1772"/>
         <w:gridCol w:w="1772"/>
         <w:gridCol w:w="1772"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D7731E" w:rsidRPr="00816A57" w14:paraId="689009DF" w14:textId="77777777" w:rsidTr="00D7731E">
         <w:trPr>
           <w:trHeight w:val="569"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="210B503F" w14:textId="77777777" w:rsidR="00D7731E" w:rsidRDefault="00D7731E" w:rsidP="00D7731E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk190244624"/>
           </w:p>
           <w:p w14:paraId="56C457B8" w14:textId="64C62877" w:rsidR="00D7731E" w:rsidRPr="006B5003" w:rsidRDefault="00D7731E" w:rsidP="00D7731E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5003">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="49D0BDF2" w14:textId="2FDA1A6E" w:rsidR="00D7731E" w:rsidRPr="00816A57" w:rsidRDefault="00C35378" w:rsidP="00D7731E">
+          <w:p w14:paraId="49D0BDF2" w14:textId="09F09A9D" w:rsidR="00D7731E" w:rsidRPr="00816A57" w:rsidRDefault="00C35378" w:rsidP="00D7731E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2022/2023</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="456601B0" w14:textId="4321C456" w:rsidR="00D7731E" w:rsidRPr="00816A57" w:rsidRDefault="00C35378" w:rsidP="00D7731E">
+          </w:tcPr>
+          <w:p w14:paraId="456601B0" w14:textId="058E5F40" w:rsidR="00D7731E" w:rsidRPr="00816A57" w:rsidRDefault="00C35378" w:rsidP="00D7731E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2023/2024</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="755BA097" w14:textId="6CA1DAE3" w:rsidR="00D7731E" w:rsidRPr="00816A57" w:rsidRDefault="00C35378" w:rsidP="00D7731E">
+          <w:p w14:paraId="755BA097" w14:textId="54CD2309" w:rsidR="00D7731E" w:rsidRPr="00816A57" w:rsidRDefault="00C35378" w:rsidP="00D7731E">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2024/2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65ACF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D7731E" w:rsidRPr="00816A57" w14:paraId="7BAD7EEB" w14:textId="77777777" w:rsidTr="00D7731E">
         <w:trPr>
           <w:trHeight w:val="569"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78D78FEB" w14:textId="7820C59A" w:rsidR="00D7731E" w:rsidRPr="006B5003" w:rsidRDefault="00D7731E" w:rsidP="00D7731E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="243E6432" w14:textId="47BFCE11" w:rsidR="00D7731E" w:rsidRPr="00816A57" w:rsidRDefault="00D7731E" w:rsidP="00D7731E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:b/>
@@ -7656,2184 +7589,2298 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F6F4B6D" w14:textId="77777777" w:rsidR="00D7731E" w:rsidRPr="00816A57" w:rsidRDefault="00D7731E" w:rsidP="00D7731E">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Appeals Won</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012725D" w:rsidRPr="00816A57" w14:paraId="663D9490" w14:textId="77777777" w:rsidTr="00D7731E">
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="663D9490" w14:textId="77777777" w:rsidTr="00D7731E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="49EAF3E8" w14:textId="77777777" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          </w:tcPr>
+          <w:p w14:paraId="49EAF3E8" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bristnall Hall Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="002BF182" w14:textId="5A55E430" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="002BF182" w14:textId="3ADAA29F" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DCCB4A" w14:textId="709D8E44" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75207118" w14:textId="2EBB2062" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="789F9283" w14:textId="5BD6089F" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC4A1E7" w14:textId="7B8FE5CF" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E83ED90" w14:textId="5A703580" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="69E1FA2B" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63793DB0" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>George Salter Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5239E8D8" w14:textId="6767C51B" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A69777" w14:textId="13018723" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC6ED97" w14:textId="3D159E5E" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16958084" w14:textId="0169577D" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00700673" w14:textId="1DC160B8" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B4099F" w14:textId="1EA837EE" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="20654A18" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D472E06" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gospel Oak School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48386E1E" w14:textId="3CA9F386" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E543CC" w14:textId="5EF04327" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B83BB8" w14:textId="414E19FF" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D7C295" w14:textId="6C481F55" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E50A592" w14:textId="4209AADA" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66ECAAE7" w14:textId="744E3470" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="194AEA17" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7C03A8" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ormiston Forge Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FDB843C" w14:textId="424D2973" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="736CAFC2" w14:textId="253C0B67" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A62BD27" w14:textId="25E6E110" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58FF4C05" w14:textId="2554ECEB" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55144743" w14:textId="552AB16B" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05FEC151" w14:textId="1D9D12D2" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="60BE792F" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A032787" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ormiston Sandwell Community Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E2E7AE" w14:textId="0B8E341B" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DEC219" w14:textId="6971A06F" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B929F4" w14:textId="4611BF80" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30DCCB4A" w14:textId="2C1FD90F" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="348B291E" w14:textId="31EC59F5" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B53592" w14:textId="2DE7C2A7" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D4FB6E" w14:textId="2F235BA2" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="7E472FA7" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC5674A" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>Q3 Academy- Great Barr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C69961E" w14:textId="4724BE1B" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39B0D072" w14:textId="679DEE58" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75207118" w14:textId="15033274" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="5DE3BB1E" w14:textId="5343D848" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="048E6749" w14:textId="6CCD188C" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="661D18E2" w14:textId="7986CB4D" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05508D3E" w14:textId="4332432E" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="791D5FAB" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BFC1959" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>Q3 Academy- Langley</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="691EF173" w14:textId="30CD8C52" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6321C442" w14:textId="588D0446" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3606C38A" w14:textId="13339D43" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C88432D" w14:textId="3E24C41E" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5285EF1C" w14:textId="3BEB02D3" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7732F63C" w14:textId="41D82B4C" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="48649F94" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EC1755" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Q3 Academy- Tipton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AD99D6" w14:textId="34E9CD25" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F383BA" w14:textId="086FC482" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0462ED8B" w14:textId="23849641" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="623FA983" w14:textId="30850FE9" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F56F363" w14:textId="1D01E9DD" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C3ECEB" w14:textId="6D75824C" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="75FD8FE0" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="574AD10C" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sandwell Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77AAE244" w14:textId="42D26E51" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B74F06" w14:textId="1DDEF105" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56503A24" w14:textId="7BC01E61" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED34DD8" w14:textId="145A6D0C" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5E3E58" w14:textId="64757246" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="198A9EDF" w14:textId="08ADDAF9" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B75ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="7DECBC46" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2904EBCE" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shireland Collegiate Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D4A24D6" w14:textId="0CD10D42" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7073E0EF" w14:textId="4AF6588B" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2663C3" w14:textId="6C1617EF" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CDE066" w14:textId="26A11CF8" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00265125" w14:textId="40957624" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5903B2BC" w14:textId="40E224A3" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="4C9F71D3" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFFB9D2" w14:textId="5971C10D" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>St Michael’s CE High</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F450CA8" w14:textId="67AFB5D8" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07035E74" w14:textId="5AE00824" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="325580DA" w14:textId="0DE1145D" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="789F9283" w14:textId="36B33979" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="153D00FE" w14:textId="0ED6E517" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="605BC2EC" w14:textId="3F605B20" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B51CFD8" w14:textId="6E94A913" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="6785C45E" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="060D758C" w14:textId="77777777" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">West Bromwich Collegiate Academy </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA2696B" w14:textId="5FA543C3" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB2E5FE" w14:textId="62258540" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC4A1E7" w14:textId="1858BE8B" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="5047A8A7" w14:textId="651F6AC3" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>38</w:t>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E83ED90" w14:textId="1F929564" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="681DF997" w14:textId="014F98A7" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00B65ACF" w:rsidP="00B65ACF">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FCF769" w14:textId="6FCC3A13" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63AC6403" w14:textId="08DCDAD9" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00382AC8" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B65ACF" w:rsidRPr="00816A57" w14:paraId="27F370EC" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4ED989" w14:textId="01EA99F5" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Windsor Olympus Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1AD5F8" w14:textId="14C64070" w:rsidR="00B65ACF" w:rsidRPr="00A217E9" w:rsidRDefault="00B65ACF" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8F96E9" w14:textId="462F4F48" w:rsidR="00B65ACF" w:rsidRPr="00A217E9" w:rsidRDefault="00B65ACF" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8DDDF2" w14:textId="59A3640C" w:rsidR="00B65ACF" w:rsidRPr="00A217E9" w:rsidRDefault="00B65ACF" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30887331" w14:textId="4549ED78" w:rsidR="00B65ACF" w:rsidRPr="00A217E9" w:rsidRDefault="00B65ACF" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB7F663" w14:textId="2253D3E1" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15744122" w14:textId="04F4137E" w:rsidR="00B65ACF" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00B65ACF">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012725D" w:rsidRPr="00816A57" w14:paraId="69E1FA2B" w14:textId="77777777" w:rsidTr="00D7731E">
+      <w:tr w:rsidR="00A217E9" w:rsidRPr="00816A57" w14:paraId="4B6D9E3B" w14:textId="77777777" w:rsidTr="00D7731E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="63793DB0" w14:textId="77777777" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          </w:tcPr>
+          <w:p w14:paraId="4BE75111" w14:textId="49AC53A6" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>George Salter Academy</w:t>
+              <w:t>Wodensborough Ormiston Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5239E8D8" w14:textId="5CD6E333" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="041DD065" w14:textId="392BCC89" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12A69777" w14:textId="3AD6F1B2" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="06D076A8" w14:textId="60528806" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0664B4D8" w14:textId="5939295E" w:rsidR="00A217E9" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="607A8394" w14:textId="00F4D72A" w:rsidR="00A217E9" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC6ED97" w14:textId="14B0ACAE" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="5716BF0C" w14:textId="4BEF1BD5" w:rsidR="00A217E9" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EAC19FC" w14:textId="2F0B8F5A" w:rsidR="00A217E9" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A217E9" w:rsidRPr="00816A57" w14:paraId="11E8805B" w14:textId="77777777" w:rsidTr="00D7731E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="413FD0B8" w14:textId="77777777" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00816A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>Wood Green Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BBE456" w14:textId="7B95869D" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16958084" w14:textId="58DD3AE5" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="4433B74B" w14:textId="325A2F8B" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00816A57">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1772" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D950BA0" w14:textId="6B19B935" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816A57">
-[...4 lines deleted...]
-              <w:t>0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00700673" w14:textId="5579EE53" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="39EBEB2B" w14:textId="54E31585" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64B4099F" w14:textId="41B8CD8E" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="2AA9ACA2" w14:textId="21195D84" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...43 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37E543CC" w14:textId="0769550A" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
-[...1776 lines deleted...]
-          <w:p w14:paraId="4A509ECA" w14:textId="24EC8B15" w:rsidR="0012725D" w:rsidRPr="00816A57" w:rsidRDefault="0012725D" w:rsidP="0012725D">
+          <w:p w14:paraId="4A509ECA" w14:textId="65254241" w:rsidR="00A217E9" w:rsidRPr="00816A57" w:rsidRDefault="00A217E9" w:rsidP="00A217E9">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="3"/>
     </w:tbl>
     <w:p w14:paraId="4D748C92" w14:textId="5BCA294D" w:rsidR="00816A57" w:rsidRDefault="00816A57" w:rsidP="00C66342">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -9854,192 +9901,192 @@
         </w:rPr>
         <w:t>Please note the above table only includes schools that have had appeals heard (if the school is not in the above list they have not been in Year 7 September appeals for the past 3 years)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00816A57" w:rsidRPr="00816A57" w:rsidSect="00111124">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="993" w:right="1582" w:bottom="426" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5C6BDB40" w14:textId="77777777" w:rsidR="006F2AF0" w:rsidRDefault="006F2AF0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5E6F379C" w14:textId="77777777" w:rsidR="006F2AF0" w:rsidRDefault="006F2AF0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Marlett">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2435C031" w14:textId="35A270CE" w:rsidR="00016A60" w:rsidRDefault="00016A60">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="368565E6" w14:textId="5AFC82E0" w:rsidR="006F2AF0" w:rsidRPr="00F753D5" w:rsidRDefault="006F2AF0" w:rsidP="009B7547">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2580"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3FAFD60C" w14:textId="77777777" w:rsidR="006F2AF0" w:rsidRDefault="006F2AF0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="19203E4E" w14:textId="77777777" w:rsidR="006F2AF0" w:rsidRDefault="006F2AF0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Level1"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -12176,50 +12223,162 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="389B5CD6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="448407DE"/>
+    <w:lvl w:ilvl="0" w:tplc="669A9066">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1140" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3300" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6180" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E190714"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="143C86DC"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12316,51 +12475,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47B529C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA7A2A04"/>
     <w:lvl w:ilvl="0" w:tplc="BBBED8EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="DfESBullets"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -12458,51 +12617,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Marlett" w:hAnsi="Marlett" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="492A0E69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1D463D6"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12599,51 +12758,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C0225BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE76EF56"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12740,51 +12899,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CF06B8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7692560E"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12881,51 +13040,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ED20FEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EB473B4"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13022,51 +13181,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="517D670D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06CAC104"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13162,51 +13321,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="519F160C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB166626"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13303,51 +13462,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55D1740B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41CA2DE8"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13444,51 +13603,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A1E7165"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15B88E62"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13585,51 +13744,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B0E6CD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C8A850B8"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13726,51 +13885,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63F578AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="840E8230"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13867,51 +14026,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CC9232F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9CA6F06"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14008,51 +14167,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E1A3B14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D423082"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14149,51 +14308,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EBE35A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71FAF0B2"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14290,51 +14449,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70553B2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90348260"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14431,51 +14590,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B066DC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3DAE1A4"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14572,51 +14731,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CC26985"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6D62924"/>
     <w:lvl w:ilvl="0" w:tplc="964EBE7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14713,51 +14872,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E607868"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38C0AFE4"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -14903,536 +15062,559 @@
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%6"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%7"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%8"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2013407464">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="797651329">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2145925656">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="129372883">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1883978208">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="863447067">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="554586520">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2050449859">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="397871541">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="729810431">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="15547341">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="15547341">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="13" w16cid:durableId="1970044123">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="924412700">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1278292014">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="654262487">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1321470471">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="242378574">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1752897179">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="623655254">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="208617862">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1635868390">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1676571118">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1307541248">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1456101956">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="479230612">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="731005682">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1766027507">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1393892045">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1522285074">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1364556847">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1865365944">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1861162612">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="864951558">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1335259356">
     <w:abstractNumId w:val="5"/>
   </w:num>
+  <w:num w:numId="36" w16cid:durableId="126514004">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="80897">
+    <o:shapedefaults v:ext="edit" spidmax="101377">
       <o:colormru v:ext="edit" colors="#005b99"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C626B"/>
     <w:rsid w:val="0000068B"/>
     <w:rsid w:val="00001EE2"/>
     <w:rsid w:val="00002F9B"/>
     <w:rsid w:val="0000305F"/>
     <w:rsid w:val="0000452E"/>
     <w:rsid w:val="000079F8"/>
     <w:rsid w:val="00010B1C"/>
     <w:rsid w:val="00011CDE"/>
     <w:rsid w:val="000153AC"/>
     <w:rsid w:val="00016520"/>
     <w:rsid w:val="00016A60"/>
     <w:rsid w:val="000173E8"/>
     <w:rsid w:val="000205D6"/>
     <w:rsid w:val="0002071E"/>
     <w:rsid w:val="00021DF6"/>
     <w:rsid w:val="00022E4B"/>
     <w:rsid w:val="00025D5D"/>
     <w:rsid w:val="00032845"/>
     <w:rsid w:val="00033191"/>
     <w:rsid w:val="00036694"/>
+    <w:rsid w:val="000422BC"/>
     <w:rsid w:val="00044353"/>
     <w:rsid w:val="0004496B"/>
     <w:rsid w:val="00045834"/>
     <w:rsid w:val="00045B0C"/>
+    <w:rsid w:val="00053E2F"/>
     <w:rsid w:val="000547FB"/>
     <w:rsid w:val="00054B1D"/>
     <w:rsid w:val="00055288"/>
     <w:rsid w:val="00062C74"/>
     <w:rsid w:val="000645A8"/>
     <w:rsid w:val="000654D3"/>
     <w:rsid w:val="00066C23"/>
     <w:rsid w:val="00067A39"/>
     <w:rsid w:val="00083414"/>
     <w:rsid w:val="00083973"/>
     <w:rsid w:val="00084E4D"/>
     <w:rsid w:val="00090BB6"/>
     <w:rsid w:val="00091366"/>
     <w:rsid w:val="00092AD9"/>
     <w:rsid w:val="000A0812"/>
     <w:rsid w:val="000B0F1A"/>
     <w:rsid w:val="000C16CF"/>
     <w:rsid w:val="000C1F5E"/>
     <w:rsid w:val="000C2D7C"/>
     <w:rsid w:val="000C35A4"/>
     <w:rsid w:val="000D3A13"/>
+    <w:rsid w:val="000D6209"/>
     <w:rsid w:val="000E1D11"/>
     <w:rsid w:val="000E5D3D"/>
     <w:rsid w:val="000F2720"/>
     <w:rsid w:val="000F3131"/>
     <w:rsid w:val="000F62A5"/>
     <w:rsid w:val="00100D5E"/>
     <w:rsid w:val="00105526"/>
     <w:rsid w:val="001055D2"/>
     <w:rsid w:val="00111124"/>
     <w:rsid w:val="00113AB7"/>
     <w:rsid w:val="00113B85"/>
     <w:rsid w:val="0011529A"/>
     <w:rsid w:val="00121A46"/>
+    <w:rsid w:val="001231BA"/>
     <w:rsid w:val="001247B6"/>
+    <w:rsid w:val="001264AE"/>
     <w:rsid w:val="0012704D"/>
     <w:rsid w:val="0012725D"/>
     <w:rsid w:val="001275B2"/>
     <w:rsid w:val="001313C3"/>
     <w:rsid w:val="00131E2F"/>
     <w:rsid w:val="001364C2"/>
     <w:rsid w:val="0013651E"/>
     <w:rsid w:val="00140131"/>
     <w:rsid w:val="001411FA"/>
     <w:rsid w:val="00146185"/>
     <w:rsid w:val="00146673"/>
     <w:rsid w:val="0015086D"/>
     <w:rsid w:val="001508D0"/>
     <w:rsid w:val="001526FE"/>
     <w:rsid w:val="00152A83"/>
     <w:rsid w:val="001556F7"/>
     <w:rsid w:val="00161701"/>
     <w:rsid w:val="00164203"/>
     <w:rsid w:val="00165B4A"/>
     <w:rsid w:val="00171E5B"/>
     <w:rsid w:val="00173FCD"/>
+    <w:rsid w:val="001807E1"/>
     <w:rsid w:val="00181ABD"/>
     <w:rsid w:val="00181B20"/>
     <w:rsid w:val="0019169A"/>
     <w:rsid w:val="00191A5D"/>
     <w:rsid w:val="00192470"/>
     <w:rsid w:val="0019596F"/>
     <w:rsid w:val="00195EAE"/>
     <w:rsid w:val="001963ED"/>
     <w:rsid w:val="001A448B"/>
     <w:rsid w:val="001B2854"/>
     <w:rsid w:val="001B33DB"/>
     <w:rsid w:val="001B47AB"/>
     <w:rsid w:val="001C2338"/>
     <w:rsid w:val="001C3736"/>
     <w:rsid w:val="001C4940"/>
     <w:rsid w:val="001C4C6D"/>
     <w:rsid w:val="001C5452"/>
     <w:rsid w:val="001C626B"/>
     <w:rsid w:val="001C645D"/>
     <w:rsid w:val="001D71D9"/>
     <w:rsid w:val="001E1EF3"/>
     <w:rsid w:val="001E3475"/>
+    <w:rsid w:val="001F72A6"/>
     <w:rsid w:val="00205039"/>
     <w:rsid w:val="00205569"/>
     <w:rsid w:val="00213F7C"/>
     <w:rsid w:val="002154EC"/>
     <w:rsid w:val="00216058"/>
     <w:rsid w:val="00217533"/>
     <w:rsid w:val="002200A3"/>
     <w:rsid w:val="002205CE"/>
     <w:rsid w:val="00222633"/>
     <w:rsid w:val="00222FEA"/>
     <w:rsid w:val="002239BC"/>
     <w:rsid w:val="00224241"/>
     <w:rsid w:val="0022616F"/>
     <w:rsid w:val="00235A09"/>
     <w:rsid w:val="002360A1"/>
     <w:rsid w:val="00236E9A"/>
     <w:rsid w:val="002370BD"/>
     <w:rsid w:val="002373A8"/>
     <w:rsid w:val="00245994"/>
+    <w:rsid w:val="002543F2"/>
+    <w:rsid w:val="002560FC"/>
     <w:rsid w:val="0026156F"/>
     <w:rsid w:val="002615EF"/>
     <w:rsid w:val="0026334F"/>
     <w:rsid w:val="00264422"/>
     <w:rsid w:val="00267183"/>
     <w:rsid w:val="00267271"/>
     <w:rsid w:val="00267B7F"/>
     <w:rsid w:val="002707B5"/>
     <w:rsid w:val="0027156D"/>
     <w:rsid w:val="00271821"/>
     <w:rsid w:val="00271F6B"/>
     <w:rsid w:val="00272FC2"/>
     <w:rsid w:val="00276358"/>
     <w:rsid w:val="0027791D"/>
     <w:rsid w:val="002820E3"/>
     <w:rsid w:val="00282497"/>
     <w:rsid w:val="0028693E"/>
+    <w:rsid w:val="002901C9"/>
     <w:rsid w:val="00290EFA"/>
     <w:rsid w:val="00292B64"/>
     <w:rsid w:val="002952E2"/>
     <w:rsid w:val="002A0D44"/>
     <w:rsid w:val="002B1BEF"/>
     <w:rsid w:val="002B5A19"/>
     <w:rsid w:val="002B5B16"/>
     <w:rsid w:val="002B60D4"/>
     <w:rsid w:val="002B6FBD"/>
     <w:rsid w:val="002C25BD"/>
     <w:rsid w:val="002C765F"/>
     <w:rsid w:val="002C7D95"/>
     <w:rsid w:val="002D1630"/>
     <w:rsid w:val="002D2440"/>
     <w:rsid w:val="002D375C"/>
     <w:rsid w:val="002D39AE"/>
     <w:rsid w:val="002D5F67"/>
     <w:rsid w:val="002E4BF0"/>
     <w:rsid w:val="002F49EA"/>
     <w:rsid w:val="00304F2E"/>
     <w:rsid w:val="00311A59"/>
     <w:rsid w:val="00313205"/>
     <w:rsid w:val="00314430"/>
     <w:rsid w:val="003149D5"/>
     <w:rsid w:val="003151E0"/>
     <w:rsid w:val="00315A2B"/>
     <w:rsid w:val="00315AF2"/>
     <w:rsid w:val="00317532"/>
     <w:rsid w:val="00325786"/>
     <w:rsid w:val="0033043D"/>
     <w:rsid w:val="00332F8B"/>
     <w:rsid w:val="003370CB"/>
+    <w:rsid w:val="00343286"/>
     <w:rsid w:val="003432B1"/>
     <w:rsid w:val="00344CE8"/>
     <w:rsid w:val="00360303"/>
     <w:rsid w:val="00361120"/>
     <w:rsid w:val="003649C0"/>
     <w:rsid w:val="0037423A"/>
     <w:rsid w:val="00374F6E"/>
     <w:rsid w:val="003827B3"/>
+    <w:rsid w:val="00382AC8"/>
     <w:rsid w:val="00384580"/>
     <w:rsid w:val="0038570B"/>
     <w:rsid w:val="0038788C"/>
     <w:rsid w:val="00395D97"/>
     <w:rsid w:val="00396C4C"/>
     <w:rsid w:val="003A6D9B"/>
     <w:rsid w:val="003B3D82"/>
     <w:rsid w:val="003B4D2C"/>
     <w:rsid w:val="003C1CC5"/>
     <w:rsid w:val="003C55D7"/>
     <w:rsid w:val="003D0788"/>
     <w:rsid w:val="003D2666"/>
     <w:rsid w:val="003D4228"/>
     <w:rsid w:val="003D4582"/>
     <w:rsid w:val="003E0281"/>
     <w:rsid w:val="003E19A1"/>
     <w:rsid w:val="003E21C6"/>
     <w:rsid w:val="003E2D7F"/>
     <w:rsid w:val="003F29A6"/>
     <w:rsid w:val="003F3FFC"/>
     <w:rsid w:val="004017E6"/>
     <w:rsid w:val="0040778C"/>
     <w:rsid w:val="004142D6"/>
     <w:rsid w:val="00414954"/>
     <w:rsid w:val="0041617A"/>
     <w:rsid w:val="004168BB"/>
     <w:rsid w:val="00416ADD"/>
     <w:rsid w:val="00416AE6"/>
     <w:rsid w:val="004219F3"/>
     <w:rsid w:val="004242C9"/>
     <w:rsid w:val="004278EE"/>
     <w:rsid w:val="004364E4"/>
     <w:rsid w:val="00436ADE"/>
     <w:rsid w:val="00446155"/>
     <w:rsid w:val="004476B2"/>
     <w:rsid w:val="0045288D"/>
+    <w:rsid w:val="00453D92"/>
     <w:rsid w:val="004605B3"/>
     <w:rsid w:val="004619DC"/>
     <w:rsid w:val="00463D36"/>
     <w:rsid w:val="0046423F"/>
     <w:rsid w:val="0046452C"/>
     <w:rsid w:val="00467259"/>
     <w:rsid w:val="00470FEA"/>
     <w:rsid w:val="0047127F"/>
     <w:rsid w:val="00474FC7"/>
     <w:rsid w:val="0047664C"/>
     <w:rsid w:val="00476FEC"/>
     <w:rsid w:val="00485319"/>
     <w:rsid w:val="0048774F"/>
     <w:rsid w:val="00487816"/>
     <w:rsid w:val="00490D00"/>
     <w:rsid w:val="00492F65"/>
     <w:rsid w:val="004A2CC2"/>
     <w:rsid w:val="004A3F94"/>
     <w:rsid w:val="004A6987"/>
     <w:rsid w:val="004B2F32"/>
     <w:rsid w:val="004C1631"/>
     <w:rsid w:val="004C1D2B"/>
     <w:rsid w:val="004C4AA2"/>
     <w:rsid w:val="004C4B2A"/>
     <w:rsid w:val="004C7221"/>
     <w:rsid w:val="004E1806"/>
     <w:rsid w:val="004E5390"/>
     <w:rsid w:val="004E5796"/>
     <w:rsid w:val="004E6501"/>
     <w:rsid w:val="004E762F"/>
     <w:rsid w:val="004F7EE8"/>
     <w:rsid w:val="00503E56"/>
     <w:rsid w:val="00504177"/>
     <w:rsid w:val="00506C7A"/>
     <w:rsid w:val="005075CA"/>
     <w:rsid w:val="00511B85"/>
     <w:rsid w:val="005162D5"/>
     <w:rsid w:val="00520274"/>
     <w:rsid w:val="005211CE"/>
     <w:rsid w:val="00521A2B"/>
     <w:rsid w:val="00523083"/>
+    <w:rsid w:val="0052440D"/>
     <w:rsid w:val="00526B4D"/>
     <w:rsid w:val="0053198B"/>
     <w:rsid w:val="00534FB3"/>
+    <w:rsid w:val="00541692"/>
     <w:rsid w:val="005421A6"/>
     <w:rsid w:val="00552662"/>
     <w:rsid w:val="00552DA1"/>
     <w:rsid w:val="00553B9A"/>
     <w:rsid w:val="00560DEB"/>
     <w:rsid w:val="00561E61"/>
     <w:rsid w:val="00562749"/>
     <w:rsid w:val="00567D50"/>
     <w:rsid w:val="00567E44"/>
     <w:rsid w:val="005709F4"/>
     <w:rsid w:val="0057178D"/>
     <w:rsid w:val="00573B85"/>
     <w:rsid w:val="00576220"/>
     <w:rsid w:val="005807D9"/>
     <w:rsid w:val="00580D26"/>
     <w:rsid w:val="00581150"/>
     <w:rsid w:val="0058228F"/>
     <w:rsid w:val="005840F8"/>
     <w:rsid w:val="0058687C"/>
     <w:rsid w:val="005944A0"/>
     <w:rsid w:val="005A1C83"/>
     <w:rsid w:val="005A23AE"/>
     <w:rsid w:val="005A7F25"/>
     <w:rsid w:val="005B14AE"/>
     <w:rsid w:val="005B35F2"/>
     <w:rsid w:val="005B3FC1"/>
     <w:rsid w:val="005B6B1F"/>
     <w:rsid w:val="005B7D25"/>
     <w:rsid w:val="005C1468"/>
     <w:rsid w:val="005C2289"/>
     <w:rsid w:val="005C3AB8"/>
     <w:rsid w:val="005C5B28"/>
     <w:rsid w:val="005C74C4"/>
     <w:rsid w:val="005D2019"/>
     <w:rsid w:val="005D5C4C"/>
     <w:rsid w:val="005D6293"/>
     <w:rsid w:val="005E04FB"/>
     <w:rsid w:val="005E05B8"/>
     <w:rsid w:val="005E7F49"/>
+    <w:rsid w:val="005F307A"/>
     <w:rsid w:val="0060339B"/>
     <w:rsid w:val="006037C3"/>
     <w:rsid w:val="00610B85"/>
     <w:rsid w:val="006125E5"/>
     <w:rsid w:val="00616582"/>
     <w:rsid w:val="00624B98"/>
     <w:rsid w:val="00631B84"/>
     <w:rsid w:val="00631DB1"/>
+    <w:rsid w:val="00643875"/>
     <w:rsid w:val="006444A1"/>
     <w:rsid w:val="00651B22"/>
     <w:rsid w:val="00653F56"/>
     <w:rsid w:val="00654EB6"/>
     <w:rsid w:val="006551E2"/>
     <w:rsid w:val="00655B44"/>
     <w:rsid w:val="006631F1"/>
     <w:rsid w:val="00664AE2"/>
     <w:rsid w:val="0066522A"/>
     <w:rsid w:val="0066575B"/>
     <w:rsid w:val="006708CC"/>
     <w:rsid w:val="00674594"/>
     <w:rsid w:val="00680347"/>
     <w:rsid w:val="006830C5"/>
     <w:rsid w:val="00683152"/>
     <w:rsid w:val="00685540"/>
     <w:rsid w:val="00692C45"/>
     <w:rsid w:val="00695262"/>
     <w:rsid w:val="006A1423"/>
     <w:rsid w:val="006A2BC4"/>
     <w:rsid w:val="006A2DCD"/>
     <w:rsid w:val="006A30E2"/>
     <w:rsid w:val="006A372A"/>
     <w:rsid w:val="006A59F4"/>
     <w:rsid w:val="006A5B21"/>
     <w:rsid w:val="006B03A0"/>
     <w:rsid w:val="006B4415"/>
     <w:rsid w:val="006B45E7"/>
     <w:rsid w:val="006B5003"/>
+    <w:rsid w:val="006B6654"/>
     <w:rsid w:val="006C0C3D"/>
     <w:rsid w:val="006C3911"/>
     <w:rsid w:val="006C7404"/>
     <w:rsid w:val="006D3088"/>
     <w:rsid w:val="006E1EA4"/>
     <w:rsid w:val="006E1FF9"/>
     <w:rsid w:val="006E43A9"/>
     <w:rsid w:val="006E4AC2"/>
     <w:rsid w:val="006E560A"/>
     <w:rsid w:val="006F2AF0"/>
     <w:rsid w:val="00706EC6"/>
     <w:rsid w:val="00707CFE"/>
     <w:rsid w:val="00711420"/>
+    <w:rsid w:val="00711F6B"/>
     <w:rsid w:val="00713141"/>
     <w:rsid w:val="0071753E"/>
     <w:rsid w:val="007327D3"/>
     <w:rsid w:val="007330D0"/>
     <w:rsid w:val="0073673E"/>
+    <w:rsid w:val="007379CB"/>
     <w:rsid w:val="00742832"/>
     <w:rsid w:val="00744F7A"/>
     <w:rsid w:val="00751640"/>
     <w:rsid w:val="007545D2"/>
     <w:rsid w:val="00755749"/>
     <w:rsid w:val="007608DB"/>
     <w:rsid w:val="00761728"/>
     <w:rsid w:val="00762B3E"/>
     <w:rsid w:val="00762E6A"/>
     <w:rsid w:val="007678BF"/>
     <w:rsid w:val="007744E2"/>
     <w:rsid w:val="00777061"/>
     <w:rsid w:val="0078651A"/>
     <w:rsid w:val="00797F5A"/>
     <w:rsid w:val="007A2494"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4CE5"/>
     <w:rsid w:val="007C3569"/>
     <w:rsid w:val="007C366F"/>
     <w:rsid w:val="007C3DC2"/>
     <w:rsid w:val="007C4025"/>
     <w:rsid w:val="007C7298"/>
     <w:rsid w:val="007D1588"/>
     <w:rsid w:val="007D15E7"/>
     <w:rsid w:val="007D1A81"/>
@@ -15457,165 +15639,172 @@
     <w:rsid w:val="0083409D"/>
     <w:rsid w:val="008344F1"/>
     <w:rsid w:val="0083474A"/>
     <w:rsid w:val="00851C8F"/>
     <w:rsid w:val="00852903"/>
     <w:rsid w:val="008628D4"/>
     <w:rsid w:val="00874B48"/>
     <w:rsid w:val="00874ECB"/>
     <w:rsid w:val="0087584E"/>
     <w:rsid w:val="00876F84"/>
     <w:rsid w:val="00881D03"/>
     <w:rsid w:val="008830D2"/>
     <w:rsid w:val="00887363"/>
     <w:rsid w:val="008933E5"/>
     <w:rsid w:val="00893AC9"/>
     <w:rsid w:val="0089477F"/>
     <w:rsid w:val="008949C4"/>
     <w:rsid w:val="00897962"/>
     <w:rsid w:val="008A0F98"/>
     <w:rsid w:val="008A686F"/>
     <w:rsid w:val="008B15E7"/>
     <w:rsid w:val="008B1D3E"/>
     <w:rsid w:val="008B4166"/>
     <w:rsid w:val="008B6F56"/>
     <w:rsid w:val="008C2D99"/>
+    <w:rsid w:val="008C4472"/>
     <w:rsid w:val="008C5356"/>
     <w:rsid w:val="008C5C04"/>
     <w:rsid w:val="008D2D4E"/>
     <w:rsid w:val="008D45AC"/>
     <w:rsid w:val="008D71EB"/>
     <w:rsid w:val="008D7AE2"/>
     <w:rsid w:val="008E10FD"/>
     <w:rsid w:val="008E5107"/>
     <w:rsid w:val="008E57A2"/>
     <w:rsid w:val="008E5B1F"/>
     <w:rsid w:val="008E6FC5"/>
     <w:rsid w:val="008F5767"/>
     <w:rsid w:val="008F7BC5"/>
     <w:rsid w:val="009017A8"/>
     <w:rsid w:val="00901CAE"/>
     <w:rsid w:val="009054EE"/>
     <w:rsid w:val="009122FA"/>
     <w:rsid w:val="00916696"/>
     <w:rsid w:val="00922CCC"/>
     <w:rsid w:val="009250AD"/>
     <w:rsid w:val="00927F7B"/>
     <w:rsid w:val="0093220C"/>
     <w:rsid w:val="009330D5"/>
     <w:rsid w:val="009344BE"/>
     <w:rsid w:val="0093722F"/>
     <w:rsid w:val="009403B6"/>
     <w:rsid w:val="00957203"/>
     <w:rsid w:val="00963F7E"/>
     <w:rsid w:val="00964223"/>
     <w:rsid w:val="00965C5E"/>
     <w:rsid w:val="00977620"/>
     <w:rsid w:val="0097789B"/>
     <w:rsid w:val="00982F84"/>
     <w:rsid w:val="0098459D"/>
     <w:rsid w:val="009856D0"/>
     <w:rsid w:val="00985DC8"/>
     <w:rsid w:val="00985ED0"/>
     <w:rsid w:val="00986038"/>
     <w:rsid w:val="009879A3"/>
     <w:rsid w:val="00996A10"/>
+    <w:rsid w:val="009A2E05"/>
     <w:rsid w:val="009A30BF"/>
     <w:rsid w:val="009A3228"/>
     <w:rsid w:val="009A59BE"/>
     <w:rsid w:val="009B0EDA"/>
     <w:rsid w:val="009B524C"/>
     <w:rsid w:val="009B7547"/>
     <w:rsid w:val="009C6FE2"/>
     <w:rsid w:val="009D0E3A"/>
     <w:rsid w:val="009D5CC3"/>
     <w:rsid w:val="009D6EAC"/>
     <w:rsid w:val="009E169D"/>
     <w:rsid w:val="009E188D"/>
     <w:rsid w:val="009E18EF"/>
     <w:rsid w:val="009E367B"/>
+    <w:rsid w:val="009E7144"/>
     <w:rsid w:val="009E789E"/>
     <w:rsid w:val="009F48F9"/>
     <w:rsid w:val="00A00CD0"/>
     <w:rsid w:val="00A044E9"/>
     <w:rsid w:val="00A11311"/>
     <w:rsid w:val="00A128E2"/>
     <w:rsid w:val="00A13768"/>
     <w:rsid w:val="00A13DF2"/>
+    <w:rsid w:val="00A217E9"/>
     <w:rsid w:val="00A24F81"/>
     <w:rsid w:val="00A261B9"/>
     <w:rsid w:val="00A278DB"/>
     <w:rsid w:val="00A278F4"/>
     <w:rsid w:val="00A324A1"/>
     <w:rsid w:val="00A3277D"/>
     <w:rsid w:val="00A424A6"/>
     <w:rsid w:val="00A42BC2"/>
     <w:rsid w:val="00A4507E"/>
     <w:rsid w:val="00A4730A"/>
     <w:rsid w:val="00A521CA"/>
     <w:rsid w:val="00A54A96"/>
     <w:rsid w:val="00A56DD3"/>
     <w:rsid w:val="00A636ED"/>
     <w:rsid w:val="00A66C49"/>
     <w:rsid w:val="00A66ECD"/>
     <w:rsid w:val="00A66F2F"/>
     <w:rsid w:val="00A86C97"/>
+    <w:rsid w:val="00A8785E"/>
     <w:rsid w:val="00A9279E"/>
     <w:rsid w:val="00A94542"/>
     <w:rsid w:val="00A97C56"/>
     <w:rsid w:val="00AA2FB5"/>
     <w:rsid w:val="00AA34E3"/>
     <w:rsid w:val="00AA5038"/>
     <w:rsid w:val="00AA7FD0"/>
     <w:rsid w:val="00AB18CC"/>
     <w:rsid w:val="00AC01B2"/>
     <w:rsid w:val="00AC28D8"/>
     <w:rsid w:val="00AD1C11"/>
     <w:rsid w:val="00AD33BA"/>
     <w:rsid w:val="00AE380A"/>
     <w:rsid w:val="00AF5B02"/>
     <w:rsid w:val="00B00B72"/>
     <w:rsid w:val="00B00D00"/>
     <w:rsid w:val="00B10460"/>
     <w:rsid w:val="00B10F8B"/>
     <w:rsid w:val="00B11BFA"/>
     <w:rsid w:val="00B124D1"/>
     <w:rsid w:val="00B16078"/>
     <w:rsid w:val="00B16F45"/>
     <w:rsid w:val="00B20161"/>
     <w:rsid w:val="00B2048C"/>
     <w:rsid w:val="00B20D4F"/>
     <w:rsid w:val="00B22F76"/>
     <w:rsid w:val="00B23144"/>
     <w:rsid w:val="00B24C3A"/>
     <w:rsid w:val="00B2547E"/>
     <w:rsid w:val="00B33332"/>
     <w:rsid w:val="00B41D06"/>
     <w:rsid w:val="00B647E5"/>
+    <w:rsid w:val="00B65ACF"/>
     <w:rsid w:val="00B66B19"/>
     <w:rsid w:val="00B725CF"/>
     <w:rsid w:val="00B756F7"/>
+    <w:rsid w:val="00B75ACF"/>
     <w:rsid w:val="00B77BC6"/>
     <w:rsid w:val="00B77E37"/>
     <w:rsid w:val="00B85108"/>
     <w:rsid w:val="00B910E0"/>
     <w:rsid w:val="00B91987"/>
     <w:rsid w:val="00B9247C"/>
     <w:rsid w:val="00B9340A"/>
     <w:rsid w:val="00B96AE6"/>
     <w:rsid w:val="00B97F55"/>
     <w:rsid w:val="00BA7BF4"/>
     <w:rsid w:val="00BA7EB1"/>
     <w:rsid w:val="00BB17A2"/>
     <w:rsid w:val="00BB74C3"/>
     <w:rsid w:val="00BC0F36"/>
     <w:rsid w:val="00BC1578"/>
     <w:rsid w:val="00BC3DD2"/>
     <w:rsid w:val="00BC4150"/>
     <w:rsid w:val="00BC603D"/>
     <w:rsid w:val="00BD5D11"/>
     <w:rsid w:val="00BD7BB7"/>
     <w:rsid w:val="00BE0829"/>
     <w:rsid w:val="00BE0D59"/>
     <w:rsid w:val="00BE12AB"/>
     <w:rsid w:val="00BE3F58"/>
     <w:rsid w:val="00BF05C7"/>
@@ -15642,83 +15831,86 @@
     <w:rsid w:val="00C43C71"/>
     <w:rsid w:val="00C43FFC"/>
     <w:rsid w:val="00C44B78"/>
     <w:rsid w:val="00C44E14"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C53A85"/>
     <w:rsid w:val="00C6564D"/>
     <w:rsid w:val="00C66342"/>
     <w:rsid w:val="00C67255"/>
     <w:rsid w:val="00C70B28"/>
     <w:rsid w:val="00C71A78"/>
     <w:rsid w:val="00C75404"/>
     <w:rsid w:val="00C7582D"/>
     <w:rsid w:val="00C9080E"/>
     <w:rsid w:val="00C93FA7"/>
     <w:rsid w:val="00C94D5A"/>
     <w:rsid w:val="00C96F19"/>
     <w:rsid w:val="00CA1A24"/>
     <w:rsid w:val="00CA6DFE"/>
     <w:rsid w:val="00CA7113"/>
     <w:rsid w:val="00CA7F94"/>
     <w:rsid w:val="00CB5068"/>
     <w:rsid w:val="00CB5A86"/>
     <w:rsid w:val="00CC0FBF"/>
     <w:rsid w:val="00CC3154"/>
+    <w:rsid w:val="00CC4727"/>
     <w:rsid w:val="00CC7C45"/>
     <w:rsid w:val="00CD0E46"/>
     <w:rsid w:val="00CD4A2F"/>
     <w:rsid w:val="00CE2AA1"/>
     <w:rsid w:val="00CF0833"/>
     <w:rsid w:val="00CF2E31"/>
     <w:rsid w:val="00D02035"/>
     <w:rsid w:val="00D036DA"/>
     <w:rsid w:val="00D04C64"/>
     <w:rsid w:val="00D055CC"/>
     <w:rsid w:val="00D05AA5"/>
     <w:rsid w:val="00D069D8"/>
     <w:rsid w:val="00D10FFA"/>
     <w:rsid w:val="00D11A8B"/>
     <w:rsid w:val="00D135B7"/>
     <w:rsid w:val="00D16D79"/>
     <w:rsid w:val="00D21B91"/>
     <w:rsid w:val="00D2424A"/>
     <w:rsid w:val="00D24740"/>
     <w:rsid w:val="00D30F0E"/>
     <w:rsid w:val="00D311E4"/>
     <w:rsid w:val="00D3258D"/>
     <w:rsid w:val="00D32B08"/>
     <w:rsid w:val="00D354B8"/>
     <w:rsid w:val="00D3756B"/>
     <w:rsid w:val="00D41D00"/>
     <w:rsid w:val="00D43B93"/>
     <w:rsid w:val="00D47766"/>
+    <w:rsid w:val="00D50C00"/>
     <w:rsid w:val="00D5134E"/>
     <w:rsid w:val="00D5331D"/>
     <w:rsid w:val="00D535CB"/>
     <w:rsid w:val="00D55866"/>
     <w:rsid w:val="00D57498"/>
+    <w:rsid w:val="00D57A5A"/>
     <w:rsid w:val="00D61246"/>
     <w:rsid w:val="00D67A86"/>
     <w:rsid w:val="00D7731E"/>
     <w:rsid w:val="00D777A1"/>
     <w:rsid w:val="00D80CE0"/>
     <w:rsid w:val="00D826CC"/>
     <w:rsid w:val="00D82E3D"/>
     <w:rsid w:val="00D840C9"/>
     <w:rsid w:val="00D852C6"/>
     <w:rsid w:val="00D93AD0"/>
     <w:rsid w:val="00D95C9C"/>
     <w:rsid w:val="00D97579"/>
     <w:rsid w:val="00DA0436"/>
     <w:rsid w:val="00DA3C6A"/>
     <w:rsid w:val="00DA4029"/>
     <w:rsid w:val="00DC2EBC"/>
     <w:rsid w:val="00DC44B4"/>
     <w:rsid w:val="00DC4B66"/>
     <w:rsid w:val="00DD6439"/>
     <w:rsid w:val="00DE1B01"/>
     <w:rsid w:val="00DE30C2"/>
     <w:rsid w:val="00DE4D95"/>
     <w:rsid w:val="00DE50BC"/>
     <w:rsid w:val="00DF0314"/>
     <w:rsid w:val="00DF2D31"/>
@@ -15733,141 +15925,145 @@
     <w:rsid w:val="00E24F62"/>
     <w:rsid w:val="00E2683D"/>
     <w:rsid w:val="00E3541E"/>
     <w:rsid w:val="00E360AF"/>
     <w:rsid w:val="00E45677"/>
     <w:rsid w:val="00E47A73"/>
     <w:rsid w:val="00E52102"/>
     <w:rsid w:val="00E52C55"/>
     <w:rsid w:val="00E57840"/>
     <w:rsid w:val="00E60FFF"/>
     <w:rsid w:val="00E61756"/>
     <w:rsid w:val="00E65868"/>
     <w:rsid w:val="00E65EF3"/>
     <w:rsid w:val="00E702A7"/>
     <w:rsid w:val="00E77400"/>
     <w:rsid w:val="00E81EB9"/>
     <w:rsid w:val="00E83382"/>
     <w:rsid w:val="00E83CD8"/>
     <w:rsid w:val="00E83E4B"/>
     <w:rsid w:val="00E847B2"/>
     <w:rsid w:val="00E92C47"/>
     <w:rsid w:val="00EA29DB"/>
     <w:rsid w:val="00EA3A5D"/>
     <w:rsid w:val="00EA3FF8"/>
     <w:rsid w:val="00EA401A"/>
+    <w:rsid w:val="00EB0B95"/>
     <w:rsid w:val="00EB29A2"/>
     <w:rsid w:val="00EB2DBE"/>
     <w:rsid w:val="00EB5595"/>
     <w:rsid w:val="00EC771E"/>
     <w:rsid w:val="00ED236E"/>
+    <w:rsid w:val="00ED3035"/>
     <w:rsid w:val="00ED4732"/>
     <w:rsid w:val="00EE2219"/>
     <w:rsid w:val="00EE2AC0"/>
     <w:rsid w:val="00EE33A7"/>
     <w:rsid w:val="00EE72CE"/>
     <w:rsid w:val="00EF3744"/>
     <w:rsid w:val="00EF43B8"/>
     <w:rsid w:val="00EF74D2"/>
     <w:rsid w:val="00F02325"/>
     <w:rsid w:val="00F10C6B"/>
     <w:rsid w:val="00F1158F"/>
     <w:rsid w:val="00F15A87"/>
     <w:rsid w:val="00F215E9"/>
     <w:rsid w:val="00F30113"/>
     <w:rsid w:val="00F32DFE"/>
     <w:rsid w:val="00F40425"/>
     <w:rsid w:val="00F45D91"/>
     <w:rsid w:val="00F46125"/>
     <w:rsid w:val="00F468D2"/>
     <w:rsid w:val="00F51409"/>
     <w:rsid w:val="00F62EA0"/>
     <w:rsid w:val="00F66529"/>
     <w:rsid w:val="00F67EAA"/>
     <w:rsid w:val="00F72B7B"/>
     <w:rsid w:val="00F74987"/>
     <w:rsid w:val="00F753D5"/>
     <w:rsid w:val="00F7656F"/>
     <w:rsid w:val="00F8231F"/>
     <w:rsid w:val="00F82BF8"/>
     <w:rsid w:val="00F8522D"/>
     <w:rsid w:val="00F90200"/>
     <w:rsid w:val="00F96B16"/>
     <w:rsid w:val="00FA58A7"/>
     <w:rsid w:val="00FB0BBB"/>
     <w:rsid w:val="00FB5F45"/>
     <w:rsid w:val="00FB65CC"/>
     <w:rsid w:val="00FB7499"/>
     <w:rsid w:val="00FC1148"/>
     <w:rsid w:val="00FC1B22"/>
     <w:rsid w:val="00FC2983"/>
     <w:rsid w:val="00FD07D6"/>
     <w:rsid w:val="00FD08E9"/>
     <w:rsid w:val="00FD4B5F"/>
     <w:rsid w:val="00FD4CBA"/>
     <w:rsid w:val="00FE2B4D"/>
+    <w:rsid w:val="00FE4216"/>
     <w:rsid w:val="00FF118E"/>
     <w:rsid w:val="00FF1C5E"/>
     <w:rsid w:val="00FF221F"/>
     <w:rsid w:val="00FF4DE8"/>
+    <w:rsid w:val="00FF6601"/>
     <w:rsid w:val="00FF6D46"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="80897">
+    <o:shapedefaults v:ext="edit" spidmax="101377">
       <o:colormru v:ext="edit" colors="#005b99"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="07F13E43"/>
-  <w15:docId w15:val="{0182817F-39BF-402F-9CA6-F649E6B9E3A1}"/>
+  <w15:docId w15:val="{BBB6F5C4-01C0-491D-A9B3-891EDEC12364}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16830,51 +17026,51 @@
     <w:basedOn w:val="Default"/>
     <w:next w:val="Default"/>
     <w:rsid w:val="00655B44"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016A60"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="268440295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="286547725">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17319,86 +17515,88 @@
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FAD1384-EFEF-4B0E-B7EF-CC27F82AE886}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38DC6DBE-DE60-45A1-943B-E0B32E0A70FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>798</Words>
-  <Characters>3749</Characters>
+  <Words>803</Words>
+  <Characters>3745</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>624</Lines>
+  <Paragraphs>568</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sandwell Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4538</CharactersWithSpaces>
+  <CharactersWithSpaces>3980</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:subject/>
   <dc:creator>sharon2_jones</dc:creator>
   <cp:keywords>[IL0: UNCLASSIFIED]</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="docIndexRef">
     <vt:lpwstr>13cbfbfc-ad76-49b0-8028-7786c9e05b3c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="bjSaver">
     <vt:lpwstr>uwG4v+x18lJXIbf1ZoJxyF0XIKcqJ1A2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="bjDocumentLabelXML">
     <vt:lpwstr>&lt;?xml version="1.0" encoding="us-ascii"?&gt;&lt;sisl xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" sislVersion="0" policy="c1522a0d-8b67-48f3-9f04-651e495f9c50" xmlns="http://www.boldonjames.com/2008/01/sie/i</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="bjDocumentLabelXML-0">
     <vt:lpwstr>nternal/label"&gt;&lt;element uid="e11463c7-63fc-44e1-a920-6aa917cf3177" value="" /&gt;&lt;element uid="2cf4db53-e26b-4354-8259-c7e8430ebed9" value="" /&gt;&lt;/sisl&gt;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="bjDocumentSecurityLabel">
     <vt:lpwstr>IL0: UNCLASSIFIED</vt:lpwstr>
   </property>