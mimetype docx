--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -10,112 +10,112 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="64EBC2F7" w14:textId="77777777" w:rsidR="00FD78E8" w:rsidRDefault="00FD78E8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A37B3C" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                              Sandwell Metropolitan Borough Council</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71BB9026" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Education Directorate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4395FC76" w14:textId="32AFC879" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
+    <w:p w14:paraId="4395FC76" w14:textId="3A5461B3" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Admission to Secondar</w:t>
       </w:r>
       <w:r w:rsidR="0014102E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>y (Year 7) School September 202</w:t>
       </w:r>
-      <w:r w:rsidR="008A4DB0">
+      <w:r w:rsidR="00806E46">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C03220B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4"/>
     <w:p w14:paraId="4F3DDE68" w14:textId="77777777" w:rsidR="00FD78E8" w:rsidRDefault="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This form should be completed by </w:t>
       </w:r>
       <w:r w:rsidR="00601A77">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251649536" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="4174C2F0" wp14:editId="37674CD3">
@@ -179,51 +179,99 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sandwell</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> residents only.  If you live outside Sandwell please complete the form available from the Council area in which you live.  If you are in doubt about your home Council please see your council tax statement.  Before completing your form please read the “Information for Parents” booklet which you may view a copy online at </w:t>
+        <w:t xml:space="preserve"> residents only.  If you live outside </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sandwell</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please complete the form available from the Council area in which you live.  If you are in doubt about your home </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Council</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please see your council tax statement.  Before completing your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please read the “Information for Parents” booklet which you may view a copy online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.sandwell.gov.uk/schooladmissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  Please return your completed form to the Admissions address shown</w:t>
       </w:r>
       <w:r w:rsidR="00FB77AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on page 4.</w:t>
       </w:r>
@@ -1526,112 +1574,719 @@
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:tab/>
                         <w:t>Year</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2223956A" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRDefault="00AD576C" w:rsidP="00AD576C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A27C2D2" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRPr="00AD576C" w:rsidRDefault="00AD576C" w:rsidP="00AD576C">
+    <w:p w14:paraId="2922D4C4" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00AD576C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7269DEC8" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRDefault="00AD576C" w:rsidP="00AD576C">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="137" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3014"/>
+        <w:gridCol w:w="7819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B15A3D" w:rsidRPr="00147AF1" w14:paraId="6DEFC40B" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3014" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727A7D12" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRPr="00147AF1" w:rsidRDefault="00B15A3D" w:rsidP="00D14C43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="601D1752" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRPr="00147AF1" w:rsidRDefault="00B15A3D" w:rsidP="00D14C43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00147AF1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Child’s Current School</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57148153" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRPr="00147AF1" w:rsidRDefault="00B15A3D" w:rsidP="00D14C43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B23381" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRPr="00147AF1" w:rsidRDefault="00B15A3D" w:rsidP="00D14C43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="776EBA58" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRPr="00147AF1" w:rsidRDefault="00B15A3D" w:rsidP="00D14C43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15A3D" w:rsidRPr="00147AF1" w14:paraId="1A74D514" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3014" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5441F178" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00D14C43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>School P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>stcode</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721BE09A" w14:textId="2842D575" w:rsidR="00B15A3D" w:rsidRPr="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00D14C43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="328459C6" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRPr="00147AF1" w:rsidRDefault="00B15A3D" w:rsidP="00D14C43">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4A27C2D2" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRDefault="00AD576C" w:rsidP="00AD576C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="645D3B5D" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRPr="00AD576C" w:rsidRDefault="00B15A3D" w:rsidP="00AD576C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A40C49" w14:textId="6AA6B610" w:rsidR="004D5BB4" w:rsidRDefault="00B15A3D" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>2.</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5BB4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5BB4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Child’s Home Address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28783D5D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This must be the address where the child lives.  If this is different from the parent/carer’s address given on page 4, please explain why on a separate piece of paper.  If the child lives at two separate addresses, please state the address that the child lives at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the majority of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the school week (Sunday-Thursday). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D6E164" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="828" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2329"/>
+        <w:gridCol w:w="7813"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004D5BB4" w14:paraId="30BA668D" w14:textId="77777777" w:rsidTr="00F73AF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7991938A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60D609A5" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00147AF1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>House Number/Name</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E3CEA2B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F02453" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04AE608B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5BB4" w14:paraId="253346ED" w14:textId="77777777" w:rsidTr="00F73AF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FCEF95" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77802874" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00147AF1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Street Name</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A9CD7C4" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0E23CA" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F7FCEF4" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5BB4" w14:paraId="2BA4A553" w14:textId="77777777" w:rsidTr="00F73AF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B34B53C" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70198F0B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00147AF1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Town</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F918771" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D05CA00" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52233492" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5BB4" w14:paraId="5FDAE980" w14:textId="77777777" w:rsidTr="00F73AF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66672449" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DE7FB22" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00147AF1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Postcode</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="679A0F6E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4EE520" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19B8C143" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6C3CBC3F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4"/>
+    <w:p w14:paraId="20AC3EDC" w14:textId="3065C803" w:rsidR="004D5BB4" w:rsidRDefault="00B15A3D" w:rsidP="004D5BB4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15A3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5BB4" w:rsidRPr="00B15A3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5BB4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Your Local Authority </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F562E88" w14:textId="3E5CFA42" w:rsidR="00627423" w:rsidRDefault="00627423" w:rsidP="00627423">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE52C0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please provide a copy of your council tax bill</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  If you are not a Sandwell resident you cannot apply using this application form, you must apply through the Local Authority which you live.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AF92D5" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="449926FA" w14:textId="42791EBC" w:rsidR="00B15A3D" w:rsidRPr="008D6914" w:rsidRDefault="00AD576C" w:rsidP="00B15A3D">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B15A3D">
+        <w:t>Date you moved into the above address.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1041FA7A" w14:textId="7071D829" w:rsidR="00E97DAD" w:rsidRDefault="00E97DAD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6095"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AD576C" w:rsidRPr="00DD15FE" w14:paraId="0BE13398" w14:textId="77777777" w:rsidTr="00DD15FE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E32C8A0" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRPr="00DD15FE" w:rsidRDefault="00AD576C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D4785B5" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRPr="00DD15FE" w:rsidRDefault="00AD576C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="42F6A229" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD59297" w14:textId="40E86DC9" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Children in public care and children who were previously in care </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED065E3" w14:textId="77777777" w:rsidR="008D6914" w:rsidRDefault="008D6914" w:rsidP="008D6914">
+    <w:p w14:paraId="5F656D64" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Is the child in public care, previously in public care, adopted, or are subject to a residence order or special guardianship?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB62EA1" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRDefault="00601A77" w:rsidP="00AD576C">
+    <w:p w14:paraId="51227A8E" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05146337" wp14:editId="3252A163">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57E6B7F0" wp14:editId="492B644E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4333875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>38100</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2171700" cy="228600"/>
                 <wp:effectExtent l="9525" t="6350" r="9525" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Rectangle 77"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2171700" cy="228600"/>
                         </a:xfrm>
@@ -1645,65 +2300,65 @@
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5B1AB95F" id="Rectangle 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:341.25pt;margin-top:3pt;width:171pt;height:18pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDymXnhIAIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2midt2iptPUUYQ0&#10;YGLwA66Ok1g4tjm7Tcuv5+x0pQOeEHmw7nLnz3ffd7e8PfSa7SV6ZU3F88mUM2mErZVpK/71y+bN&#10;NWc+gKlBWyMrfpSe365ev1oOrpSF7ayuJTICMb4cXMW7EFyZZV50sgc/sU4aCjYWewjkYpvVCAOh&#10;9zorptOrbLBYO7RCek9/78cgXyX8ppEifGoaLwPTFafaQjoxndt4ZqsllC2C65Q4lQH/UEUPytCj&#10;Z6h7CMB2qP6A6pVA620TJsL2mW0aJWTqgbrJp79189SBk6kXIse7M03+/8GKj/tHZKqu+JwzAz1J&#10;9JlIA9NqyRaLyM/gfElpT+4RY4fePVjxzTNj1x2lyTtEO3QSaqoqj/nZiwvR8XSVbYcPtiZ42AWb&#10;qDo02EdAIoEdkiLHsyLyEJign0W+yBdTEk5QrCiur8iOT0D5fNuhD++k7Vk0Ko5UfEKH/YMPY+pz&#10;SqrealVvlNbJwXa71sj2QNOxSd8J3V+macOGit/Mi3lCfhHzlxDT9P0NoleBxlyrvuLX5yQoI21v&#10;TU1lQhlA6dGm7rQ58RipGyXY2vpINKIdZ5h2jozO4g/OBprfivvvO0DJmX5vSIqbfDaLA5+c2XxR&#10;kIOXke1lBIwgqIoHzkZzHcYl2TlUbUcv5al3Y+9IvkYlZqO0Y1WnYmlGkzanfYpLcOmnrF9bv/oJ&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwROpI3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8Mw&#10;DIXvSPyHyEjcWEIY0yhNJwQaEsetu3BzG9MWmqRq0q3w6/FOcLP9np6/l29m14sjjbEL3sDtQoEg&#10;Xwfb+cbAodzerEHEhN5iHzwZ+KYIm+LyIsfMhpPf0XGfGsEhPmZooE1pyKSMdUsO4yIM5Fn7CKPD&#10;xOvYSDviicNdL7VSK+mw8/yhxYGeW6q/9pMzUHX6gD+78lW5h+1depvLz+n9xZjrq/npEUSiOf2Z&#10;4YzP6FAwUxUmb6PoDazW+p6tPHCls670kg+VgaVWIItc/m9Q/AIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDymXnhIAIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAwROpI3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
+              <v:rect w14:anchorId="235499A6" id="Rectangle 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:341.25pt;margin-top:3pt;width:171pt;height:18pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKJKCzCAIAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOGyEMfa/Uf0C8N3NRssmOMlmtsk1V&#10;aXuRtv0AwjAzqAymhmSSfn0NyWbTy1NVHpCNzcE+PizvDoNhe4Veg615Mck5U1ZCo21X869fNm8W&#10;nPkgbCMMWFXzo/L8bvX61XJ0lSqhB9MoZARifTW6mvchuCrLvOzVIPwEnLIUbAEHEcjFLmtQjIQ+&#10;mKzM85tsBGwcglTe0+nDKchXCb9tlQyf2tarwEzNqbaQdkz7Nu7ZaimqDoXrtTyXIf6hikFoS49e&#10;oB5EEGyH+g+oQUsED22YSBgyaFstVeqBuiny37p56oVTqRcix7sLTf7/wcqP+yf3GWPp3j2C/OaZ&#10;hXUvbKfuEWHslWjouSISlY3OV5cL0fF0lW3HD9DQaMUuQOLg0OIQAak7dkhUHy9Uq0Ngkg7LYl7M&#10;c5qIpFhZLm7Ijk+I6vm2Qx/eKRhYNGqONMqELvaPPpxSn1NS9WB0s9HGJAe77dog2wsa+yatM7q/&#10;TjOWjTW/nZWzhPxLzF9D5Gn9DWLQgfRr9FDzxSVJVJG2t7ZJ6gpCm5NN3Rl75jFSF1Xqqy00R6IR&#10;4SRO+kxk9IA/OBtJmDX333cCFWfmvaVR3BbTaVRycqazeUkOXke21xFhJUHVPHB2MtfhpP6dQ931&#10;9FKRerdwT+NrdWL2papzsSS+NJvzR4nqvvZT1st3Xv0EAAD//wMAUEsDBBQABgAIAAAAIQAwROpI&#10;3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWEIY0yhNJwQaEsetu3Bz&#10;G9MWmqRq0q3w6/FOcLP9np6/l29m14sjjbEL3sDtQoEgXwfb+cbAodzerEHEhN5iHzwZ+KYIm+Ly&#10;IsfMhpPf0XGfGsEhPmZooE1pyKSMdUsO4yIM5Fn7CKPDxOvYSDviicNdL7VSK+mw8/yhxYGeW6q/&#10;9pMzUHX6gD+78lW5h+1depvLz+n9xZjrq/npEUSiOf2Z4YzP6FAwUxUmb6PoDazW+p6tPHCls670&#10;kg+VgaVWIItc/m9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDKJKCzCAIAABYEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAwROpI3QAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73DDCA94" wp14:editId="1EB18EEC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20B3D051" wp14:editId="2D4B6DF2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1257300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>85725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="9525" t="6350" r="9525" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rectangle 76"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1717,65 +2372,65 @@
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="052866ED" id="Rectangle 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:99pt;margin-top:6.75pt;width:18pt;height:18pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIH0wMHgIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mjttuiptPUUYQ0&#10;YGLwA66Ok1g4tjm7Tcuv5+x0pQOeEHmw7nLnz999d7e8PfSa7SV6ZU3Fp5OcM2mErZVpK/71y+bN&#10;NWc+gKlBWyMrfpSe365ev1oOrpSF7ayuJTICMb4cXMW7EFyZZV50sgc/sU4aCjYWewjkYpvVCAOh&#10;9zor8nyRDRZrh1ZI7+nv/Rjkq4TfNFKET03jZWC64sQtpBPTuY1ntlpC2SK4TokTDfgHFj0oQ4+e&#10;oe4hANuh+gOqVwKtt02YCNtntmmUkKkGqmaa/1bNUwdOplpIHO/OMvn/Bys+7h+RqbriM84M9NSi&#10;zyQamFZLdrWI+gzOl5T25B4xVujdgxXfPDN23VGavEO0QyehJlbTmJ+9uBAdT1fZdvhga4KHXbBJ&#10;qkODfQQkEdghdeR47og8BCboZ1FcL3Lqm6DQyY4vQPl82aEP76TtWTQqjsQ9gcP+wYcx9Tklkbda&#10;1RuldXKw3a41sj3QcGzSl/hTjZdp2rCh4jfzYp6QX8T8JUSevr9B9CrQlGvVV/z6nARlVO2tqYkm&#10;lAGUHm2qTpuTjFG5sQNbWx9JRbTjCNPKkdFZ/MHZQONbcf99Byg50+8NdeJmOpvFeU/ObH5VkIOX&#10;ke1lBIwgqIoHzkZzHcYd2TlUbUcvTVPtxt5R9xqVlI2dHVmdyNKIpt6c1inuwKWfsn4t/eonAAAA&#10;//8DAFBLAwQUAAYACAAAACEAVbRqId4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF&#10;7yb+h82YeLOL0JpCWRqjqYnHll68LewIVHaWsEuL/nrHU73Nm3l58718O9tenHH0nSMFj4sIBFLt&#10;TEeNgmO5e1iD8EGT0b0jVPCNHrbF7U2uM+MutMfzITSCQ8hnWkEbwpBJ6esWrfYLNyDx7dONVgeW&#10;YyPNqC8cbnsZR9GTtLoj/tDqAV9arL8Ok1VQdfFR/+zLt8imuyS8z+Vp+nhV6v5uft6ACDiHqxn+&#10;8BkdCmaq3ETGi551uuYugYdkBYINcbLkRaVgma5AFrn836D4BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAgfTAweAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFW0aiHeAAAACQEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="5B600987" id="Rectangle 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:99pt;margin-top:6.75pt;width:18pt;height:18pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyIaGzBgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lp2m29VRMB4EUqSfy8Wl5c+gN2yv0GmzFp5OcM2Ul1Nq2Ff/+bfNu&#10;wZkPwtbCgFUVPyrPb1Zv3ywHV6oCOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLwQawF4FcbLMaxUDo&#10;vcmKPL/KBsDaIUjlPZ3ejUG+SvhNo2R4aBqvAjMVp9pC2jHt27hnq6UoWxSu0/JUhnhFFb3Qlh49&#10;Q92JINgO9T9QvZYIHpowkdBn0DRaqtQDdTPN/+rmsRNOpV6IHO/ONPn/Byu/7B/dV4yle3cP8odn&#10;FtadsK26RYShU6Km56aRqGxwvjxfiI6nq2w7fIaaRit2ARIHhwb7CEjdsUOi+nimWh0Ck3RYFIur&#10;nAYiKXSy4wuifLrs0IePCnoWjYojTTKBi/29D2PqU0oqHoyuN9qY5GC7XRtke0FT36SV6qceL9OM&#10;ZUPFr+fFPCH/EfOXEHlaL0H0OpB8je4rvjgniTKy9sHWSVxBaDPa1J2xJxojc1GkvtxCfSQWEUZt&#10;0l8iowP8xdlAuqy4/7kTqDgznyxN4no6m0UhJ2c2f1+Qg5eR7WVEWElQFQ+cjeY6jOLfOdRtRy9N&#10;U+8Wbml6jU7MPld1Kpa0l2Zz+idR3Jd+ynr+zavfAAAA//8DAFBLAwQUAAYACAAAACEAVbRqId4A&#10;AAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLOL0JpCWRqjqYnHll68LewI&#10;VHaWsEuL/nrHU73Nm3l58718O9tenHH0nSMFj4sIBFLtTEeNgmO5e1iD8EGT0b0jVPCNHrbF7U2u&#10;M+MutMfzITSCQ8hnWkEbwpBJ6esWrfYLNyDx7dONVgeWYyPNqC8cbnsZR9GTtLoj/tDqAV9arL8O&#10;k1VQdfFR/+zLt8imuyS8z+Vp+nhV6v5uft6ACDiHqxn+8BkdCmaq3ETGi551uuYugYdkBYINcbLk&#10;RaVgma5AFrn836D4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALIhobMGAgAAFQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFW0aiHeAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CC4B0A7" wp14:editId="40B9C3FF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41C5B16F" wp14:editId="5834C4F7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>685800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>85725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="9525" t="6350" r="9525" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle 75"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1789,265 +2444,230 @@
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="07085D27" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:54pt;margin-top:6.75pt;width:18pt;height:18pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfmzhgHgIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lDu3VR02nqKEIa&#10;MDH4Aa7jJBaOz5zdpuPX7+x0pQOeEHmw7nLnz999d7e8PvSG7RV6Dbbi00nOmbISam3bin/7unmz&#10;4MwHYWthwKqKPyrPr1evXy0HV6oCOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLwQawF4FcbLMaxUDo&#10;vcmKPL/IBsDaIUjlPf29HYN8lfCbRsnwuWm8CsxUnLiFdGI6t/HMVktRtihcp+WRhvgHFr3Qlh49&#10;Qd2KINgO9R9QvZYIHpowkdBn0DRaqlQDVTPNf6vmoRNOpVpIHO9OMvn/Bys/7e+R6bribzmzoqcW&#10;fSHRhG2NYpfzqM/gfElpD+4eY4Xe3YH87pmFdUdp6gYRhk6JmlhNY3724kJ0PF1l2+Ej1AQvdgGS&#10;VIcG+whIIrBD6sjjqSPqEJikn0WxuMipb5JCRzu+IMrnyw59eK+gZ9GoOBL3BC72dz6Mqc8piTwY&#10;XW+0McnBdrs2yPaChmOTvsSfajxPM5YNFb+aF/OE/CLmzyHy9P0NoteBptzovuKLU5Ioo2rvbE00&#10;RRmENqNN1Rl7lDEqN3ZgC/UjqYgwjjCtHBkd4E/OBhrfivsfO4GKM/PBUieuprNZnPfkzOaXBTl4&#10;HtmeR4SVBFXxwNlorsO4IzuHuu3opWmq3cINda/RSdnY2ZHVkSyNaOrNcZ3iDpz7KevX0q+eAAAA&#10;//8DAFBLAwQUAAYACAAAACEAedPKoN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FjC1qGtNJ0QaEg7bt2FW9qYttA4VZNuhV8/7wQ3P/vp+XvZZnKdOOEQWk8aHmcKBFLl&#10;bUu1hmOxfViBCNGQNZ0n1PCDATb57U1mUuvPtMfTIdaCQyikRkMTY59KGaoGnQkz3yPx7dMPzkSW&#10;Qy3tYM4c7jo5V+pJOtMSf2hMj68NVt+H0Wko2/nR/O6Ld+XW20XcTcXX+PGm9f3d9PIMIuIU/8xw&#10;xWd0yJmp9CPZIDrWasVdIg+LJYirIUl4UWpI1kuQeSb/N8gvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAN+bOGAeAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHnTyqDeAAAACQEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="142E8233" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:54pt;margin-top:6.75pt;width:18pt;height:18pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyIaGzBgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lp2m29VRMB4EUqSfy8Wl5c+gN2yv0GmzFp5OcM2Ul1Nq2Ff/+bfNu&#10;wZkPwtbCgFUVPyrPb1Zv3ywHV6oCOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLwQawF4FcbLMaxUDo&#10;vcmKPL/KBsDaIUjlPZ3ejUG+SvhNo2R4aBqvAjMVp9pC2jHt27hnq6UoWxSu0/JUhnhFFb3Qlh49&#10;Q92JINgO9T9QvZYIHpowkdBn0DRaqtQDdTPN/+rmsRNOpV6IHO/ONPn/Byu/7B/dV4yle3cP8odn&#10;FtadsK26RYShU6Km56aRqGxwvjxfiI6nq2w7fIaaRit2ARIHhwb7CEjdsUOi+nimWh0Ck3RYFIur&#10;nAYiKXSy4wuifLrs0IePCnoWjYojTTKBi/29D2PqU0oqHoyuN9qY5GC7XRtke0FT36SV6qceL9OM&#10;ZUPFr+fFPCH/EfOXEHlaL0H0OpB8je4rvjgniTKy9sHWSVxBaDPa1J2xJxojc1GkvtxCfSQWEUZt&#10;0l8iowP8xdlAuqy4/7kTqDgznyxN4no6m0UhJ2c2f1+Qg5eR7WVEWElQFQ+cjeY6jOLfOdRtRy9N&#10;U+8Wbml6jU7MPld1Kpa0l2Zz+idR3Jd+ynr+zavfAAAA//8DAFBLAwQUAAYACAAAACEAedPKoN4A&#10;AAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjC1qGtNJ0QaEg7bt2FW9qY&#10;ttA4VZNuhV8/7wQ3P/vp+XvZZnKdOOEQWk8aHmcKBFLlbUu1hmOxfViBCNGQNZ0n1PCDATb57U1m&#10;UuvPtMfTIdaCQyikRkMTY59KGaoGnQkz3yPx7dMPzkSWQy3tYM4c7jo5V+pJOtMSf2hMj68NVt+H&#10;0Wko2/nR/O6Ld+XW20XcTcXX+PGm9f3d9PIMIuIU/8xwxWd0yJmp9CPZIDrWasVdIg+LJYirIUl4&#10;UWpI1kuQeSb/N8gvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALIhobMGAgAAFQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHnTyqDeAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A27E29B" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRDefault="00AD576C" w:rsidP="00AD576C">
+    <w:p w14:paraId="32C482A3" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Yes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    No</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If yes, please state which Local Authority </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272D2190" w14:textId="2C7676FF" w:rsidR="00AD576C" w:rsidRDefault="00627423" w:rsidP="00AD576C">
+    <w:p w14:paraId="37D47404" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Please provide all official documentation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AF0D26">
+        <w:t>Please provide all official documentation with the application form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C739E42" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with the application form</w:t>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41845914" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRDefault="00AD576C" w:rsidP="00AD576C">
+    <w:p w14:paraId="2A8B3DE4" w14:textId="3C095CAC" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Special Educational Needs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5A3048" w14:textId="338279A3" w:rsidR="00AD576C" w:rsidRDefault="00AD576C" w:rsidP="00AD576C">
+    <w:p w14:paraId="3AD22DAB" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE52C0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Does your child have a </w:t>
       </w:r>
-      <w:r w:rsidR="00627423">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>confirmed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Education</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00586BEE">
+        <w:t xml:space="preserve"> Education, Health and Care Plan (EHCP)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE52C0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FAEFBB" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRDefault="00AD576C" w:rsidP="00AD576C">
+    <w:p w14:paraId="2C2ECACB" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CBADE7" w14:textId="77777777" w:rsidR="00AD576C" w:rsidRDefault="00601A77" w:rsidP="00AD576C">
+    <w:p w14:paraId="1A26A723" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00B15A3D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31A0D27F" wp14:editId="01B82935">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B75292B" wp14:editId="58B956F9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1257300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="9525" t="12700" r="9525" b="6350"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 79"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2061,63 +2681,63 @@
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6CF571D7" id="Rectangle 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:99pt;margin-top:.3pt;width:18pt;height:18pt;z-index:251665920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUE26wHQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mjdlujptPUUYQ0&#10;YGLwA66Ok1g4tjm7Tcuv5+x0pQOeEHmw7nLnz999d7e8PfSa7SV6ZU3Fp5OcM2mErZVpK/71y+bN&#10;DWc+gKlBWyMrfpSe365ev1oOrpSF7ayuJTICMb4cXMW7EFyZZV50sgc/sU4aCjYWewjkYpvVCAOh&#10;9zor8vwqGyzWDq2Q3tPf+zHIVwm/aaQIn5rGy8B0xYlbSCemcxvPbLWEskVwnRInGvAPLHpQhh49&#10;Q91DALZD9QdUrwRab5swEbbPbNMoIVMNVM00/62apw6cTLWQON6dZfL/D1Z83D8iU3XFC84M9NSi&#10;zyQamFZLdr2I+gzOl5T25B4xVujdgxXfPDN23VGavEO0QyehJlbTmJ+9uBAdT1fZdvhga4KHXbBJ&#10;qkODfQQkEdghdeR47og8BCboZ1HcXOXUN0Ghkx1fgPL5skMf3knbs2hUHIl7Aof9gw9j6nNKIm+1&#10;qjdK6+Rgu11rZHug4dikL/GnGi/TtGFDxRfzYp6QX8T8JUSevr9B9CrQlGvVV/zmnARlVO2tqYkm&#10;lAGUHm2qTpuTjFG5sQNbWx9JRbTjCNPKkdFZ/MHZQONbcf99Byg50+8NdWIxnc3ivCdnNr8uyMHL&#10;yPYyAkYQVMUDZ6O5DuOO7ByqtqOXpql2Y++oe41KysbOjqxOZGlEU29O6xR34NJPWb+WfvUTAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD85d6m2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXv&#10;Jv6HzZh4s4tgSIssjdHUxGNLL94GGAFlZwm7tOivdzzZ45c3ee+bfLvYQZ1o8r1jA/erCBRx7Zqe&#10;WwPHcne3BuUDcoODYzLwTR62xfVVjlnjzryn0yG0SkrYZ2igC2HMtPZ1Rxb9yo3Ekn24yWIQnFrd&#10;THiWcjvoOIpSbbFnWehwpOeO6q/DbA1UfXzEn335GtnNLglvS/k5v78Yc3uzPD2CCrSE/2P40xd1&#10;KMSpcjM3Xg3Cm7X8EgykoCSOkwfBykCSpqCLXF/6F78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA1BNusB0CAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA/OXeptsAAAAHAQAADwAAAAAAAAAAAAAAAAB3BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="563B4706" id="Rectangle 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:99pt;margin-top:.3pt;width:18pt;height:18pt;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyIaGzBgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lp2m29VRMB4EUqSfy8Wl5c+gN2yv0GmzFp5OcM2Ul1Nq2Ff/+bfNu&#10;wZkPwtbCgFUVPyrPb1Zv3ywHV6oCOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLwQawF4FcbLMaxUDo&#10;vcmKPL/KBsDaIUjlPZ3ejUG+SvhNo2R4aBqvAjMVp9pC2jHt27hnq6UoWxSu0/JUhnhFFb3Qlh49&#10;Q92JINgO9T9QvZYIHpowkdBn0DRaqtQDdTPN/+rmsRNOpV6IHO/ONPn/Byu/7B/dV4yle3cP8odn&#10;FtadsK26RYShU6Km56aRqGxwvjxfiI6nq2w7fIaaRit2ARIHhwb7CEjdsUOi+nimWh0Ck3RYFIur&#10;nAYiKXSy4wuifLrs0IePCnoWjYojTTKBi/29D2PqU0oqHoyuN9qY5GC7XRtke0FT36SV6qceL9OM&#10;ZUPFr+fFPCH/EfOXEHlaL0H0OpB8je4rvjgniTKy9sHWSVxBaDPa1J2xJxojc1GkvtxCfSQWEUZt&#10;0l8iowP8xdlAuqy4/7kTqDgznyxN4no6m0UhJ2c2f1+Qg5eR7WVEWElQFQ+cjeY6jOLfOdRtRy9N&#10;U+8Wbml6jU7MPld1Kpa0l2Zz+idR3Jd+ynr+zavfAAAA//8DAFBLAwQUAAYACAAAACEA/OXeptsA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLOLYEiLLI3R1MRjSy/eBhgB&#10;ZWcJu7Tor3c82eOXN3nvm3y72EGdaPK9YwP3qwgUce2anlsDx3J3twblA3KDg2My8E0etsX1VY5Z&#10;4868p9MhtEpK2GdooAthzLT2dUcW/cqNxJJ9uMliEJxa3Ux4lnI76DiKUm2xZ1nocKTnjuqvw2wN&#10;VH18xJ99+RrZzS4Jb0v5Ob+/GHN7szw9ggq0hP9j+NMXdSjEqXIzN14Nwpu1/BIMpKAkjpMHwcpA&#10;kqagi1xf+he/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALIhobMGAgAAFQQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPzl3qbbAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11118C48" wp14:editId="693F5835">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="594A6E24" wp14:editId="17703332">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>762000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="9525" t="12700" r="9525" b="6350"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 78"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2131,732 +2751,205 @@
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6DCD77DC" id="Rectangle 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:60pt;margin-top:.3pt;width:18pt;height:18pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7SQ2BHQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mjduuiptPUUYQ0&#10;YGLwA1zHSSwcnzm7Tcuv5+x0pQOeEHmw7nLnz3ffd7e8PfSG7RV6Dbbi00nOmbISam3bin/9snmz&#10;4MwHYWthwKqKH5Xnt6vXr5aDK1UBHZhaISMQ68vBVbwLwZVZ5mWneuEn4JSlYAPYi0AutlmNYiD0&#10;3mRFnl9lA2DtEKTynv7ej0G+SvhNo2T41DReBWYqTrWFdGI6t/HMVktRtihcp+WpDPEPVfRCW3r0&#10;DHUvgmA71H9A9VoieGjCREKfQdNoqVIP1M00/62bp044lXohcrw70+T/H6z8uH9EpmvSjjMrepLo&#10;M5EmbGsUu15EfgbnS0p7co8YO/TuAeQ3zyysO0pTd4gwdErUVNU05mcvLkTH01W2HT5ATfBiFyBR&#10;dWiwj4BEAjskRY5nRdQhMEk/i2JxlZNukkInO74gyufLDn14p6Bn0ag4Uu0JXOwffBhTn1NS8WB0&#10;vdHGJAfb7dog2wsajk36Uv3U42WasWyo+M28mCfkFzF/CZGn728QvQ405Ub3FV+ck0QZWXtraypT&#10;lEFoM9rUnbEnGiNzowJbqI/EIsI4wrRyZHSAPzgbaHwr7r/vBCrOzHtLStxMZ7M478mZza8LcvAy&#10;sr2MCCsJquKBs9Fch3FHdg5129FL09S7hTtSr9GJ2ajsWNWpWBrRpM1pneIOXPop69fSr34CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCr2jHR2QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETv&#10;SPyDtUjcqEMrIghxKgQqEsc2vXDbxEsSiNdR7LRpv57tCY6jGb15+Xp2vTrQGDrPBu4XCSji2tuO&#10;GwP7cnP3CCpEZIu9ZzJwogDr4voqx8z6I2/psIuNEgiHDA20MQ6Z1qFuyWFY+IFYui8/OowSx0bb&#10;EY8Cd71eJkmqHXYsDy0O9NpS/bObnIGqW+7xvC3fE/e0WcWPufyePt+Mub2ZX55BRZrj3xgu+qIO&#10;hThVfmIbVC9Z8DI1kIK61A+pxMrAKk1BF7n+71/8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALtJDYEdAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAKvaMdHZAAAABwEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="59F01B0E" id="Rectangle 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:60pt;margin-top:.3pt;width:18pt;height:18pt;z-index:251665920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyIaGzBgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bh3Q7QMUWbaFyaJGKXGyrx8lp2m29VRMB4EUqSfy8Wl5c+gN2yv0GmzFp5OcM2Ul1Nq2Ff/+bfNu&#10;wZkPwtbCgFUVPyrPb1Zv3ywHV6oCOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLwQawF4FcbLMaxUDo&#10;vcmKPL/KBsDaIUjlPZ3ejUG+SvhNo2R4aBqvAjMVp9pC2jHt27hnq6UoWxSu0/JUhnhFFb3Qlh49&#10;Q92JINgO9T9QvZYIHpowkdBn0DRaqtQDdTPN/+rmsRNOpV6IHO/ONPn/Byu/7B/dV4yle3cP8odn&#10;FtadsK26RYShU6Km56aRqGxwvjxfiI6nq2w7fIaaRit2ARIHhwb7CEjdsUOi+nimWh0Ck3RYFIur&#10;nAYiKXSy4wuifLrs0IePCnoWjYojTTKBi/29D2PqU0oqHoyuN9qY5GC7XRtke0FT36SV6qceL9OM&#10;ZUPFr+fFPCH/EfOXEHlaL0H0OpB8je4rvjgniTKy9sHWSVxBaDPa1J2xJxojc1GkvtxCfSQWEUZt&#10;0l8iowP8xdlAuqy4/7kTqDgznyxN4no6m0UhJ2c2f1+Qg5eR7WVEWElQFQ+cjeY6jOLfOdRtRy9N&#10;U+8Wbml6jU7MPld1Kpa0l2Zz+idR3Jd+ynr+zavfAAAA//8DAFBLAwQUAAYACAAAACEAq9ox0dkA&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3KhDKyIIcSoEKhLHNr1w28RL&#10;EojXUey0ab+e7QmOoxm9efl6dr060Bg6zwbuFwko4trbjhsD+3Jz9wgqRGSLvWcycKIA6+L6KsfM&#10;+iNv6bCLjRIIhwwNtDEOmdahbslhWPiBWLovPzqMEsdG2xGPAne9XiZJqh12LA8tDvTaUv2zm5yB&#10;qlvu8bwt3xP3tFnFj7n8nj7fjLm9mV+eQUWa498YLvqiDoU4VX5iG1QvWfAyNZCCutQPqcTKwCpN&#10;QRe5/u9f/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyIaGzBgIAABUEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCr2jHR2QAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00AD576C">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00AD576C">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    No</w:t>
       </w:r>
-      <w:r w:rsidR="00AD576C">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AD576C">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DB5002" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4"/>
-    <w:p w14:paraId="68993571" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
+    <w:p w14:paraId="5154BC05" w14:textId="77777777" w:rsidR="008D6914" w:rsidRDefault="008D6914" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58A40C49" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="00AD576C" w:rsidP="004D5BB4">
+    <w:p w14:paraId="19EA4514" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="004D5BB4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59850298" w14:textId="67BB5CF6" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>4</w:t>
-[...550 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>School Preferences</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC159C8" w14:textId="77777777" w:rsidR="00FB77AC" w:rsidRPr="00FB77AC" w:rsidRDefault="00FB77AC" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A9E4252" w14:textId="575AF1CD" w:rsidR="004D5BB4" w:rsidRPr="00FF1FF0" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
+    <w:p w14:paraId="3A9E4252" w14:textId="55CB896E" w:rsidR="004D5BB4" w:rsidRPr="00FF1FF0" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF1FF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Please insert the school</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Please insert the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1FF0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FB77AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> name </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF1FF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of up to six secondary schools in preference order.  These may include Sandwell schools or any school which is situated outside the borough as your application details will be passed to the relevant authority.  Details of all schools together with contact information can be viewed at </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00FF1FF0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.sandwell.gov.uk/schooladmissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF1FF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  Please include the name and date of birth of any sibling (brother or sister) who will be attending the p</w:t>
       </w:r>
       <w:r w:rsidR="005B5746">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>referred school in September 202</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">referred school in </w:t>
+      </w:r>
+      <w:r w:rsidR="005B5746" w:rsidRPr="00B15A3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>September 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00806E46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF1FF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  Please refer to the school’s prospectus for each school’s individual requirements and</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF1FF0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> check that you have completed any additional forms required.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF1FF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64631682" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
@@ -2900,771 +2993,740 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="520"/>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="2932"/>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1121"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1505"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="74E2F159" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1D1B5A16" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>First</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D5BCAF2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="05856E4C" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AE51EEA" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8831" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72DFF7E2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="15358321" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40F43D5D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="2DFA8526" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4151D7FF" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BD8246E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="627ECEC3" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ED2DFF0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AE5F1EB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="3788AA19" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35CEFB90" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60958C4A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6433EFF0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>youngest</w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> brother/sister already attending the school</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="3CE84829" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10F247BE" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39B70284" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="591F980F" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36252E4D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B6E1EE8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5AA48970" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="753981C0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4097" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A338A74" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6653469A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3618" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23C86035" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="3086BF91" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C196A3E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="660D8A7D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="302CBB79" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C6FF591" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4604" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E2C97FD" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7FCF965B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59C80BE8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A7D9E04" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7023FE61" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FE2C3E7" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="298247B7" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0606064F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="6AB5CAAB" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="718"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F20E254" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4604" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B979465" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Reasons for preference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5899" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3124C567" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="202D0FD5" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B2D028C" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4604" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68C79B6F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eligion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applying on denominational grounds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5899" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CA2E4B7" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BC51F90" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D3724C6" w14:textId="77777777" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
@@ -3680,771 +3742,740 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="520"/>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="2878"/>
         <w:gridCol w:w="1495"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1121"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1229"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="78C9EC88" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="6F78F2E3" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Second</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E0AE1DC" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52875DE8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E2A74D5" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8831" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DD0EA45" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="42B81935" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BABCC50" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="67F4B0D2" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75840494" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64B0A69D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="7EF3CB3E" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="313055B0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2653FBE8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="40D79FAC" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69C9132A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61F12605" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B4C8001" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>youngest</w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> brother/sister already attending the school</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="68E15BAB" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B156652" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F0333A6" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="0F0E660D" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28868C69" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CC55117" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48C4BAFE" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E4681BC" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31EBCC82" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E116E72" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3342" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DC6CF60" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="671CF804" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="366DC1D6" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BB202AA" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="1389F7D3" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D639D80" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="519E0E7E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="379ECD31" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6232AD56" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D30A298" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DDA7FB4" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2261F81B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2377E3E0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="496DC777" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="4BFD7853" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="716"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EF51A18" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BF6C64A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Reasons for preference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1521C7DF" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="662F4BCF" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55FDD879" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06668F60" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eligion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applying on denominational grounds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2796FB31" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F7C2934" w14:textId="678A7C65" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46D31EEF" w14:textId="2C569469" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
@@ -4460,728 +4491,698 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="520"/>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="2878"/>
         <w:gridCol w:w="1023"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1121"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="584442A1" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1945840A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Third</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AE72670" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="30BA5002" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="769C34D7" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8831" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61A40D52" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D9FEE4F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2B863FA4" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="5BADC061" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DBD0257" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="670F9400" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="6082B646" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33BA3729" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09E2E548" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="789DDEBD" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11978156" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C4974EA" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29172973" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>youngest</w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> brother/sister already attending the school</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="4A69C4FF" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B77012E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F7519C0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="6A016EB3" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56B75A5B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5312283A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A9E2ABC" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20DA5D31" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3901" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7435F40B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54E042A1" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3814" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A690569" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="06116369" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5400B5E6" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A4F0F79" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="7345345F" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="641F6D70" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24B647AB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7FE826C3" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0823F729" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66CD9E28" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7939628F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2986F5B9" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="398D71BB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0250DD44" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="46C3DD00" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="811"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40F702F8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F39C892" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Reasons for preference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46D07922" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="5C7B6E17" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6302260F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="647AFE37" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eligion</w:t>
             </w:r>
@@ -5189,51 +5190,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applying on denominational grounds)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D776BFB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49765A85" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="063B5707" w14:textId="30A3E0DF" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DE8890F" w14:textId="4CDEDFF0" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
@@ -5249,1512 +5249,1449 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="520"/>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="2878"/>
         <w:gridCol w:w="1023"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1121"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="5F700189" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="2D8665E2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Fourth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17FF6DBD" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D21AEF2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50415819" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8831" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75DD9D48" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51E7CA11" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="443FD235" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="69D2A025" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66F7CD25" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B85DF41" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="2838AF47" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50569BFC" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25AAE5A5" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="1C87FB28" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21A90372" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BF5FF48" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="574F6950" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>youngest</w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> brother/sister already attending the school</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="740B7D15" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27BADFE3" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="472BBD57" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="0A8746A1" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77CA7D98" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E4130DF" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="15FCB035" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A00A8E3" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3901" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="265BD8D2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C99A74A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3814" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DB381CD" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="59DACA10" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02AD47F6" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CAE680E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="7488D997" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3986A4A6" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D67502A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F7B4F9E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38AA640C" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BCCFFBD" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="027BFEA2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69E441D3" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74BE259A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DB56FA5" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="23EBF2D2" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="819"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41106F17" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E829B4D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Reasons for preference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="638C998F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="64B02C3F" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DCF1D09" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D99A554" w14:textId="3AA456DF" w:rsidR="004D5BB4" w:rsidRPr="008D6914" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eligion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applying on denominational grounds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A68772A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="26A0200D" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="559E4A3F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Fifth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C704FCA" w14:textId="77777777" w:rsidR="009E0FD7" w:rsidRPr="00147AF1" w:rsidRDefault="009E0FD7" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F04D7C7" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47D6A6C3" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8831" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10C86CE5" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74064FCD" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="313057AC" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="5E8E326A" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67FA5FE6" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B3DD7D8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="164A0B22" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1030E826" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F46B2E7" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="1DF0DACC" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3199C835" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73A25D36" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36DED728" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>youngest</w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> brother/sister already attending the school</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="7B8A71F2" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C067F9A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="605A1953" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="376B8D0B" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0942473B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EB34EB7" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4FDFA9BB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="527F5050" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3901" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7938DDAF" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="159D6D80" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3814" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="537E82C4" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="2BA8C92D" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="340EB1CB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32C78792" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="0A1C5365" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="053A94B9" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33683AB9" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40A1A9EB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="150066A1" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B6DE230" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="518B3203" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="640A907A" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04558E09" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6136B075" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="5A639794" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="819"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BB809D4" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E5DF66F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Reasons for preference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55C3FA3B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="1567A1D9" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39BAE30E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51A56534" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eligion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applying on denominational grounds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="512862EB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43B8B874" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11023" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6762,2389 +6699,2253 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="520"/>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="2878"/>
         <w:gridCol w:w="1023"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1121"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="76E4269D" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="208923F1" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Sixth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48349A4F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2510A6A9" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AD672B2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8831" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FFACD36" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="339F7373" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="071CCCA9" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="3A94CC18" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29AA5038" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05D43F80" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="005827C0" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79669034" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EB712C6" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="7832DEFA" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50F9A0EE" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="139F9C70" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D412B9C" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide details of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>youngest</w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> brother/sister already attending the school</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="44D891D5" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52A11ED2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A283DD4" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="058108ED" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="435F6B79" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EAAEBA8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E1F58AF" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="539A0472" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3901" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56A95F35" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AB64D45" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3814" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EBF21CF" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="05F3D50A" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42400FFD" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10503" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EB236FA" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="49095DFA" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7640874B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24933DF6" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3FBCC7A1" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48434D58" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58FB0B59" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31EF4221" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42C8BBF0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29DEB8C3" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6062CAC2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="735FA9F2" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="804"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07671013" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17E04A9F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Reasons for preference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="129B8590" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="12406301" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:trPr>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38079171" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15635E84" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00914662" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00914662">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eligion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applying on denominational grounds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="202DA5DA" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B22E9CA" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C03E5EA" w14:textId="77777777" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0442D08F" w14:textId="77777777" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="156FCEB7" w14:textId="4C9827FC" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
-[...46 lines deleted...]
-        <w:t>ou can also apply for schools outside of Sandwell, details will be found on the relevant authorities website.</w:t>
+    <w:p w14:paraId="156FCEB7" w14:textId="4C9827FC" w:rsidR="004D5BB4" w:rsidRPr="00B15A3D" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
+      <w:r w:rsidRPr="00B15A3D">
+        <w:t xml:space="preserve">Here is a list of Sandwell Secondary Schools. You can also apply for schools outside of Sandwell, details will be found on the relevant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B15A3D">
+        <w:t>authorities</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B15A3D">
+        <w:t xml:space="preserve"> website.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3865"/>
-        <w:gridCol w:w="5457"/>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4928"/>
         <w:gridCol w:w="1658"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004D5BB4" w:rsidRPr="001364FD" w14:paraId="341F17C4" w14:textId="77777777" w:rsidTr="008D7535">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="004D5BB4" w:rsidRPr="001364FD" w14:paraId="341F17C4" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="610D0FAF" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51D56FBE" w14:textId="77777777" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D59FE45" w14:textId="4D1FA3A3" w:rsidR="009E0FD7" w:rsidRPr="001364FD" w:rsidRDefault="009E0FD7" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2244" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="007C9B53" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="001364FD" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="475F752D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="001364FD" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="698621E5" w14:textId="77777777" w:rsidTr="008D7535">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00C11143">
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="698621E5" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DF8608" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4525B3DA" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00C11143" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4525B3DA" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C11143">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="52718EF5" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00C11143" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+          </w:tcPr>
+          <w:p w14:paraId="52718EF5" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C11143">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DfE Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="120366D7" w14:textId="77777777" w:rsidTr="008D7535">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="120366D7" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CF46AD" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bristnall Hall Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD737AE" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bristnall Hall Lane, Oldbury, B68 9PA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E80106F" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-4129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="6DE2328D" w14:textId="77777777" w:rsidTr="008D7535">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="6DE2328D" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B1DD15" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>George Salter Academy</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="278D0AF7" w14:textId="6526312B" w:rsidR="005C16C6" w:rsidRPr="00C11143" w:rsidRDefault="008D7535" w:rsidP="00C11143">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="278D0AF7" w14:textId="6526312B" w:rsidR="005C16C6" w:rsidRPr="00B15A3D" w:rsidRDefault="008D7535" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Gospel Oak Academy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F90BD4E" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Claypit Lane, West Bromwich, B70 9UW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68EA7CCC" w14:textId="450B00BD" w:rsidR="008D7535" w:rsidRPr="00C11143" w:rsidRDefault="008D7535" w:rsidP="00C11143">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="68EA7CCC" w14:textId="450B00BD" w:rsidR="008D7535" w:rsidRPr="00B15A3D" w:rsidRDefault="008D7535" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bilston Road, Tipton, DY4 0BZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A45BBE9" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-6907</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06C27A80" w14:textId="375FA821" w:rsidR="008D7535" w:rsidRPr="00C11143" w:rsidRDefault="008D7535" w:rsidP="00C11143">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="06C27A80" w14:textId="375FA821" w:rsidR="008D7535" w:rsidRPr="00B15A3D" w:rsidRDefault="008D7535" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-6909</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="3580C1AE" w14:textId="77777777" w:rsidTr="008D7535">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="3580C1AE" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BA31F4" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Holly Lodge School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="171B1251" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Holly Lane, Smethwick, B67 7JG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="049A7B81" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-4138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="694216A5" w14:textId="77777777" w:rsidTr="008D7535">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="694216A5" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2793046F" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Oldbury Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1DD018" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pound Road, Oldbury, B68 8NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C50447" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-4110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="17025A3E" w14:textId="77777777" w:rsidTr="008D7535">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="17025A3E" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="276BA5A3" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ormiston Forge Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="67BE350E" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wrights Lane, Cradley Heath, B64 6QU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="070647EF" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-4000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="66F9DB6F" w14:textId="77777777" w:rsidTr="008D7535">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="66F9DB6F" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="504CBBC3" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ormiston Sandwell Community Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ACC0D5F" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lower City Road, Tividale, B69 2HE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="7129ADB5" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-6910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="2673FA8A" w14:textId="77777777" w:rsidTr="008D7535">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="2673FA8A" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6413B5" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Perryfields </w:t>
             </w:r>
-            <w:r w:rsidR="00170012">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00170012" w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C54CD31" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Oldacre Road, Oldbury, B68 0RG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C507A63" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-4111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="1F920F16" w14:textId="77777777" w:rsidTr="008D7535">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="55F0A497" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="41598ECB" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Q3 </w:t>
+            </w:r>
+            <w:r w:rsidR="009616EE" w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Academy </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Great Barr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C7C662" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wilderness Lane, Great Barr, B43 7SD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="42125FC3" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-6908</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="19BEEE2F" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE70C27" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Q3 </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5746" w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Academy </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Langley</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C9D8BC" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Moat Road, Oldbury, B68 8ED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F8C705A" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-4003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B5746" w:rsidRPr="00C11143" w14:paraId="045858A0" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC45179" w14:textId="77777777" w:rsidR="005B5746" w:rsidRPr="00B15A3D" w:rsidRDefault="005B5746" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Q3 Academy Tipton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="227664FA" w14:textId="28A8DEAD" w:rsidR="005B5746" w:rsidRPr="00B15A3D" w:rsidRDefault="005B5746" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alexandra Road, </w:t>
+            </w:r>
+            <w:r w:rsidR="008D7535" w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pton, DY4 7NR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="330C9261" w14:textId="77777777" w:rsidR="005B5746" w:rsidRPr="00B15A3D" w:rsidRDefault="005B5746" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-4001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="22932F33" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD08B66" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sandwell Academy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75627BC7" w14:textId="171D03F4" w:rsidR="009E0FD7" w:rsidRPr="00B15A3D" w:rsidRDefault="009E0FD7" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shireland Biomedical UTC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55DE4710" w14:textId="7210FC20" w:rsidR="009E0FD7" w:rsidRPr="00B15A3D" w:rsidRDefault="009E0FD7" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shireland CBSO Academy </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="325266D4" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Halfords Lane, West Bromwich, B71 4LG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EC4B921" w14:textId="77777777" w:rsidR="009E0FD7" w:rsidRPr="00B15A3D" w:rsidRDefault="009E0FD7" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>350 High Street, West Bromwich, B70 8DJ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B590508" w14:textId="16E0297A" w:rsidR="009E0FD7" w:rsidRPr="00B15A3D" w:rsidRDefault="009E0FD7" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Providence Place, West Bromwich, B70 8SZ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7BDEFB" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-6905</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="586F6109" w14:textId="77777777" w:rsidR="009E0FD7" w:rsidRPr="00B15A3D" w:rsidRDefault="009E0FD7" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-4005</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3122E40A" w14:textId="7E1D1279" w:rsidR="00627423" w:rsidRPr="00B15A3D" w:rsidRDefault="00627423" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-4013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="6DDB76F8" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="038669A9" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shireland Collegiate Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5690195D" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Waterloo Road, Smethwick, B66 4ND</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7129DBA0" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-6906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="7641252A" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="176FED06" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>St Michael’s CE High</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE4CC6E" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Curral</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Road, Rowley Regis, B65 9AN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="755" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53837C37" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-4500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="6B7B2FC8" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="06446313" w14:textId="77777777" w:rsidR="00C11143" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Stuart Bathurst RC High School</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C3BBEA2" w14:textId="272877BC" w:rsidR="00B15A3D" w:rsidRPr="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Phoenix Collegiate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="pct"/>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B95975F" w14:textId="77777777" w:rsidR="00C11143" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wood Green Road, Wednesbury, WS10 9QS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B0D28CA" w14:textId="31999D7C" w:rsidR="00B15A3D" w:rsidRPr="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clarkes Lane, West Bromwich, B71 2BX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0098D8" w14:textId="77777777" w:rsidR="00C11143" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-4600</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22E2A25B" w14:textId="52F63634" w:rsidR="00B15A3D" w:rsidRPr="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-4028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="55F0A497" w14:textId="77777777" w:rsidTr="008D7535">
-[...52 lines deleted...]
-              <w:t>Wilderness Lane, Great Barr, B43 7SD</w:t>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="5BC883BA" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C561EA" w14:textId="77777777" w:rsidR="00FB77AC" w:rsidRPr="00B15A3D" w:rsidRDefault="00FB77AC" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>West Bromwich Collegiate Academy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FE50ABB" w14:textId="20BC953D" w:rsidR="00124AD6" w:rsidRPr="00B15A3D" w:rsidRDefault="00124AD6" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Windsor Olympus Academy </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A18CAFD" w14:textId="77777777" w:rsidR="00FB77AC" w:rsidRPr="00B15A3D" w:rsidRDefault="00FB77AC" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kelvin Way, West Bromwich, B70 7LE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40D9AA89" w14:textId="4E8D83B4" w:rsidR="00124AD6" w:rsidRPr="00B15A3D" w:rsidRDefault="00124AD6" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Perrott Street, Smethwick, B18 4LX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...13 lines deleted...]
-              <w:t>333-6908</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="7B638B78" w14:textId="77777777" w:rsidR="005B5746" w:rsidRPr="00B15A3D" w:rsidRDefault="005B5746" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-5007</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79701452" w14:textId="4BCCC786" w:rsidR="00627423" w:rsidRPr="00B15A3D" w:rsidRDefault="00627423" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-4009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="19BEEE2F" w14:textId="77777777" w:rsidTr="008D7535">
-[...52 lines deleted...]
-              <w:t>Moat Road, Oldbury, B68 8ED</w:t>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="4976CBEB" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="36724CD0" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wodensborough Ormiston Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F9A406" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hydes Road, Wednesbury, WS10 0DR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...13 lines deleted...]
-              <w:t>333-4003</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="59165990" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>333-4002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5746" w:rsidRPr="00C11143" w14:paraId="045858A0" w14:textId="77777777" w:rsidTr="008D7535">
-[...52 lines deleted...]
-              <w:t>pton, DY4 7NR</w:t>
+      <w:tr w:rsidR="00C11143" w:rsidRPr="00C11143" w14:paraId="0AB68088" w14:textId="77777777" w:rsidTr="00B15A3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2001" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D79D1B5" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wood Green Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2244" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="756EF6B3" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wood Green Road, Wednesbury, WS10 9QU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="755" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...602 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFB2B3C" w14:textId="77777777" w:rsidR="00C11143" w:rsidRPr="00B15A3D" w:rsidRDefault="00C11143" w:rsidP="00C11143">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>333-4024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="166D8BD2" w14:textId="042CA977" w:rsidR="00FD78E8" w:rsidRDefault="00FD78E8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="406DDAC0" w14:textId="516DCB25" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C172AA5" w14:textId="1FCC04D6" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7">
       <w:pPr>
@@ -9244,1146 +9045,1013 @@
     </w:p>
     <w:p w14:paraId="5D40C0F2" w14:textId="1836EB78" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DF40F1F" w14:textId="66F4D866" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A1EAD7A" w14:textId="65F1F4CA" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E48D090" w14:textId="1A75DC5D" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7">
-[...118 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0399A36D" w14:textId="716FBC28" w:rsidR="00FD78E8" w:rsidRDefault="00FD78E8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Parent’s / Carer’s Details </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4D065ACB" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="381F3F8D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FA745D" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="628"/>
         <w:gridCol w:w="911"/>
         <w:gridCol w:w="281"/>
         <w:gridCol w:w="1172"/>
         <w:gridCol w:w="2896"/>
         <w:gridCol w:w="282"/>
         <w:gridCol w:w="1072"/>
         <w:gridCol w:w="3620"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="05BEEB7A" w14:textId="77777777" w:rsidTr="0014102E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21D5CB7B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21EBFD8F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="756B228D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="925" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A195FA1" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A766640" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B3D7906" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="20589181" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="0014102E" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Forename </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00D2CFCB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="327A4EA0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19272C97" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EE66161" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37329121" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29F67ABD" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FCF7B6D" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="085C69EF" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FA745D" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="8460"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="10E29EF8" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C58BBA8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="532400F5" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relationship to Child</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2745AA8C" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36AC73C8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60F9455E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FA745D" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1844"/>
         <w:gridCol w:w="3142"/>
         <w:gridCol w:w="410"/>
         <w:gridCol w:w="1856"/>
         <w:gridCol w:w="3610"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="6AD04011" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1857" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55E7069B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1AF551E3" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Home telephone no.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50532251" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="205867C0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A9100EC" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27DD4536" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6EB4FC9C" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Daytime telephone no.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="304BDE44" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="699A9843" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="518B35E4" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5236C46F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00E77445" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="413" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A1AC4B2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5527" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FF8A97F" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00E77445" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w14:paraId="73D7701F" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1857" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="649F53FA" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F658A17" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Mobile no.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="056F8042" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3183" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="219806AC" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="413" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6044ABC8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="457EF372" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="324E2372" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AB2ADBE" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33C0505B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AF556E4" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00E77445" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21132599" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
+    <w:p w14:paraId="1DAD79C1" w14:textId="77777777" w:rsidR="00B15A3D" w:rsidRDefault="00B15A3D" w:rsidP="004D5BB4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21132599" w14:textId="3501B5F0" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Address (if different from child’s address given on page 1)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76961DF8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FA745D" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2152"/>
         <w:gridCol w:w="8710"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w14:paraId="59D8D8FA" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7808A68E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7EEA9257" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>House Number/Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07FCFE15" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FAC2374" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w14:paraId="792F5E9E" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F08E5BB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="43621AE3" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Street Name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25AE5C4B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D177D51" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w14:paraId="4AD0E980" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="294DDD91" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2B39DB6B" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Town</w:t>
             </w:r>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65A3663E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48965893" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5BB4" w14:paraId="4511521A" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B9AB522" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0923A6D5" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00147AF1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37C3E5D0" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71542B62" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00147AF1" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A571E3A" w14:textId="77777777" w:rsidR="009E0FD7" w:rsidRDefault="009E0FD7" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="448780E4" w14:textId="147AE95C" w:rsidR="004D5BB4" w:rsidRPr="00FA745D" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -10530,116 +10198,152 @@
         <w:pStyle w:val="msolistparagraph0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B6BF417" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="009E0FD7" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:pStyle w:val="msolistparagraph0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E0FD7">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>I understand that if it is decided I have supplied incorrect information then the application could be cancelled and any subsequent offer of a school place may be withdrawn.</w:t>
+        <w:t xml:space="preserve">I understand that if it is decided I have supplied incorrect information then the application could be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E0FD7">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cancelled</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E0FD7">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and any subsequent offer of a school place may be withdrawn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="677FF25E" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FF1FF0" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3281DC16" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="009E0FD7" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E0FD7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Your completed form should be returned to:</w:t>
       </w:r>
       <w:r w:rsidRPr="009E0FD7">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE27703" w14:textId="0E03AE3B" w:rsidR="004D5BB4" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E0FD7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Admissions, PO Box 16230, Sandwell Council House, Freeth Street, Oldbury, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B290E">
+        <w:t xml:space="preserve">Admissions, PO Box 16230, Sandwell Council House, Freeth Street, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E0FD7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009E0FD7">
+        <w:t xml:space="preserve">Oldbury, </w:t>
+      </w:r>
+      <w:r w:rsidR="007B290E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>West Midlands, B69 3EX</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0FD7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>West</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E0FD7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Midlands, B69 3EX</w:t>
       </w:r>
       <w:r w:rsidR="007B290E" w:rsidRPr="007B290E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> or email </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="007B290E" w:rsidRPr="007B290E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>annual_schooladmissions@sandwell.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="44A52184" w14:textId="77777777" w:rsidR="007B290E" w:rsidRPr="009E0FD7" w:rsidRDefault="007B290E" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -10697,187 +10401,133 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6229"/>
         <w:gridCol w:w="714"/>
         <w:gridCol w:w="3919"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D5BB4" w:rsidRPr="00FF1FF0" w14:paraId="2D16DA5B" w14:textId="77777777" w:rsidTr="00F73AF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6300" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3801BC64" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FF1FF0" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A8FC3A2" w14:textId="0B2F6C91" w:rsidR="004D5BB4" w:rsidRPr="009E0FD7" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF1FF0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1850DAFF" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FF1FF0" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70EE2480" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FF1FF0" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AFB47B8" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FF1FF0" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0A1A46B2" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="00FF1FF0" w:rsidRDefault="004D5BB4" w:rsidP="00F73AF0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF1FF0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60C397AB" w14:textId="77777777" w:rsidR="004D5BB4" w:rsidRPr="009E0FD7" w:rsidRDefault="004D5BB4" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...49 lines deleted...]
-          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="346FD615" w14:textId="3564B3D1" w:rsidR="004D5BB4" w:rsidRPr="009E0FD7" w:rsidRDefault="0072396D" w:rsidP="004D5BB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E0FD7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Privacy Notice – </w:t>
       </w:r>
       <w:r w:rsidRPr="009E0FD7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -10887,206 +10537,206 @@
     <w:sectPr w:rsidR="004D5BB4" w:rsidRPr="009E0FD7">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="360" w:right="386" w:bottom="0" w:left="540" w:header="345" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="45186269" w14:textId="77777777" w:rsidR="00EB1AF8" w:rsidRDefault="00EB1AF8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0EBF046A" w14:textId="77777777" w:rsidR="00EB1AF8" w:rsidRDefault="00EB1AF8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D3D9FD7" w14:textId="77777777" w:rsidR="00E77445" w:rsidRDefault="00E77445">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="11CF4329" w14:textId="77777777" w:rsidR="00E77445" w:rsidRDefault="00E77445">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A627256" w14:textId="77777777" w:rsidR="00E77445" w:rsidRDefault="00E77445">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1BD52372" w14:textId="77777777" w:rsidR="00EB1AF8" w:rsidRDefault="00EB1AF8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="35F0DC32" w14:textId="77777777" w:rsidR="00EB1AF8" w:rsidRDefault="00EB1AF8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4AF6BF52" w14:textId="77777777" w:rsidR="00E77445" w:rsidRDefault="008A4DB0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4AF6BF52" w14:textId="77777777" w:rsidR="00E77445" w:rsidRDefault="004123A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="6F707E84">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject24856888" o:spid="_x0000_s2050" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:516.05pt;height:258pt;rotation:315;z-index:-251658752;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="LATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="342C77B3" w14:textId="77777777" w:rsidR="00FD78E8" w:rsidRDefault="008A4DB0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="342C77B3" w14:textId="77777777" w:rsidR="00FD78E8" w:rsidRDefault="004123A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="49B28C5B">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
@@ -11100,209 +10750,216 @@
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject24856889" o:spid="_x0000_s2051" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:516.05pt;height:258pt;rotation:315;z-index:-251657728;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="LATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00FD78E8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>IL2: PROTECT</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3CF9415F" w14:textId="77777777" w:rsidR="00E77445" w:rsidRDefault="008A4DB0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3CF9415F" w14:textId="77777777" w:rsidR="00E77445" w:rsidRDefault="004123A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="61BF6961">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject24856887" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:516.05pt;height:258pt;rotation:315;z-index:-251659776;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="LATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C05F5"/>
     <w:rsid w:val="00020398"/>
     <w:rsid w:val="000C6EE9"/>
     <w:rsid w:val="000F6E7D"/>
     <w:rsid w:val="00124AD6"/>
     <w:rsid w:val="0014102E"/>
     <w:rsid w:val="00170012"/>
+    <w:rsid w:val="001D2E9A"/>
     <w:rsid w:val="001E2199"/>
     <w:rsid w:val="001E3F22"/>
     <w:rsid w:val="002C05F5"/>
     <w:rsid w:val="002C62F8"/>
     <w:rsid w:val="0030453D"/>
     <w:rsid w:val="00363520"/>
     <w:rsid w:val="00380575"/>
     <w:rsid w:val="004D5BB4"/>
     <w:rsid w:val="00586BEE"/>
     <w:rsid w:val="005B5746"/>
     <w:rsid w:val="005C16C6"/>
     <w:rsid w:val="00601A77"/>
     <w:rsid w:val="00627423"/>
     <w:rsid w:val="006658BB"/>
     <w:rsid w:val="0072396D"/>
     <w:rsid w:val="00784CD7"/>
     <w:rsid w:val="007B290E"/>
     <w:rsid w:val="007B6C55"/>
+    <w:rsid w:val="00806E46"/>
     <w:rsid w:val="00890F02"/>
     <w:rsid w:val="008A4DB0"/>
     <w:rsid w:val="008D6914"/>
     <w:rsid w:val="008D7535"/>
+    <w:rsid w:val="00941765"/>
     <w:rsid w:val="009616EE"/>
     <w:rsid w:val="00977FAA"/>
     <w:rsid w:val="009E0FD7"/>
     <w:rsid w:val="00AD576C"/>
     <w:rsid w:val="00AF0D26"/>
+    <w:rsid w:val="00B15A3D"/>
     <w:rsid w:val="00B544DC"/>
     <w:rsid w:val="00B620E3"/>
+    <w:rsid w:val="00BC6988"/>
     <w:rsid w:val="00C11143"/>
     <w:rsid w:val="00CD1739"/>
     <w:rsid w:val="00DD15FE"/>
     <w:rsid w:val="00E13DBB"/>
     <w:rsid w:val="00E302BA"/>
     <w:rsid w:val="00E32C98"/>
     <w:rsid w:val="00E77445"/>
     <w:rsid w:val="00E954BB"/>
     <w:rsid w:val="00E97DAD"/>
     <w:rsid w:val="00EA3CB9"/>
     <w:rsid w:val="00EB1AF8"/>
     <w:rsid w:val="00F1144D"/>
     <w:rsid w:val="00F73AF0"/>
     <w:rsid w:val="00FA745D"/>
     <w:rsid w:val="00FB77AC"/>
     <w:rsid w:val="00FD78E8"/>
+    <w:rsid w:val="00FF152E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6D10B8AF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2BF102FE-3FA3-41D4-B85B-78650C0ADF9A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -11661,51 +11318,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="msolistparagraph0">
     <w:name w:val="msolistparagraph"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/customizations.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/attachedToolbars" Target="attachedToolbars.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annual_schooladmissions@sandwell.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sandwell.gov.uk/schooladmissions" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sandwell.gov.uk/schooladmissions" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sandwell.gov.uk/schooladmissions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -11994,75 +11651,75 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="c1522a0d-8b67-48f3-9f04-651e495f9c50">
   <element uid="62ac7c2c-e191-4479-ab0c-4f5c6f5bf888" value=""/>
   <element uid="2cf4db53-e26b-4354-8259-c7e8430ebed9" value=""/>
 </sisl>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60DEC135-BBAB-4C9E-85AB-F06398194A3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1246</Words>
-  <Characters>7665</Characters>
+  <Words>1199</Words>
+  <Characters>6674</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>574</Lines>
+  <Paragraphs>187</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sandwell Metropolitan Borough Council</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sandwell Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8894</CharactersWithSpaces>
+  <CharactersWithSpaces>7779</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>2424934</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.sandwell.gov.uk/schooladmissions</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424934</vt:i4>
       </vt:variant>
       <vt:variant>