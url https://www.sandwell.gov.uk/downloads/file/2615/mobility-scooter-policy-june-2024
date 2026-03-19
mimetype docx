--- v0 (2025-10-08)
+++ v1 (2026-03-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4AA97E3F" w14:textId="7047F9B1" w:rsidR="00D2467B" w:rsidRPr="0060627F" w:rsidRDefault="00D2467B" w:rsidP="00095897">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Mobility Scooter Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="635D0735" w14:textId="77777777" w:rsidR="00D2467B" w:rsidRPr="0060627F" w:rsidRDefault="00D2467B" w:rsidP="00D2467B">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
@@ -254,51 +254,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Document title   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FFF4A7A" w14:textId="7D674306" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -338,51 +337,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Owner   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CD26598" w14:textId="690B4F28" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -421,51 +419,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Approved by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D3CEE42" w14:textId="69AB5ACC" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00095897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Sandwell Council Housing Operations Committee</w:t>
@@ -501,129 +498,139 @@
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Status   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BAD96F8" w14:textId="332CA352" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
+          <w:p w14:paraId="3BAD96F8" w14:textId="1C8D5FCA" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00ED4D0D" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F015C5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Draft  </w:t>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidR="00095897" w:rsidRPr="00F015C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D856CBB" w14:textId="77777777" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Version   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52A90418" w14:textId="0ADE636A" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="96" w:firstLine="2"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -662,91 +669,78 @@
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Effective from   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B2C7665" w14:textId="379A6CB4" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
+          <w:p w14:paraId="2B2C7665" w14:textId="2EC6E4E4" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00ED4D0D" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>TBC</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>June 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63C6CCBE" w14:textId="52420698" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00095897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="130" w:hanging="32"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -772,91 +766,78 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>on   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CA97CDF" w14:textId="4DD3BC43" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
+          <w:p w14:paraId="5CA97CDF" w14:textId="6FE5E079" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00ED4D0D" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>TBC</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>June 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00095897" w:rsidRPr="0085070B" w14:paraId="7F6BC8B5" w14:textId="77777777" w:rsidTr="00565609">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30C53170" w14:textId="77777777" w:rsidR="00095897" w:rsidRDefault="00095897" w:rsidP="00095897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="274" w:hanging="142"/>
               <w:textAlignment w:val="baseline"/>
@@ -891,139 +872,137 @@
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>updated   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28FEA3D6" w14:textId="7B58C9E9" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
+          <w:p w14:paraId="28FEA3D6" w14:textId="0E22DBA8" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>June 2024</w:t>
+              <w:t>June 202</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F015C5">
+            <w:r w:rsidR="00ED4D0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4BE00E20" w14:textId="77777777" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="130"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Last updated by  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D8AC31B" w14:textId="79D0084D" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -1075,79 +1054,78 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Review date  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43D4D1AE" w14:textId="5B60504E" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00095897">
+          <w:p w14:paraId="43D4D1AE" w14:textId="25F27724" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00ED4D0D" w:rsidP="00095897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>TBC</w:t>
+              <w:t>June 2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00095897" w:rsidRPr="0085070B" w14:paraId="5F8B04B1" w14:textId="77777777" w:rsidTr="00565609">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="115DF886" w14:textId="77777777" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00095897" w:rsidP="00565609">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="132"/>
               <w:textAlignment w:val="baseline"/>
@@ -1159,51 +1137,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F015C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Purpose  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D13E6D3" w14:textId="6DC72EBB" w:rsidR="00095897" w:rsidRPr="00F015C5" w:rsidRDefault="00375D3C" w:rsidP="00B616E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="98"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -1421,209 +1398,209 @@
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">3 </w:t>
         </w:r>
         <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04DB5A92" w14:textId="1FB54815" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="0031343E" w:rsidP="00184FEC">
+    <w:p w14:paraId="04DB5A92" w14:textId="1FB54815" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="00184FEC" w:rsidP="00184FEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:anchor="_Toc4028" w:history="1">
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>2  Scope and Definitions</w:t>
         </w:r>
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
           <w:t>3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E2E4251" w14:textId="09911110" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="0031343E" w:rsidP="00184FEC">
+    <w:p w14:paraId="6E2E4251" w14:textId="09911110" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="00184FEC" w:rsidP="00184FEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:anchor="_Toc4029" w:history="1">
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>3  Legal Background</w:t>
         </w:r>
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
           <w:t>4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7FB30EDD" w14:textId="420421FB" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="0031343E" w:rsidP="00184FEC">
+    <w:p w14:paraId="7FB30EDD" w14:textId="420421FB" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="00184FEC" w:rsidP="00184FEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:anchor="_Toc4030" w:history="1">
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>4  Policy Statement</w:t>
         </w:r>
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
           <w:t>4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="134E34CA" w14:textId="4845DDCE" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="0031343E" w:rsidP="00184FEC">
+    <w:p w14:paraId="134E34CA" w14:textId="4845DDCE" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="00184FEC" w:rsidP="00184FEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:anchor="_Toc4031" w:history="1">
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>5  Storage and Fire Safety Concerns</w:t>
         </w:r>
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+      <w:r w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk135224233"/>
     <w:p w14:paraId="3A4BF0A4" w14:textId="0B212D47" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="00184FEC" w:rsidP="00184FEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -1677,88 +1654,88 @@
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5B9374" w14:textId="2E076230" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="0031343E" w:rsidP="00184FEC">
+    <w:p w14:paraId="0E5B9374" w14:textId="2E076230" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="00184FEC" w:rsidP="00184FEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:anchor="_Toc4033" w:history="1">
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">7  </w:t>
         </w:r>
         <w:r w:rsidR="00211B28" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Puchasing a Mobility Scooter</w:t>
         </w:r>
-        <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486CA07E" w14:textId="291C0085" w:rsidR="009D3DD2" w:rsidRPr="00211B28" w:rsidRDefault="009D3DD2" w:rsidP="009D3DD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
@@ -1784,111 +1761,111 @@
         </w:rPr>
         <w:t xml:space="preserve">8  </w:t>
       </w:r>
       <w:r w:rsidR="00211B28" w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Storing and Charging Mobility Scooters</w:t>
       </w:r>
       <w:r w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A3494BE" w14:textId="56839135" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="0031343E" w:rsidP="00184FEC">
+    <w:p w14:paraId="6A3494BE" w14:textId="56839135" w:rsidR="00184FEC" w:rsidRPr="00211B28" w:rsidRDefault="009D3DD2" w:rsidP="00184FEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:anchor="_Toc4034" w:history="1">
-        <w:r w:rsidR="009D3DD2" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:bookmarkStart w:id="1" w:name="_Hlk137037477"/>
         <w:r w:rsidR="00211B28" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Safe Driving</w:t>
         </w:r>
         <w:r w:rsidR="00184FEC" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:bookmarkEnd w:id="1"/>
       </w:hyperlink>
-      <w:r w:rsidR="009D3DD2" w:rsidRPr="00211B28">
+      <w:r w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="537AA497" w14:textId="57D11C3E" w:rsidR="001D7D3B" w:rsidRPr="00211B28" w:rsidRDefault="00184FEC" w:rsidP="001D7D3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -1931,274 +1908,272 @@
         <w:r w:rsidR="004E6D7C" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Insuring Your Mobility Scooter</w:t>
         </w:r>
         <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DC72F2" w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="23091836" w14:textId="4DB71797" w:rsidR="001D7D3B" w:rsidRPr="00211B28" w:rsidRDefault="0031343E" w:rsidP="001D7D3B">
+    </w:p>
+    <w:p w14:paraId="23091836" w14:textId="4DB71797" w:rsidR="001D7D3B" w:rsidRPr="00211B28" w:rsidRDefault="001D7D3B" w:rsidP="001D7D3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:anchor="_Toc4033" w:history="1">
-        <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00DC72F2" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidR="004E6D7C" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Maintenance</w:t>
         </w:r>
-        <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004E6D7C" w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABF5C55" w14:textId="68293657" w:rsidR="001D7D3B" w:rsidRPr="00211B28" w:rsidRDefault="0031343E" w:rsidP="001D7D3B">
+    <w:p w14:paraId="6ABF5C55" w14:textId="68293657" w:rsidR="001D7D3B" w:rsidRPr="00211B28" w:rsidRDefault="001D7D3B" w:rsidP="001D7D3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:anchor="_Toc4032" w:history="1">
-        <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00DA75DA" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidR="004E6D7C" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Training</w:t>
         </w:r>
-        <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009D3DD2" w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4624BC" w14:textId="76627C3B" w:rsidR="001D7D3B" w:rsidRPr="00184FEC" w:rsidRDefault="0031343E" w:rsidP="001D7D3B">
+    <w:p w14:paraId="4A4624BC" w14:textId="76627C3B" w:rsidR="001D7D3B" w:rsidRPr="00184FEC" w:rsidRDefault="001D7D3B" w:rsidP="001D7D3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9035"/>
         </w:tabs>
         <w:spacing w:after="99" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="39" w:right="23" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:anchor="_Toc4033" w:history="1">
-        <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00DA75DA" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidR="004E6D7C" w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Policy Review</w:t>
         </w:r>
-        <w:r w:rsidR="001D7D3B" w:rsidRPr="00211B28">
+        <w:r w:rsidRPr="00211B28">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009D3DD2" w:rsidRPr="00211B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF951AF" w14:textId="2D8708BF" w:rsidR="00AA451C" w:rsidRDefault="00AA451C" w:rsidP="00184FEC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -2614,51 +2589,51 @@
       </w:r>
       <w:r w:rsidRPr="00184FEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">before they purchase or lease a mobility scooter, they must seek permission from the Council to ensure there is adequate storage and charging facilities available. This may also involve </w:t>
       </w:r>
       <w:r w:rsidR="00003628">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gaining</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> separate permission through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId20" w:anchor=":~:text=Applying%20for%20an%20adaptation,who%20will%20categorise%20the%20needs." w:history="1">
         <w:r w:rsidR="00003628" w:rsidRPr="00003628">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Adaptations Policy for Disabled Tenants in Council Housing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003628">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45AC9170" w14:textId="1A43C2CA" w:rsidR="00184FEC" w:rsidRPr="00184FEC" w:rsidRDefault="00184FEC" w:rsidP="00184FEC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
@@ -5524,110 +5499,110 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738A08EF" w14:textId="77777777" w:rsidR="00060482" w:rsidRPr="000636E0" w:rsidRDefault="00060482" w:rsidP="001D5C42">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000636E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For details of charities that may assist with funding visit: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1185BDAD" w14:textId="77777777" w:rsidR="00060482" w:rsidRDefault="0031343E" w:rsidP="001D5C42">
+    <w:p w14:paraId="1185BDAD" w14:textId="77777777" w:rsidR="00060482" w:rsidRDefault="00060482" w:rsidP="001D5C42">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00060482" w:rsidRPr="00E8211A">
+        <w:r w:rsidRPr="00E8211A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.charitychoice.co.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00060482">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00060482" w:rsidRPr="000636E0">
+      <w:r w:rsidRPr="000636E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00060482" w:rsidRPr="000636E0">
+      <w:r w:rsidRPr="000636E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="00060482" w:rsidRPr="00E8211A">
+        <w:r w:rsidRPr="00E8211A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.guidestar.org.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00060482">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F95C1BD" w14:textId="77777777" w:rsidR="00060482" w:rsidRDefault="00060482" w:rsidP="009D3DD2">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="136563A7" w14:textId="77777777" w:rsidR="001D5C42" w:rsidRDefault="001D5C42" w:rsidP="009D3DD2">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -7851,207 +7826,207 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>olicy Review</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="578A64BA" w14:textId="77777777" w:rsidR="00543F17" w:rsidRDefault="00543F17" w:rsidP="00543F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="405"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14AD739B" w14:textId="22410F15" w:rsidR="003567BF" w:rsidRPr="00C97502" w:rsidRDefault="00AA451C" w:rsidP="00B24334">
+    <w:p w14:paraId="14AD739B" w14:textId="2C4EB754" w:rsidR="003567BF" w:rsidRPr="00C97502" w:rsidRDefault="00AA451C" w:rsidP="00B24334">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="248" w:lineRule="auto"/>
         <w:ind w:hanging="578"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543F17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">We will review this policy </w:t>
       </w:r>
-      <w:r w:rsidR="00357770" w:rsidRPr="00543F17">
-[...5 lines deleted...]
-        <w:t>annually</w:t>
+      <w:r w:rsidR="00ED4D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>periodically</w:t>
       </w:r>
       <w:r w:rsidRPr="00543F17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, or sooner if there are any changes to legislative, regulatory, best practice or operational issues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744119CA" w14:textId="77777777" w:rsidR="00C97502" w:rsidRDefault="00C97502" w:rsidP="00C97502">
       <w:pPr>
         <w:spacing w:after="0" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C97502" w:rsidSect="00E712F4">
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2119E452" w14:textId="77777777" w:rsidR="0021092C" w:rsidRDefault="0021092C" w:rsidP="00184FEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="60834250" w14:textId="77777777" w:rsidR="0021092C" w:rsidRDefault="0021092C" w:rsidP="00184FEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-400672937"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6B5F8C78" w14:textId="565DF4EA" w:rsidR="00184FEC" w:rsidRDefault="00184FEC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -8060,51 +8035,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1FB97D73" w14:textId="77777777" w:rsidR="00184FEC" w:rsidRDefault="00184FEC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0342B5EC" w14:textId="77777777" w:rsidR="0021092C" w:rsidRDefault="0021092C" w:rsidP="00184FEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="794005B5" w14:textId="77777777" w:rsidR="0021092C" w:rsidRDefault="0021092C" w:rsidP="00184FEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="21D307DB" w14:textId="0ECA8CEC" w:rsidR="00026563" w:rsidRDefault="00026563">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
@@ -8145,51 +8120,51 @@
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> DVLA (2023) </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidR="00591EEC" w:rsidRPr="00F80D95">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.gov.uk/mobility-scooters-and-powered-wheelchairs-rules/eyesight-requirements</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="075E570F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6024DDAA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -11021,52 +10996,52 @@
   <w:num w:numId="18" w16cid:durableId="1061902222">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="960497767">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1922326100">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="600529045">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="265618636">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="140929324">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="988022463">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00074E4D"/>
     <w:rsid w:val="00002F13"/>
     <w:rsid w:val="00003628"/>
     <w:rsid w:val="00026563"/>
     <w:rsid w:val="00033728"/>
@@ -11169,121 +11144,123 @@
     <w:rsid w:val="009D3DD2"/>
     <w:rsid w:val="009F00CF"/>
     <w:rsid w:val="009F2F06"/>
     <w:rsid w:val="009F73C5"/>
     <w:rsid w:val="00A32922"/>
     <w:rsid w:val="00A45610"/>
     <w:rsid w:val="00A71931"/>
     <w:rsid w:val="00A84475"/>
     <w:rsid w:val="00AA451C"/>
     <w:rsid w:val="00AB4BEB"/>
     <w:rsid w:val="00AB7B9A"/>
     <w:rsid w:val="00B122D6"/>
     <w:rsid w:val="00B23ECA"/>
     <w:rsid w:val="00B24334"/>
     <w:rsid w:val="00B26C58"/>
     <w:rsid w:val="00B32C04"/>
     <w:rsid w:val="00B411EE"/>
     <w:rsid w:val="00B60A8C"/>
     <w:rsid w:val="00B616E8"/>
     <w:rsid w:val="00B907D9"/>
     <w:rsid w:val="00BB61E1"/>
     <w:rsid w:val="00C0588C"/>
     <w:rsid w:val="00C30418"/>
     <w:rsid w:val="00C56D19"/>
     <w:rsid w:val="00C64C41"/>
+    <w:rsid w:val="00C6539E"/>
     <w:rsid w:val="00C84FB3"/>
     <w:rsid w:val="00C915EE"/>
     <w:rsid w:val="00C931D6"/>
     <w:rsid w:val="00C97502"/>
     <w:rsid w:val="00CA6A7B"/>
     <w:rsid w:val="00CA6AE8"/>
     <w:rsid w:val="00CC7908"/>
     <w:rsid w:val="00D2467B"/>
     <w:rsid w:val="00D63E8D"/>
     <w:rsid w:val="00D825A8"/>
     <w:rsid w:val="00DA75DA"/>
     <w:rsid w:val="00DC72F2"/>
     <w:rsid w:val="00DD4381"/>
     <w:rsid w:val="00DE480A"/>
     <w:rsid w:val="00E00CA6"/>
     <w:rsid w:val="00E20000"/>
     <w:rsid w:val="00E35D70"/>
     <w:rsid w:val="00E601A5"/>
     <w:rsid w:val="00E712F4"/>
     <w:rsid w:val="00E77ECB"/>
     <w:rsid w:val="00E94161"/>
     <w:rsid w:val="00E9431C"/>
     <w:rsid w:val="00EB62BE"/>
     <w:rsid w:val="00EC08FA"/>
+    <w:rsid w:val="00ED4D0D"/>
     <w:rsid w:val="00F018AC"/>
     <w:rsid w:val="00F02B1D"/>
     <w:rsid w:val="00F1449B"/>
     <w:rsid w:val="00F16AC4"/>
     <w:rsid w:val="00F16FA7"/>
     <w:rsid w:val="00F2113D"/>
     <w:rsid w:val="00F3007C"/>
     <w:rsid w:val="00F57674"/>
     <w:rsid w:val="00F6690E"/>
     <w:rsid w:val="00F67F7D"/>
     <w:rsid w:val="00F935FB"/>
     <w:rsid w:val="00F94E36"/>
     <w:rsid w:val="00FB5678"/>
     <w:rsid w:val="00FD57D3"/>
     <w:rsid w:val="00FF72FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="00015DE1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6CE69EB4-6F8E-4085-B079-474710234B1A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11917,51 +11894,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00026563"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00026563"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="30038735">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1166869843">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11990,51 +11967,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2000038072">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.BHTA.net" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/file/816/adaptations-for-disabled-tenants-in-council-housing-policy#:~:text=Applying%20for%20an%20adaptation,who%20will%20categorise%20the%20needs." TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guidestar.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.charitychoice.co.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.motability.co.uk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.BHTA.net" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sandwell.gov.uk/downloads/file/816/adaptations-for-disabled-tenants-in-council-housing-policy" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guidestar.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.charitychoice.co.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\louis_bebb\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\FV0LMVJM\Reasonable%20Adjustments%20Policy%20Draft%205th%20April%202023.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.motability.co.uk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/mobility-scooters-and-powered-wheelchairs-rules/eyesight-requirements" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plumis.co.uk/sites/plumis-co-uk/files/2018-08/FI-Trust-Report-Mobility-Scooters-May-15.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -12313,69 +12290,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98988F36-E1FE-469C-8B5B-B5E3DFFA3888}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>3038</Words>
-  <Characters>17317</Characters>
+  <Words>3219</Words>
+  <Characters>17159</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>144</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>504</Lines>
+  <Paragraphs>210</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sandwell Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20315</CharactersWithSpaces>
+  <CharactersWithSpaces>20168</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Louis Bebb</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>