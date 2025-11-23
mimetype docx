--- v0 (2025-10-10)
+++ v1 (2025-11-23)
@@ -1,5726 +1,6219 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/png"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0CF0BDE9" w14:textId="77777777" w:rsidR="009626F3" w:rsidRPr="00946512" w:rsidRDefault="009626F3" w:rsidP="009626F3">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7B803984" w14:textId="408F1BD2" w:rsidR="006E5559" w:rsidRPr="00946512" w:rsidRDefault="003A06A9" w:rsidP="006E5559">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="74AFD54E" w14:textId="77777777" w:rsidR="00DF0EC3" w:rsidRPr="00946512" w:rsidRDefault="00DF0EC3" w:rsidP="009626F3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26201FA0" w14:textId="2B6121C4" w:rsidR="006E5559" w:rsidRPr="00946512" w:rsidRDefault="006E5559" w:rsidP="006E5559">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="1896F878" w14:textId="77777777" w:rsidR="00DF0EC3" w:rsidRPr="00946512" w:rsidRDefault="00DF0EC3" w:rsidP="009626F3">
+      <w:r w:rsidRPr="00946512">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">School Admission Appeal Panel Member </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0E5D9E" w14:textId="77777777" w:rsidR="006E5559" w:rsidRPr="00946512" w:rsidRDefault="006E5559" w:rsidP="006E5559">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C6CC29" w14:textId="77777777" w:rsidR="00946512" w:rsidRDefault="00946512" w:rsidP="009626F3">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="4E2A72A1" w14:textId="635777C6" w:rsidR="006E5559" w:rsidRPr="00946512" w:rsidRDefault="006E5559" w:rsidP="007032D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00946512">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thank you for </w:t>
+      </w:r>
+      <w:r w:rsidR="007032D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>applying</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00946512">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for this </w:t>
+      </w:r>
+      <w:r w:rsidR="007032D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">invaluable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00946512">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">role. Due to the sensitive nature of the work that panel members undertake, it is necessary to carefully monitor and scrutinise potential new members.  The information sought will be used solely by </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7484">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The School Appeals Team </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00946512">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the purpose of assessing your suitability to serve on </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7484">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00946512">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> School Admission Appeal</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC124B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00946512">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Panel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C715BD" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="006E5559">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13BE5338" w14:textId="5620CC0F" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="006E5559">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00946512">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t>Personal Details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B1D48C" w14:textId="77777777" w:rsidR="00B03654" w:rsidRPr="00946512" w:rsidRDefault="00B03654" w:rsidP="006E5559">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...401 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10710" w:type="dxa"/>
-        <w:tblInd w:w="-635" w:type="dxa"/>
+        <w:tblW w:w="10690" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1543"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3767"/>
+        <w:gridCol w:w="3177"/>
+        <w:gridCol w:w="7513"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000647B8" w:rsidRPr="00946512" w14:paraId="30E8ED64" w14:textId="77777777" w:rsidTr="00777E04">
+      <w:tr w:rsidR="006E5559" w14:paraId="3C537BAC" w14:textId="77777777" w:rsidTr="000E06B4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="3177" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75D136E0" w14:textId="77777777" w:rsidR="000647B8" w:rsidRDefault="000647B8" w:rsidP="00EB28FB">
-[...15 lines deleted...]
-              <w:t>Name</w:t>
+          <w:p w14:paraId="12D8CC46" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7036B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Title</w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Mr</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DA446EB" w14:textId="77777777" w:rsidR="0048557E" w:rsidRDefault="0048557E" w:rsidP="00EB28FB">
-[...128 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="22215094" w14:textId="77777777" w:rsidR="006E5559" w:rsidRPr="00B7036B" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47C58589" w14:textId="77777777" w:rsidR="000647B8" w:rsidRPr="00946512" w:rsidRDefault="000647B8" w:rsidP="00DF0EC3">
-[...15 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w14:paraId="731D0B9D" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E5559" w14:paraId="79A972F3" w14:textId="77777777" w:rsidTr="000E06B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BC5637" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Full name:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="794468EC" w14:textId="77777777" w:rsidR="006E5559" w:rsidRPr="00B7036B" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="552442FF" w14:textId="77777777" w:rsidR="001072F9" w:rsidRPr="00946512" w:rsidRDefault="00DF0EC3" w:rsidP="00DF0EC3">
-[...15 lines deleted...]
-              <w:t>Address</w:t>
+          <w:p w14:paraId="507A29FB" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E5559" w14:paraId="6953D1B0" w14:textId="77777777" w:rsidTr="000E06B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74ABBC46" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Address:</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="7B62CE20" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="188A95D7" w14:textId="77777777" w:rsidR="006E5559" w:rsidRPr="00B7036B" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2B0813" w14:textId="77777777" w:rsidR="000647B8" w:rsidRPr="00946512" w:rsidRDefault="000647B8" w:rsidP="00DF0EC3">
-[...45 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w14:paraId="17A32875" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000647B8" w:rsidRPr="00946512" w14:paraId="2404EE2A" w14:textId="77777777" w:rsidTr="00777E04">
+      <w:tr w:rsidR="006E5559" w14:paraId="136B4025" w14:textId="77777777" w:rsidTr="000E06B4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="3177" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72E7E7F9" w14:textId="77777777" w:rsidR="000647B8" w:rsidRPr="00946512" w:rsidRDefault="000647B8" w:rsidP="00EB28FB">
-[...17 lines deleted...]
-              <w:t>Contact Numbers</w:t>
+          <w:p w14:paraId="4FA04E30" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Postcode:</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="53E46DF0" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45BB22B5" w14:textId="77777777" w:rsidR="000647B8" w:rsidRPr="00946512" w:rsidRDefault="000647B8" w:rsidP="00DF0EC3">
-[...5 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w14:paraId="7D5A7C9B" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E5559" w14:paraId="5158B2B0" w14:textId="77777777" w:rsidTr="000E06B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14888C68" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Email address:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="557F37C3" w14:textId="77777777" w:rsidR="006E5559" w:rsidRPr="00B7036B" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="372F5F48" w14:textId="77777777" w:rsidR="000647B8" w:rsidRPr="00946512" w:rsidRDefault="000647B8" w:rsidP="00DF0EC3">
-[...16 lines deleted...]
-              <w:t>Email Address</w:t>
+          <w:p w14:paraId="0C8B26B5" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E5559" w14:paraId="52F478FF" w14:textId="77777777" w:rsidTr="000E06B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CBE7F9" w14:textId="77777777" w:rsidR="006E5559" w:rsidRPr="00B7036B" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Mobile telephone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3767" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F672BB8" w14:textId="77777777" w:rsidR="000647B8" w:rsidRPr="00946512" w:rsidRDefault="000647B8" w:rsidP="00DF0EC3">
-[...6 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w14:paraId="738F13B8" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E5559" w14:paraId="5C4B04E3" w14:textId="77777777" w:rsidTr="000E06B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D2B1EC" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Home telephone number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="390051B3" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C317D33" w14:textId="77777777" w:rsidR="00995CA3" w:rsidRPr="00946512" w:rsidRDefault="00995CA3" w:rsidP="005A6149">
-[...10 lines deleted...]
-    <w:p w14:paraId="419CF35B" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="000776BC">
+    <w:p w14:paraId="7BFB8A65" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="006E5559">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:hanging="630"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE4E6E1" w14:textId="4F86A883" w:rsidR="006E5559" w:rsidRPr="00946512" w:rsidRDefault="006E5559" w:rsidP="006E5559">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00946512">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Current Employment</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>Employment</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="221"/>
         <w:tblW w:w="10710" w:type="dxa"/>
-        <w:tblInd w:w="-638" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="7560"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00777E04" w:rsidRPr="00946512" w14:paraId="6516EFAE" w14:textId="77777777" w:rsidTr="00777E04">
+      <w:tr w:rsidR="000E06B4" w:rsidRPr="00946512" w14:paraId="599D8139" w14:textId="77777777" w:rsidTr="000E06B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="11FDAA0F" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="400D25C4" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00946512">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Present or most recent employer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B71BAC5" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="536EB834" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00777E04" w:rsidRPr="00946512" w14:paraId="6BBCE31D" w14:textId="77777777" w:rsidTr="00777E04">
+      <w:tr w:rsidR="000E06B4" w:rsidRPr="00946512" w14:paraId="31A8DA82" w14:textId="77777777" w:rsidTr="000E06B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF5D76E" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="0A735BD9" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00946512">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Dates:</w:t>
+              <w:t>Dates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> employed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00946512">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61565C0B" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="06975C24" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00EE730D" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4915FDF8" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>From:                                          To:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77B68F6A" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00777E04" w:rsidRPr="00946512" w14:paraId="203E1B86" w14:textId="77777777" w:rsidTr="00777E04">
+      <w:tr w:rsidR="000E06B4" w:rsidRPr="00946512" w14:paraId="66692A1A" w14:textId="77777777" w:rsidTr="000E06B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4861CF70" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="35D37097" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00946512">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Position:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B5FD7EC" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="0B930FA6" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56EB6993" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="23CC0F06" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00777E04" w:rsidRPr="00946512" w14:paraId="10F37DD6" w14:textId="77777777" w:rsidTr="00777E04">
+      <w:tr w:rsidR="000E06B4" w:rsidRPr="00946512" w14:paraId="15A1968D" w14:textId="77777777" w:rsidTr="000E06B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="09B2A578" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="6B8107E0" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00946512">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2582B281" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="501813CF" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2206C466" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="46BCDAB8" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="78A9461B" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="561F9B9C" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00777E04" w:rsidRPr="00946512" w14:paraId="1B7AC3C9" w14:textId="77777777" w:rsidTr="00777E04">
+      <w:tr w:rsidR="000E06B4" w:rsidRPr="00946512" w14:paraId="02BE89BA" w14:textId="77777777" w:rsidTr="000E06B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="682F3050" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="731961C2" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00946512">
-[...6 lines deleted...]
-              <w:t>Telephone number:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Postcode:</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="2FC834B5" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="755D6864" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00773AFE">
+          <w:p w14:paraId="2E9AC684" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRPr="00946512" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4FB5A872" w14:textId="77777777" w:rsidR="00946512" w:rsidRDefault="00946512" w:rsidP="00946512">
-[...11 lines deleted...]
-        <w:ind w:left="-630" w:right="-900"/>
+    <w:p w14:paraId="062D5263" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="006E5559"/>
+    <w:p w14:paraId="0DF9BCAC" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559" w:rsidP="006E5559"/>
+    <w:p w14:paraId="48C02475" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="630"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F16E902" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DA61ECE" w14:textId="77777777" w:rsidR="000E06B4" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F1EA7B5" w14:textId="77777777" w:rsidR="00B03654" w:rsidRDefault="00B03654" w:rsidP="000E06B4">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02DF963A" w14:textId="3CF5D2D6" w:rsidR="000E06B4" w:rsidRDefault="000E06B4" w:rsidP="00F913D9">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00946512">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Eligibility and Status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA5603E" w14:textId="77777777" w:rsidR="00946512" w:rsidRDefault="00946512" w:rsidP="00946512">
-[...10 lines deleted...]
-    <w:p w14:paraId="456A015E" w14:textId="77777777" w:rsidR="00946512" w:rsidRPr="00946512" w:rsidRDefault="00946512" w:rsidP="000776BC">
+    <w:p w14:paraId="3C960F73" w14:textId="5E821893" w:rsidR="005B7484" w:rsidRDefault="005B7484" w:rsidP="006E5559"/>
+    <w:p w14:paraId="6E4E8F93" w14:textId="7DBDCD91" w:rsidR="000E06B4" w:rsidRDefault="000E06B4" w:rsidP="000E06B4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Have you committed a criminal offence or received any cautions?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70351B09" w14:textId="77777777" w:rsidR="00AF5E90" w:rsidRDefault="00AF5E90" w:rsidP="00AF5E90">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01DE1761" w14:textId="43C47DA9" w:rsidR="00AF5E90" w:rsidRDefault="00C438D8" w:rsidP="00AF5E90">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04815EE9" wp14:editId="6630EF1A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>438150</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>451485</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6124575" cy="1495425"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="217" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6124575" cy="1495425"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="19528166" w14:textId="7F895963" w:rsidR="00C438D8" w:rsidRDefault="00C438D8">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>If yes, please provide details</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="04815EE9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:34.5pt;margin-top:35.55pt;width:482.25pt;height:117.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhWSRQDgIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1+P0zAMf0fiO0R5Z12n7bhV607HjiGk&#10;40A6+ABpmq4RaRycbO349DhZbzf+iAdEHiI7dn62f7ZXN0Nn2EGh12BLnk+mnCkrodZ2V/Ivn7ev&#10;rjnzQdhaGLCq5Efl+c365YtV7wo1gxZMrZARiPVF70rehuCKLPOyVZ3wE3DKkrEB7EQgFXdZjaIn&#10;9M5ks+n0KusBa4cglff0ency8nXCbxolw8em8SowU3LKLaQb013FO1uvRLFD4VotxzTEP2TRCW0p&#10;6BnqTgTB9qh/g+q0RPDQhImELoOm0VKlGqiafPpLNY+tcCrVQuR4d6bJ/z9Y+XB4dJ+QheENDNTA&#10;VIR39yC/emZh0wq7U7eI0LdK1BQ4j5RlvfPF+DVS7QsfQar+A9TUZLEPkICGBrvICtXJCJ0acDyT&#10;robAJD1e5bP54vWCM0m2fL5czGeLFEMUT98d+vBOQceiUHKkriZ4cbj3IaYjiieXGM2D0fVWG5MU&#10;3FUbg+wgaAK26YzoP7kZy/qSLxcU++8Q03T+BNHpQKNsdFfy67OTKCJvb22dBi0IbU4ypWzsSGTk&#10;7sRiGKqBHCOhFdRHohThNLK0YiS0gN8562lcS+6/7QUqzsx7S21Z5vN5nO+kEJ8zUvDSUl1ahJUE&#10;VfLA2UnchLQTsXQLt9S+RidinzMZc6UxTHyPKxPn/FJPXs+Lvf4BAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8hwjy4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcEHVCwG1DNhVC&#10;AsEN2gqubrxNIvwTbDcNb497guNoRjPfVKvJaDaSD72zCPksA0a2caq3LcJ283S9ABaitEpqZwnh&#10;hwKs6vOzSpbKHe07jevYslRiQykRuhiHkvPQdGRkmLmBbPL2zhsZk/QtV14eU7nR/CbLBDeyt2mh&#10;kwM9dtR8rQ8GYXH7Mn6G1+LtoxF7vYxX8/H52yNeXkwP98AiTfEvDCf8hA51Ytq5g1WBaQSxTFci&#10;wjzPgZ38rCjugO0QikwI4HXF/1+ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDhWSRQ&#10;DgIAACAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA8&#10;hwjy4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="19528166" w14:textId="7F895963" w:rsidR="00C438D8" w:rsidRDefault="00C438D8">
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>If yes, please provide details</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00AF5E90" w:rsidRPr="00AF5E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes                No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B65A25D" w14:textId="77777777" w:rsidR="00530C9C" w:rsidRDefault="00530C9C" w:rsidP="00AF5E90">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14ABAB4B" w14:textId="55C44328" w:rsidR="00530C9C" w:rsidRDefault="00530C9C" w:rsidP="00530C9C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Are you or have you bee</w:t>
+      </w:r>
+      <w:r w:rsidR="00227305">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n employed by Sandwell Council</w:t>
+      </w:r>
+      <w:r w:rsidR="000056CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (other than as a teacher or teaching assistant</w:t>
+      </w:r>
+      <w:r w:rsidR="00227305">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300CC841" w14:textId="77777777" w:rsidR="00227305" w:rsidRPr="00AF5E90" w:rsidRDefault="00227305" w:rsidP="00227305">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="098046F4" w14:textId="00B38963" w:rsidR="00227305" w:rsidRDefault="00227305" w:rsidP="00227305">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes                No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D522231" w14:textId="02AA42D5" w:rsidR="000E06B4" w:rsidRDefault="00071007" w:rsidP="006E5559">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="192EBEB5" wp14:editId="58D28AC5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>132080</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6191250" cy="1447800"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1768579388" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6191250" cy="1447800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2C3DF32A" w14:textId="77777777" w:rsidR="00227305" w:rsidRDefault="00227305" w:rsidP="00227305">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>If yes, please provide details</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="192EBEB5" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:436.3pt;margin-top:10.4pt;width:487.5pt;height:114pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeBsONEwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2o6RtrDhVly7T&#10;pO6H1O0PwIBjNMwxILGzv34HdtOo216m8YA4Dr7cfe5Y3w6dJkfpvAJT0WKWUyINB6HMvqLfvu7e&#10;3FDiAzOCaTCyoifp6e3m9at1b0s5hxa0kI6giPFlbyvahmDLLPO8lR3zM7DSoLMB17GApttnwrEe&#10;1TudzfP8KuvBCeuAS+9x93500k3SbxrJw+em8TIQXVGMLaTZpbmOc7ZZs3LvmG0Vn8Jg/xBFx5TB&#10;R89S9ywwcnDqN6lOcQcemjDj0GXQNIrLlANmU+QvsnlsmZUpF4Tj7RmT/3+y/NPx0X5xJAxvYcAC&#10;piS8fQD+3RMD25aZvbxzDvpWMoEPFxFZ1ltfTlcjal/6KFL3H0FgkdkhQBIaGtdFKpgnQXUswOkM&#10;XQ6BcNy8KlbFfIkujr5isbi+yVNZMlY+XbfOh/cSOhIXFXVY1STPjg8+xHBY+XQkvuZBK7FTWifD&#10;7eutduTIsAN2aaQMXhzThvQVXS3ny5HAXyXyNP4k0amAraxVV1FMAcfYXJHbOyNSowWm9LjGkLWZ&#10;QEZ2I8Uw1ANRYqIcudYgTkjWwdi5+NNw0YL7SUmPXVtR/+PAnKREfzBYnRUCjG2ejMXyeo6Gu/TU&#10;lx5mOEpVNFAyLrchfY3IzcAdVrFRie9zJFPI2I0J+/RzYrtf2unU8//e/AIAAP//AwBQSwMEFAAG&#10;AAgAAAAhAJkITkrdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ61BK&#10;m4Y4FUIC0Ru0CK5uvE0i7HWw3TT8PcsJjjOzmnlbrkdnxYAhdp4UXE8zEEi1Nx01Ct52j5McREya&#10;jLaeUME3RlhX52elLow/0SsO29QILqFYaAVtSn0hZaxbdDpOfY/E2cEHpxPL0EgT9InLnZWzLFtI&#10;pzvihVb3+NBi/bk9OgX5/Hn4iJubl/d6cbCrdLUcnr6CUpcX4/0diIRj+juGX3xGh4qZ9v5IJgqr&#10;gB9JCmYZ83O6Wt6ysWdjnucgq1L+569+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN4G&#10;w40TAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJkITkrdAAAABwEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="2C3DF32A" w14:textId="77777777" w:rsidR="00227305" w:rsidRDefault="00227305" w:rsidP="00227305">
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>If yes, please provide details</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1667F242" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="304ECD74" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="7B878822" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="2680C90A" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="54F491D0" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="755B060B" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="6CC86784" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="0A5CF3DD" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="59CEC4A3" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="689C3063" w14:textId="77777777" w:rsidR="002D5F8F" w:rsidRDefault="002D5F8F" w:rsidP="0052585C"/>
+    <w:p w14:paraId="566D83A8" w14:textId="62A94C11" w:rsidR="002D5F8F" w:rsidRDefault="00CB595A" w:rsidP="00CB595A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Are you or have you been an elected member of Sandwell Council?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20BD2540" w14:textId="77777777" w:rsidR="00CB595A" w:rsidRDefault="00CB595A" w:rsidP="00CB595A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1601E118" w14:textId="238B562B" w:rsidR="00CB595A" w:rsidRPr="00071007" w:rsidRDefault="00CB595A" w:rsidP="00071007">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes                No </w:t>
+      </w:r>
+      <w:r w:rsidR="00071007">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0241288C" wp14:editId="7A31E8BA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>447675</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6181725" cy="1428750"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1328605613" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6181725" cy="1428750"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5B69D0A8" w14:textId="77777777" w:rsidR="00CB595A" w:rsidRDefault="00CB595A" w:rsidP="00CB595A">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>If yes, please provide details</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0241288C" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:435.55pt;margin-top:35.25pt;width:486.75pt;height:112.5pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVpSHqFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L46NpEmNOkWXLsOA&#10;7gfo9gC0LMfCZFGTlNjZ049S0jTohh2G6SCQIvWR/Eje3I69ZnvpvEJT8Xwy5UwagY0y24p/+7p5&#10;s+TMBzANaDSy4gfp+e3q9aubwZaywA51Ix0jEOPLwVa8C8GWWeZFJ3vwE7TSkLFF10Mg1W2zxsFA&#10;6L3Oiun0KhvQNdahkN7T6/3RyFcJv22lCJ/b1svAdMUpt5Bul+463tnqBsqtA9spcUoD/iGLHpSh&#10;oGeoewjAdk79BtUr4dBjGyYC+wzbVgmZaqBq8umLah47sDLVQuR4e6bJ/z9Y8Wn/aL84Fsa3OFID&#10;UxHePqD47pnBdQdmK++cw6GT0FDgPFKWDdaXp6+Ral/6CFIPH7GhJsMuYAIaW9dHVqhORujUgMOZ&#10;dDkGJujxKl/mi2LOmSBbPiuWi3lqSwbl03frfHgvsWdRqLijriZ42D/4ENOB8sklRvOoVbNRWifF&#10;beu1dmwPNAGbdFIFL9y0YUPFr+eUyN8hpun8CaJXgUZZq77iy7MTlJG3d6ZJgxZA6aNMKWtzIjJy&#10;d2QxjPXIVFPxIgaIvNbYHIhZh8fJpU0joUP3k7OBprbi/scOnORMfzDUnet8NotjnpTZfFGQ4i4t&#10;9aUFjCCoigfOjuI6pNWIDBi8oy62KvH7nMkpZZrGRPtpc+K4X+rJ63m/V78AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQA6Bj9o3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHVo&#10;SdOEOBVCAsEN2gqubrxNIuJ1sN00/D3LCW47mtHM23I92V6M6EPnSMHNLAGBVDvTUaNgt328XoEI&#10;UZPRvSNU8I0B1tX5WakL4070huMmNoJLKBRaQRvjUEgZ6hatDjM3ILF3cN7qyNI30nh94nLby3mS&#10;LKXVHfFCqwd8aLH+3BytgtXt8/gRXhav7/Xy0OfxKhufvrxSlxfT/R2IiFP8C8MvPqNDxUx7dyQT&#10;RK+AH4kKsiQFwW6eLfjYK5jnaQqyKuV//uoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;VaUh6hQCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAOgY/aN4AAAAHAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5B69D0A8" w14:textId="77777777" w:rsidR="00CB595A" w:rsidRDefault="00CB595A" w:rsidP="00CB595A">
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>If yes, please provide details</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612502E6" w14:textId="77777777" w:rsidR="00CB595A" w:rsidRPr="0052585C" w:rsidRDefault="00CB595A" w:rsidP="00CB595A"/>
+    <w:p w14:paraId="63ED1FB3" w14:textId="77777777" w:rsidR="00CB595A" w:rsidRPr="0052585C" w:rsidRDefault="00CB595A" w:rsidP="00CB595A"/>
+    <w:p w14:paraId="1AE5F052" w14:textId="77777777" w:rsidR="00CB595A" w:rsidRPr="0052585C" w:rsidRDefault="00CB595A" w:rsidP="00CB595A"/>
+    <w:p w14:paraId="5E2954CA" w14:textId="7FDBBBD7" w:rsidR="0052585C" w:rsidRDefault="0052585C" w:rsidP="00CB595A"/>
+    <w:p w14:paraId="77F13BA2" w14:textId="77777777" w:rsidR="009317FE" w:rsidRPr="009317FE" w:rsidRDefault="009317FE" w:rsidP="009317FE"/>
+    <w:p w14:paraId="48FA95C4" w14:textId="77777777" w:rsidR="009317FE" w:rsidRPr="009317FE" w:rsidRDefault="009317FE" w:rsidP="009317FE"/>
+    <w:p w14:paraId="351CAF5C" w14:textId="77777777" w:rsidR="009317FE" w:rsidRPr="009317FE" w:rsidRDefault="009317FE" w:rsidP="009317FE"/>
+    <w:p w14:paraId="580ACCE4" w14:textId="77777777" w:rsidR="009317FE" w:rsidRPr="009317FE" w:rsidRDefault="009317FE" w:rsidP="009317FE"/>
+    <w:p w14:paraId="46C5E54E" w14:textId="77777777" w:rsidR="009317FE" w:rsidRDefault="009317FE" w:rsidP="009317FE"/>
+    <w:p w14:paraId="1E1F3CB2" w14:textId="0AFCB4EC" w:rsidR="009317FE" w:rsidRDefault="009317FE" w:rsidP="009317FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30360695" w14:textId="77777777" w:rsidR="009317FE" w:rsidRDefault="009317FE" w:rsidP="009317FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="672F62E0" w14:textId="2A687890" w:rsidR="009317FE" w:rsidRDefault="009317FE" w:rsidP="009317FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you a relative of </w:t>
+      </w:r>
+      <w:r w:rsidR="00242CB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>an employee or elected member of Sandwell Council?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E873149" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRDefault="00242CB3" w:rsidP="00242CB3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="754B2886" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRDefault="00242CB3" w:rsidP="00242CB3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63FC19C8" wp14:editId="59760816">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>450215</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6181725" cy="1724025"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1545591590" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6181725" cy="1724025"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="764CA64F" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRDefault="00242CB3" w:rsidP="00242CB3">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>If yes, please provide details</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="63FC19C8" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:435.55pt;margin-top:35.45pt;width:486.75pt;height:135.75pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7BrrWEQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkjY1ohRdugwD&#10;ugvQ7QNkWY6FyaImKbG7ry8lu2l2wR6G6UEgReqQPCTX10OnyVE6r8AwWsxySqQRUCuzZ/Trl92r&#10;FSU+cFNzDUYy+iA9vd68fLHubSnn0IKupSMIYnzZW0bbEGyZZV60suN+BlYaNDbgOh5QdfusdrxH&#10;9E5n8zy/yHpwtXUgpPf4ejsa6SbhN40U4VPTeBmIZhRzC+l26a7inW3WvNw7blslpjT4P2TRcWUw&#10;6AnqlgdODk79BtUp4cBDE2YCugyaRgmZasBqivyXau5bbmWqBcnx9kST/3+w4uPx3n52JAxvYMAG&#10;piK8vQPxzRMD25abvbxxDvpW8hoDF5GyrLe+nL5Gqn3pI0jVf4Aam8wPARLQ0LgusoJ1EkTHBjyc&#10;SJdDIAIfL4pVcTlfUiLQhtIiRyXG4OXTd+t8eCehI1Fg1GFXEzw/3vkwuj65xGgetKp3SuukuH21&#10;1Y4cOU7ALp0J/Sc3bUjP6NUSY/8dIk/nTxCdCjjKWnWMrk5OvIy8vTV1GrTAlR5lrE6bicjI3chi&#10;GKqBqJrR1zFA5LWC+gGZdTBOLm4aCi24H5T0OLWM+u8H7iQl+r3B7lwVi0Uc86QslpdzVNy5pTq3&#10;cCMQitFAyShuQ1qNyICBG+xioxK/z5lMKeM0pg5NmxPH/VxPXs/7vXkEAAD//wMAUEsDBBQABgAI&#10;AAAAIQCjMZVT3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHVoQtOE&#10;bCqEBIIbFARXN94mEfE62G4a/h5zguNoRjNvqs1sBjGR871lhKtFAoK4sbrnFuHt9f5yDcIHxVoN&#10;lgnhmzxs6tOTSpXaHvmFpm1oRSxhXyqELoSxlNI3HRnlF3Ykjt7eOqNClK6V2qljLDeDXCbJShrV&#10;c1zo1Eh3HTWf24NBWGeP04d/Sp/fm9V+KMJFPj18OcTzs/n2BkSgOfyF4Rc/okMdmXb2wNqLASEe&#10;CQh5UoCIbpGn1yB2CGm2zEDWlfzPX/8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOwa6&#10;1hECAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;ozGVU94AAAAHAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="764CA64F" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRDefault="00242CB3" w:rsidP="00242CB3">
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>If yes, please provide details</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00AF5E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes                No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5E831B" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRDefault="00242CB3" w:rsidP="00242CB3"/>
+    <w:p w14:paraId="47D88856" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRPr="0052585C" w:rsidRDefault="00242CB3" w:rsidP="00242CB3"/>
+    <w:p w14:paraId="58F329CD" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRPr="0052585C" w:rsidRDefault="00242CB3" w:rsidP="00242CB3"/>
+    <w:p w14:paraId="03978028" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRPr="0052585C" w:rsidRDefault="00242CB3" w:rsidP="00242CB3"/>
+    <w:p w14:paraId="661C3A79" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRPr="0052585C" w:rsidRDefault="00242CB3" w:rsidP="00242CB3"/>
+    <w:p w14:paraId="4AC2AF21" w14:textId="77777777" w:rsidR="009317FE" w:rsidRDefault="009317FE" w:rsidP="009317FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74685BE4" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRDefault="00242CB3" w:rsidP="009317FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51AB56E9" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRDefault="00242CB3" w:rsidP="009317FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CCC673D" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRDefault="00242CB3" w:rsidP="009317FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5805DFF7" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRDefault="00242CB3" w:rsidP="009317FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3974CE5F" w14:textId="77777777" w:rsidR="00242CB3" w:rsidRPr="009317FE" w:rsidRDefault="00242CB3" w:rsidP="009317FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F2EF8B1" w14:textId="1E5FE869" w:rsidR="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Are you or have you been a teacher?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60063F0A" w14:textId="77777777" w:rsidR="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04B0A5A4" w14:textId="77777777" w:rsidR="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="345F2459" wp14:editId="4102405A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>450215</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6181725" cy="1724025"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="839295571" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6181725" cy="1724025"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5F5315AA" w14:textId="77777777" w:rsidR="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>If yes, please provide details</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="345F2459" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:435.55pt;margin-top:35.45pt;width:486.75pt;height:135.75pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGCyB4EQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkjY1ohRdugwD&#10;ugvQ7QNkWY6FyaImKbGzrx8lu2l2wR6G6UEgReqQPCTXt0OnyVE6r8AwWsxySqQRUCuzZ/TL592r&#10;FSU+cFNzDUYyepKe3m5evlj3tpRzaEHX0hEEMb7sLaNtCLbMMi9a2XE/AysNGhtwHQ+oun1WO94j&#10;eqezeZ5fZT242joQ0nt8vR+NdJPwm0aK8LFpvAxEM4q5hXS7dFfxzjZrXu4dt60SUxr8H7LouDIY&#10;9Ax1zwMnB6d+g+qUcOChCTMBXQZNo4RMNWA1Rf5LNY8ttzLVguR4e6bJ/z9Y8eH4aD85EobXMGAD&#10;UxHePoD46omBbcvNXt45B30reY2Bi0hZ1ltfTl8j1b70EaTq30ONTeaHAAloaFwXWcE6CaJjA05n&#10;0uUQiMDHq2JVXM+XlAi0obTIUYkxePn03Tof3kroSBQYddjVBM+PDz6Mrk8uMZoHreqd0jopbl9t&#10;tSNHjhOwS2dC/8lNG9IzerPE2H+HyNP5E0SnAo6yVh2jq7MTLyNvb0ydBi1wpUcZq9NmIjJyN7IY&#10;hmogqmZ0EQNEXiuoT8isg3FycdNQaMF9p6THqWXUfztwJynR7wx256ZYLOKYJ2WxvJ6j4i4t1aWF&#10;G4FQjAZKRnEb0mpEBgzcYRcblfh9zmRKGacxdWjanDjul3ryet7vzQ8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCjMZVT3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHVoQtOE&#10;bCqEBIIbFARXN94mEfE62G4a/h5zguNoRjNvqs1sBjGR871lhKtFAoK4sbrnFuHt9f5yDcIHxVoN&#10;lgnhmzxs6tOTSpXaHvmFpm1oRSxhXyqELoSxlNI3HRnlF3Ykjt7eOqNClK6V2qljLDeDXCbJShrV&#10;c1zo1Eh3HTWf24NBWGeP04d/Sp/fm9V+KMJFPj18OcTzs/n2BkSgOfyF4Rc/okMdmXb2wNqLASEe&#10;CQh5UoCIbpGn1yB2CGm2zEDWlfzPX/8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxgsg&#10;eBECAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;ozGVU94AAAAHAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5F5315AA" w14:textId="77777777" w:rsidR="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C">
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>If yes, please provide details</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00AF5E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes                No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CF46F8" w14:textId="77777777" w:rsidR="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="35E24906" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="4518361C" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="4CE09C39" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="5FD61E8E" w14:textId="77777777" w:rsidR="0052585C" w:rsidRPr="0052585C" w:rsidRDefault="0052585C" w:rsidP="0052585C"/>
+    <w:p w14:paraId="62D67ECD" w14:textId="77777777" w:rsidR="005A331A" w:rsidRDefault="005A331A" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02F869F6" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A124626" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="342BA25A" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66785345" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B5C66DE" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DBD76FF" w14:textId="6063B6DF" w:rsidR="0052585C" w:rsidRDefault="007314B0" w:rsidP="0052585C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Are you or have you been a school governor?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20657CE9" w14:textId="77777777" w:rsidR="007314B0" w:rsidRDefault="007314B0" w:rsidP="007314B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="779F4E96" w14:textId="77777777" w:rsidR="007314B0" w:rsidRDefault="007314B0" w:rsidP="007314B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15B51C56" wp14:editId="600CBD65">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>450215</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6181725" cy="1724025"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="2076378627" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6181725" cy="1724025"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3F2AC2D2" w14:textId="77777777" w:rsidR="007314B0" w:rsidRDefault="007314B0" w:rsidP="007314B0">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>If yes, please provide details</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="15B51C56" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:435.55pt;margin-top:35.45pt;width:486.75pt;height:135.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUvE6OEAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkjY1ohRdugwD&#10;ugvQ7QNkWY6FyaImKbGzrx8lu2l2wR6G6UEgReqQPCTXt0OnyVE6r8AwWsxySqQRUCuzZ/TL592r&#10;FSU+cFNzDUYyepKe3m5evlj3tpRzaEHX0hEEMb7sLaNtCLbMMi9a2XE/AysNGhtwHQ+oun1WO94j&#10;eqezeZ5fZT242joQ0nt8vR+NdJPwm0aK8LFpvAxEM4q5hXS7dFfxzjZrXu4dt60SUxr8H7LouDIY&#10;9Ax1zwMnB6d+g+qUcOChCTMBXQZNo4RMNWA1Rf5LNY8ttzLVguR4e6bJ/z9Y8eH4aD85EobXMGAD&#10;UxHePoD46omBbcvNXt45B30reY2Bi0hZ1ltfTl8j1b70EaTq30ONTeaHAAloaFwXWcE6CaJjA05n&#10;0uUQiMDHq2JVXM+XlAi0obTIUYkxePn03Tof3kroSBQYddjVBM+PDz6Mrk8uMZoHreqd0jopbl9t&#10;tSNHjhOwS2dC/8lNG9IzerPE2H+HyNP5E0SnAo6yVh2jq7MTLyNvb0ydBi1wpUcZq9NmIjJyN7IY&#10;hmogqmY0MRB5raA+IbMOxsnFTUOhBfedkh6nllH/7cCdpES/M9idm2KxiGOelMXyeo6Ku7RUlxZu&#10;BEIxGigZxW1IqxEZMHCHXWxU4vc5kyllnMbUoWlz4rhf6snreb83PwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAKMxlVPeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdWhC04Rs&#10;KoQEghsUBFc33iYR8TrYbhr+HnOC42hGM2+qzWwGMZHzvWWEq0UCgrixuucW4e31/nINwgfFWg2W&#10;CeGbPGzq05NKldoe+YWmbWhFLGFfKoQuhLGU0jcdGeUXdiSO3t46o0KUrpXaqWMsN4NcJslKGtVz&#10;XOjUSHcdNZ/bg0FYZ4/Th39Kn9+b1X4owkU+PXw5xPOz+fYGRKA5/IXhFz+iQx2ZdvbA2osBIR4J&#10;CHlSgIhukafXIHYIabbMQNaV/M9f/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAUvE6O&#10;EAIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCj&#10;MZVT3gAAAAcBAAAPAAAAAAAAAAAAAAAAAGoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3F2AC2D2" w14:textId="77777777" w:rsidR="007314B0" w:rsidRDefault="007314B0" w:rsidP="007314B0">
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>If yes, please provide details</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00AF5E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes                No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3596C95A" w14:textId="77777777" w:rsidR="007314B0" w:rsidRDefault="007314B0" w:rsidP="007314B0"/>
+    <w:p w14:paraId="74B75B15" w14:textId="77777777" w:rsidR="007314B0" w:rsidRPr="0052585C" w:rsidRDefault="007314B0" w:rsidP="007314B0"/>
+    <w:p w14:paraId="392E2938" w14:textId="77777777" w:rsidR="007314B0" w:rsidRPr="0052585C" w:rsidRDefault="007314B0" w:rsidP="007314B0"/>
+    <w:p w14:paraId="3AF01519" w14:textId="77777777" w:rsidR="007314B0" w:rsidRPr="0052585C" w:rsidRDefault="007314B0" w:rsidP="007314B0"/>
+    <w:p w14:paraId="27662C10" w14:textId="77777777" w:rsidR="007314B0" w:rsidRPr="0052585C" w:rsidRDefault="007314B0" w:rsidP="007314B0"/>
+    <w:p w14:paraId="278A4E12" w14:textId="77777777" w:rsidR="003103C0" w:rsidRDefault="003103C0" w:rsidP="005A331A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04560CAC" w14:textId="77777777" w:rsidR="005A331A" w:rsidRDefault="005A331A" w:rsidP="005A331A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="115C06BB" w14:textId="77777777" w:rsidR="005A331A" w:rsidRDefault="005A331A" w:rsidP="005A331A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1187E7C0" w14:textId="77777777" w:rsidR="005A331A" w:rsidRDefault="005A331A" w:rsidP="005A331A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1242236B" w14:textId="77777777" w:rsidR="005A331A" w:rsidRDefault="005A331A" w:rsidP="005A331A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022DCCDE" w14:textId="77777777" w:rsidR="005A331A" w:rsidRPr="005A331A" w:rsidRDefault="005A331A" w:rsidP="005A331A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B4EFA5D" w14:textId="77777777" w:rsidR="00BD1370" w:rsidRDefault="00BD1370" w:rsidP="00BD1370">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D72C4B1" w14:textId="111E5D79" w:rsidR="00AB4966" w:rsidRPr="00BD1370" w:rsidRDefault="003103C0" w:rsidP="00BD1370">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...16 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1370">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Do you have experience</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4966" w:rsidRPr="00BD1370">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the management of any school or provision of education</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4668" w:rsidRPr="00BD1370">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in any school (other than as a governor or a volunteer)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361EDD93" w14:textId="77777777" w:rsidR="00DD4668" w:rsidRDefault="00DD4668" w:rsidP="00DD4668">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2201ADB2" w14:textId="77777777" w:rsidR="00DD4668" w:rsidRDefault="00DD4668" w:rsidP="00DD4668">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="197D1949" wp14:editId="6F3FBF83">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>450215</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6181725" cy="1724025"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1409382019" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6181725" cy="1724025"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1B952A4B" w14:textId="77777777" w:rsidR="00DD4668" w:rsidRDefault="00DD4668" w:rsidP="00DD4668">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>If yes, please provide details</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="197D1949" id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:435.55pt;margin-top:35.45pt;width:486.75pt;height:135.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjYoxPEAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkjY14hRdugwD&#10;ugvQ7QNkSY6FyaImKbGzrx8lu2l2wR6G6UEgReqQPCTXt0OnyVE6r8BUtJjllEjDQSizr+iXz7tX&#10;K0p8YEYwDUZW9CQ9vd28fLHubSnn0IIW0hEEMb7sbUXbEGyZZZ63smN+BlYaNDbgOhZQdftMONYj&#10;eqezeZ5fZT04YR1w6T2+3o9Gukn4TSN5+Ng0XgaiK4q5hXS7dNfxzjZrVu4ds63iUxrsH7LomDIY&#10;9Ax1zwIjB6d+g+oUd+ChCTMOXQZNo7hMNWA1Rf5LNY8tszLVguR4e6bJ/z9Y/uH4aD85EobXMGAD&#10;UxHePgD/6omBbcvMXt45B30rmcDARaQs660vp6+Ral/6CFL370Fgk9khQAIaGtdFVrBOgujYgNOZ&#10;dDkEwvHxqlgV1/MlJRxtKC1yVGIMVj59t86HtxI6EoWKOuxqgmfHBx9G1yeXGM2DVmKntE6K29db&#10;7ciR4QTs0pnQf3LThvQVvVli7L9D5On8CaJTAUdZq66iq7MTKyNvb4xIgxaY0qOM1WkzERm5G1kM&#10;Qz0QJZCUGCDyWoM4IbMOxsnFTUOhBfedkh6ntqL+24E5SYl+Z7A7N8ViEcc8KYvl9RwVd2mpLy3M&#10;cISqaKBkFLchrUZkwMAddrFRid/nTKaUcRpTh6bNieN+qSev5/3e/AAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAKMxlVPeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdWhC04Rs&#10;KoQEghsUBFc33iYR8TrYbhr+HnOC42hGM2+qzWwGMZHzvWWEq0UCgrixuucW4e31/nINwgfFWg2W&#10;CeGbPGzq05NKldoe+YWmbWhFLGFfKoQuhLGU0jcdGeUXdiSO3t46o0KUrpXaqWMsN4NcJslKGtVz&#10;XOjUSHcdNZ/bg0FYZ4/Th39Kn9+b1X4owkU+PXw5xPOz+fYGRKA5/IXhFz+iQx2ZdvbA2osBIR4J&#10;CHlSgIhukafXIHYIabbMQNaV/M9f/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjYoxP&#10;EAIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCj&#10;MZVT3gAAAAcBAAAPAAAAAAAAAAAAAAAAAGoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1B952A4B" w14:textId="77777777" w:rsidR="00DD4668" w:rsidRDefault="00DD4668" w:rsidP="00DD4668">
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>If yes, please provide details</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00AF5E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes                No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35714A00" w14:textId="77777777" w:rsidR="00DD4668" w:rsidRDefault="00DD4668" w:rsidP="00DD4668">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="399EBB1D" w14:textId="77777777" w:rsidR="00DD4668" w:rsidRPr="0052585C" w:rsidRDefault="00DD4668" w:rsidP="00DD4668">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76CAB870" w14:textId="77777777" w:rsidR="00DD4668" w:rsidRDefault="00DD4668" w:rsidP="00DD4668">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AF524C1" w14:textId="77777777" w:rsidR="00012ED1" w:rsidRPr="00012ED1" w:rsidRDefault="00012ED1" w:rsidP="00012ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="019D3574" w14:textId="77777777" w:rsidR="00012ED1" w:rsidRPr="00012ED1" w:rsidRDefault="00012ED1" w:rsidP="00012ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C52567A" w14:textId="77777777" w:rsidR="00012ED1" w:rsidRPr="00012ED1" w:rsidRDefault="00012ED1" w:rsidP="00012ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73799323" w14:textId="77777777" w:rsidR="00012ED1" w:rsidRPr="00012ED1" w:rsidRDefault="00012ED1" w:rsidP="00012ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B6263C3" w14:textId="77777777" w:rsidR="00012ED1" w:rsidRPr="00012ED1" w:rsidRDefault="00012ED1" w:rsidP="00012ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="571099CA" w14:textId="77777777" w:rsidR="00012ED1" w:rsidRPr="00012ED1" w:rsidRDefault="00012ED1" w:rsidP="00012ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10BA6E17" w14:textId="77777777" w:rsidR="00CB24DC" w:rsidRDefault="00CB24DC" w:rsidP="00012ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB51ABF" w14:textId="77777777" w:rsidR="009317FE" w:rsidRDefault="009317FE" w:rsidP="00012ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C348D9A" w14:textId="34C942CB" w:rsidR="00012ED1" w:rsidRDefault="00012ED1" w:rsidP="00BD1370">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-      </w:r>
+        <w:t xml:space="preserve">Do you have </w:t>
+      </w:r>
+      <w:r w:rsidR="00D8433D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a child </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB24DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>attending school?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8433D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C22506" w14:textId="77777777" w:rsidR="00CB24DC" w:rsidRDefault="00CB24DC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BC2DD7E" w14:textId="77777777" w:rsidR="00CB24DC" w:rsidRDefault="00CB24DC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00946512">
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12975AA3" wp14:editId="537CD876">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>450215</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6181725" cy="1724025"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1582366123" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6181725" cy="1724025"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="09B85465" w14:textId="77777777" w:rsidR="00CB24DC" w:rsidRDefault="00CB24DC" w:rsidP="00CB24DC">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>If yes, please provide details</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="12975AA3" id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:435.55pt;margin-top:35.45pt;width:486.75pt;height:135.75pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx1eK5EQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkqY14hRdugwD&#10;ugvQ7QNkSY6FyaImKbGzrx8lu2l2wR6G6UEgReqQPCTXt0OnyVE6r8BUtJjllEjDQSizr+iXz7tX&#10;15T4wIxgGoys6El6ert5+WLd21LOoQUtpCMIYnzZ24q2IdgyyzxvZcf8DKw0aGzAdSyg6vaZcKxH&#10;9E5n8zy/ynpwwjrg0nt8vR+NdJPwm0by8LFpvAxEVxRzC+l26a7jnW3WrNw7ZlvFpzTYP2TRMWUw&#10;6BnqngVGDk79BtUp7sBDE2YcugyaRnGZasBqivyXah5bZmWqBcnx9kyT/3+w/MPx0X5yJAyvYcAG&#10;piK8fQD+1RMD25aZvbxzDvpWMoGBi0hZ1ltfTl8j1b70EaTu34PAJrNDgAQ0NK6LrGCdBNGxAacz&#10;6XIIhOPjVXFdrOZLSjjaUFrkqMQYrHz6bp0PbyV0JAoVddjVBM+ODz6Mrk8uMZoHrcROaZ0Ut6+3&#10;2pEjwwnYpTOh/+SmDekrerPE2H+HyNP5E0SnAo6yVl1Fr89OrIy8vTEiDVpgSo8yVqfNRGTkbmQx&#10;DPVAlKjoKgaIvNYgTsisg3FycdNQaMF9p6THqa2o/3ZgTlKi3xnszk2xWMQxT8piuZqj4i4t9aWF&#10;GY5QFQ2UjOI2pNWIDBi4wy42KvH7nMmUMk5j6tC0OXHcL/Xk9bzfmx8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCjMZVT3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHVoQtOE&#10;bCqEBIIbFARXN94mEfE62G4a/h5zguNoRjNvqs1sBjGR871lhKtFAoK4sbrnFuHt9f5yDcIHxVoN&#10;lgnhmzxs6tOTSpXaHvmFpm1oRSxhXyqELoSxlNI3HRnlF3Ykjt7eOqNClK6V2qljLDeDXCbJShrV&#10;c1zo1Eh3HTWf24NBWGeP04d/Sp/fm9V+KMJFPj18OcTzs/n2BkSgOfyF4Rc/okMdmXb2wNqLASEe&#10;CQh5UoCIbpGn1yB2CGm2zEDWlfzPX/8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8dXi&#10;uRECAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;ozGVU94AAAAHAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="09B85465" w14:textId="77777777" w:rsidR="00CB24DC" w:rsidRDefault="00CB24DC" w:rsidP="00CB24DC">
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>If yes, please provide details</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00AF5E90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes                No </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7562714E" w14:textId="77777777" w:rsidR="00946512" w:rsidRPr="00946512" w:rsidRDefault="00946512" w:rsidP="00946512">
-[...29 lines deleted...]
-    <w:p w14:paraId="3FF1D6EB" w14:textId="77777777" w:rsidR="00946512" w:rsidRPr="00946512" w:rsidRDefault="00946512" w:rsidP="00946512">
+    <w:p w14:paraId="7DB833AA" w14:textId="77777777" w:rsidR="00CB24DC" w:rsidRDefault="00CB24DC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E6305E1" w14:textId="77777777" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AA679E7" w14:textId="77777777" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BFAA6C3" w14:textId="77777777" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1464DCAF" w14:textId="77777777" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B99296E" w14:textId="77777777" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66C38773" w14:textId="77777777" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33FAAA0C" w14:textId="77777777" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="510BC1D2" w14:textId="77777777" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D0956EB" w14:textId="77777777" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CDF76C5" w14:textId="77777777" w:rsidR="004032C2" w:rsidRDefault="004032C2" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E4748D6" w14:textId="77777777" w:rsidR="004032C2" w:rsidRDefault="004032C2" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DEFA2F3" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C7197E" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0869AB71" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10940DC9" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58752709" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1472B6C7" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55FC9DDF" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E408247" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3555FD78" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="261672B3" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6111D50A" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E3121B6" w14:textId="77777777" w:rsidR="004032C2" w:rsidRDefault="004032C2" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E54BDF" w14:textId="3A969724" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="00E94FFE">
+      <w:pPr>
+        <w:ind w:left="-630" w:right="-900" w:firstLine="1350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Supporting information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08EA0728" w14:textId="5D3FF08D" w:rsidR="00E94FFE" w:rsidRDefault="00E94FFE" w:rsidP="004F0A4E">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53340D71" w14:textId="34472DEC" w:rsidR="00F41A03" w:rsidRDefault="00A2592D" w:rsidP="004F0A4E">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Please explain why you would like to become a volunteer panel member</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="003C41BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44A59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEBD55F" w14:textId="6F79A72C" w:rsidR="00A2592D" w:rsidRPr="00B44A59" w:rsidRDefault="00F41A03" w:rsidP="00BF2A8E">
+      <w:pPr>
+        <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00A535AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>what</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualities you have</w:t>
+      </w:r>
+      <w:r w:rsidR="009729B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>that you consider to be relevant to the role.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAE4BD9" w14:textId="66ECE880" w:rsidR="00CB24DC" w:rsidRPr="00CB24DC" w:rsidRDefault="00CB24DC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08A08EEA" w14:textId="29A05390" w:rsidR="00CB24DC" w:rsidRPr="00CB24DC" w:rsidRDefault="00EF2CF5" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A535AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="231205EA" wp14:editId="37D3F132">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>73025</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6257925" cy="7781925"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="838096509" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6257925" cy="7781925"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="66709478" w14:textId="3C2C311C" w:rsidR="00A535AC" w:rsidRDefault="00A535AC"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="231205EA" id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:441.55pt;margin-top:5.75pt;width:492.75pt;height:612.75pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2UrveEQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOGjEMfa/Uf4jyXgYQLDBiWG3ZUlXa&#10;XqRtPyBkMkzUTJw6gRn69XUysyy9qA9V8xDZsXNsH9vr264x7KTQa7AFn4zGnCkrodT2UPAvn3ev&#10;lpz5IGwpDFhV8LPy/Hbz8sW6dbmaQg2mVMgIxPq8dQWvQ3B5lnlZq0b4EThlyVgBNiKQioesRNES&#10;emOy6Xh8k7WApUOQynt6ve+NfJPwq0rJ8LGqvArMFJxyC+nGdO/jnW3WIj+gcLWWQxriH7JohLYU&#10;9AJ1L4JgR9S/QTVaIniowkhCk0FVaalSDVTNZPxLNY+1cCrVQuR4d6HJ/z9Y+eH06D4hC91r6KiB&#10;qQjvHkB+9czCthb2oO4Qoa2VKCnwJFKWtc7nw9dItc99BNm376GkJotjgATUVdhEVqhORujUgPOF&#10;dNUFJunxZjpfrKZzziTZFovlJCoxhsifvjv04a2ChkWh4EhdTfDi9OBD7/rkEqN5MLrcaWOSgof9&#10;1iA7CZqAXToD+k9uxrK24Ks5xf47xDidP0E0OtAoG90UfHlxEnnk7Y0t06AFoU0vU3XGDkRG7noW&#10;Q7fvmC4JIAaIvO6hPBOzCP3k0qaRUAN+56ylqS24/3YUqDgz7yx1ZzWZzeKYJ2U2X0xJwWvL/toi&#10;rCSoggfOenEb0mpEBizcURcrnfh9zmRImaYxdWjYnDju13ryet7vzQ8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQA3KSzZ3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhcEEu3sa0r&#10;TSeEBGI3GAiuWeO1FYlTkqwr/x5zgpv9nvX8vXIzOisGDLHzpGA6yUAg1d501Ch4e324zkHEpMlo&#10;6wkVfGOETXV+VurC+BO94LBLjeAQioVW0KbUF1LGukWn48T3SOwdfHA68RoaaYI+cbizcpZlS+l0&#10;R/yh1T3et1h/7o5OQX7zNHzE7fz5vV4e7DpdrYbHr6DU5cV4dwsi4Zj+juEXn9GhYqa9P5KJwirg&#10;IonV6QIEu+t8wcOehdl8lYGsSvm/QPUDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtlK7&#10;3hECAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;Nyks2d4AAAAIAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="66709478" w14:textId="3C2C311C" w:rsidR="00A535AC" w:rsidRDefault="00A535AC"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EFC48D" w14:textId="1A2EA03B" w:rsidR="00CB24DC" w:rsidRDefault="00CB24DC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67110C4F" w14:textId="77777777" w:rsidR="00A535AC" w:rsidRDefault="00A535AC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FE224A8" w14:textId="77777777" w:rsidR="00A535AC" w:rsidRDefault="00A535AC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F8ACD2" w14:textId="77777777" w:rsidR="00A535AC" w:rsidRDefault="00A535AC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55253310" w14:textId="1F89CEB8" w:rsidR="00A535AC" w:rsidRDefault="00A535AC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D40497" w14:textId="5072F983" w:rsidR="00A535AC" w:rsidRDefault="00A535AC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="498A59C9" w14:textId="4CDBE21E" w:rsidR="00A535AC" w:rsidRDefault="00A535AC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="210EB831" w14:textId="77777777" w:rsidR="00A535AC" w:rsidRDefault="00A535AC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ABD4F0A" w14:textId="77777777" w:rsidR="00A535AC" w:rsidRDefault="00A535AC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D8AF44D" w14:textId="406957F5" w:rsidR="00A535AC" w:rsidRDefault="00A535AC" w:rsidP="00CB24DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DC0DAA2" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22AF0933" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2759AA13" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E5D3ACC" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AAD1E2A" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40F671CF" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C550C37" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DF0C756" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F95BA0" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D102F9B" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46099FEF" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70D263F7" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E3CB2C3" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2141A700" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01334854" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B8C98F6" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53106437" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048FBF52" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60E347FE" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6297264A" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6B54DF" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E31DB4C" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0507A6DE" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3855E7" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AE2E99A" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C5B20B" w14:textId="77777777" w:rsidR="004B4718" w:rsidRPr="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43BA0ABE" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="175D9922" w14:textId="77777777" w:rsidR="004B4718" w:rsidRDefault="004B4718" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FDB23CF" w14:textId="5B07CE1B" w:rsidR="004B4718" w:rsidRDefault="00AA4771" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Interests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F85D34" w14:textId="77777777" w:rsidR="00F12E4E" w:rsidRDefault="00F12E4E" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E4708C" w14:textId="301A8D00" w:rsidR="00F12E4E" w:rsidRDefault="00F12E4E" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Please give details of any school in Sandwell which you have or have ever had a connection to no matter how long ago.</w:t>
+      </w:r>
+      <w:r w:rsidR="00703055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This may include but is not limited to children/grandchildren attending the school, </w:t>
+      </w:r>
+      <w:r w:rsidR="00045AA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>relative working at the school, being a governor at the school, working at the school in any capacity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B700EE" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="3485"/>
+        <w:gridCol w:w="3485"/>
+        <w:gridCol w:w="3486"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00946512" w:rsidRPr="00946512" w14:paraId="32C45D9D" w14:textId="77777777" w:rsidTr="00773AFE">
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="33721580" w14:textId="77777777" w:rsidTr="00EA7A8B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9016" w:type="dxa"/>
+            <w:tcW w:w="3485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BCEDF05" w14:textId="77777777" w:rsidR="00946512" w:rsidRPr="00946512" w:rsidRDefault="00946512" w:rsidP="00773AFE">
-[...49 lines deleted...]
-          <w:p w14:paraId="2C89851C" w14:textId="77777777" w:rsidR="00946512" w:rsidRPr="00946512" w:rsidRDefault="00946512" w:rsidP="00773AFE">
+          <w:p w14:paraId="4835FB1E" w14:textId="4C036B73" w:rsidR="00EA7A8B" w:rsidRPr="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="00EA7A8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>School</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59EF8377" w14:textId="734388C1" w:rsidR="00EA7A8B" w:rsidRPr="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Details of connection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="549356B4" w14:textId="398A0C1F" w:rsidR="00EA7A8B" w:rsidRPr="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="00EA7A8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Dates to and from</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="4C1310E6" w14:textId="77777777" w:rsidTr="00EA7A8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C6CD15" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1765B53C" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BEE4B44" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AAFAEBC" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CF36F8" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="287C8550" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="07E8D914" w14:textId="77777777" w:rsidTr="00EA7A8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8BACAA" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59F3FEAB" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74FA7DDC" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="127C2DCC" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F5ABFF" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD43B04" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="1019C08C" w14:textId="77777777" w:rsidTr="00EA7A8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="546D9CC8" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="731211E5" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F372410" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ADC98D4" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BDFB835" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AAB61F" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="72E0F475" w14:textId="77777777" w:rsidTr="00EA7A8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="072B1C5E" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49348A86" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="168D0D76" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46FC62F2" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6CBE92" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D7CD03" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="60A9820A" w14:textId="77777777" w:rsidTr="00EA7A8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CDFC36" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B9E045C" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36F930B1" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B0F1CD2" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD188EB" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7E7709" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="2D1B6F40" w14:textId="77777777" w:rsidTr="00EA7A8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DF9608" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FD25901" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6102C014" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7958DC14" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FFF2CF" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5612DFAA" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="46094C36" w14:textId="77777777" w:rsidTr="00EA7A8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2AEFE5" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04CF9530" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1713C122" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BDE118F" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1154874C" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D73B42" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="5B8693BA" w14:textId="77777777" w:rsidTr="00EA7A8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B09415" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CB9185E" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="201C9F9A" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06FA21C3" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44EDF8E7" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78727F32" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7A8B" w14:paraId="2EA75B9F" w14:textId="77777777" w:rsidTr="00EA7A8B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C921EEF" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BFCF5DF" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11298FFF" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17A5632E" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDA884B" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AB8201" w14:textId="77777777" w:rsidR="00EA7A8B" w:rsidRDefault="00EA7A8B" w:rsidP="004B4718">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C7D1D18" w14:textId="4D168022" w:rsidR="0080025E" w:rsidRDefault="0080025E" w:rsidP="0080025E">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="299F9A70" w14:textId="781B5DBB" w:rsidR="00EA7A8B" w:rsidRDefault="00606AB8" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Please give details of the schools in </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F739EF">
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74753E49" w14:textId="77777777" w:rsidR="00606AB8" w:rsidRDefault="00606AB8" w:rsidP="004B4718">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Sandwell</w:t>
-[...25 lines deleted...]
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4093916F" w14:textId="43CC072C" w:rsidR="00606AB8" w:rsidRDefault="00606AB8" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
-[...915 lines deleted...]
-    <w:p w14:paraId="111D0BED" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00777E04">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Please provide details of 2 referee’s who have known you for at least 1 year</w:t>
+      </w:r>
+      <w:r w:rsidR="007B022A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, who may be contacted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA70E24" w14:textId="77777777" w:rsidR="00925B58" w:rsidRDefault="00925B58" w:rsidP="004B4718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="5228"/>
+        <w:gridCol w:w="5228"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00777E04" w:rsidRPr="00946512" w14:paraId="3107A33D" w14:textId="77777777" w:rsidTr="00777E04">
+      <w:tr w:rsidR="007A64A6" w14:paraId="2320960E" w14:textId="77777777" w:rsidTr="007A64A6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9016" w:type="dxa"/>
+            <w:tcW w:w="5228" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="225F4184" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00777E04">
-[...59 lines deleted...]
-          <w:p w14:paraId="13AB6328" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00777E04">
+          <w:p w14:paraId="59FFB14E" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EF72E08" w14:textId="74CFAAFB" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BADBC61" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="7E83A343" w14:textId="77777777" w:rsidTr="007A64A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEF0BF1" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A64A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EF5803D" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FF4C63B" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34294F22" w14:textId="719BDDDD" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCDA019" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="78988D7A" w14:textId="77777777" w:rsidTr="007A64A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00DD93B3" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Postcode:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1B4CC9" w14:textId="43457A18" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015D6FD9" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="457D4DFA" w14:textId="77777777" w:rsidTr="007A64A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FDC75C" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Telephone number:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F7883A0" w14:textId="69618BB6" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5E4B59" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="2CAFFDC9" w14:textId="77777777" w:rsidTr="007A64A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6840A351" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Email address:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="732555F2" w14:textId="1931A20D" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5F14DB" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="29392991" w14:textId="77777777" w:rsidTr="007A64A6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCAC1BD" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>How does the person know you?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3853F946" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69E03D7E" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76A7D4F8" w14:textId="2AD31A9D" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA21CD7" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="004B4718">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D0E2D5C" w14:textId="77777777" w:rsidR="00946512" w:rsidRDefault="00946512" w:rsidP="00777E04">
-[...152 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="6B6AD9B7" w14:textId="77777777" w:rsidR="00925B58" w:rsidRDefault="00925B58" w:rsidP="004B4718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ED7BF5E" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="007A64A6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="5228"/>
+        <w:gridCol w:w="5228"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00777E04" w:rsidRPr="00946512" w14:paraId="31DB7C13" w14:textId="77777777" w:rsidTr="00777E04">
+      <w:tr w:rsidR="007A64A6" w14:paraId="2AB75CC8" w14:textId="77777777" w:rsidTr="003A06A9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9016" w:type="dxa"/>
+            <w:tcW w:w="5228" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CDA5790" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00777E04">
-[...74 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="2833BC15" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63C34C5D" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56558AB6" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="5C9D4077" w14:textId="77777777" w:rsidTr="003A06A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="576F3760" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A64A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60AC4C18" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CF015FA" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3187E8D2" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FB8154" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="73AF5F85" w14:textId="77777777" w:rsidTr="003A06A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BF03FA" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Postcode:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16085322" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5869F380" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="4E02A136" w14:textId="77777777" w:rsidTr="003A06A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F07258" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Telephone number:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="085F6BB8" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB42BD6" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="3D0776C8" w14:textId="77777777" w:rsidTr="003A06A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55EF60BE" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Email address:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B5F47D7" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7153F5BE" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A64A6" w14:paraId="17AAD3B7" w14:textId="77777777" w:rsidTr="003A06A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62649AC4" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>How does the person know you?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48922F50" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B2DEF4C" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C420B48" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRPr="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB78660" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="003A06A9">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C33A6C4" w14:textId="77777777" w:rsidR="00777E04" w:rsidRPr="00946512" w:rsidRDefault="00777E04" w:rsidP="00777E04">
-[...45 lines deleted...]
-          <w:bCs w:val="0"/>
+    <w:p w14:paraId="38D6EC4B" w14:textId="77777777" w:rsidR="007A64A6" w:rsidRDefault="007A64A6" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21815102" w14:textId="77777777" w:rsidR="007C2FD0" w:rsidRDefault="007C2FD0" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D56D8C" w14:textId="77777777" w:rsidR="007C2FD0" w:rsidRDefault="007C2FD0" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F186A2F" w14:textId="77777777" w:rsidR="007C2FD0" w:rsidRDefault="007C2FD0" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="411E3229" w14:textId="77777777" w:rsidR="007C2FD0" w:rsidRDefault="007C2FD0" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D681A32" w14:textId="15F20CE5" w:rsidR="007C2FD0" w:rsidRDefault="00DE4D40" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Declaration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9CE50B" w14:textId="77777777" w:rsidR="00DE4D40" w:rsidRDefault="00DE4D40" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3943341A" w14:textId="033B5ADF" w:rsidR="00DE4D40" w:rsidRDefault="00DE4D40" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="00553288">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00553288">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4D40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE4D40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>please insert name)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85CBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>confirm that I would like to become a volunteer panel member to consider school admission appeals</w:t>
+      </w:r>
+      <w:r w:rsidR="00553288">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00751F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I confirm that the information given is accurate</w:t>
+      </w:r>
+      <w:r w:rsidR="00553288">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001715C5" w:rsidRPr="00946512">
-[...2 lines deleted...]
-          <w:bCs w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="535CB1BA" w14:textId="77777777" w:rsidR="00553288" w:rsidRDefault="00553288" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7852BEF9" w14:textId="1126AC67" w:rsidR="00553288" w:rsidRDefault="00553288" w:rsidP="007A64A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signed …………………………….  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Please list below details of any positions you hold</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> on other bodies that demonstrate abilities that you consider may be useful as a member of the </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Date …………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-[...395 lines deleted...]
-    <w:p w14:paraId="0B09FF8B" w14:textId="77777777" w:rsidR="001715C5" w:rsidRPr="00946512" w:rsidRDefault="001715C5" w:rsidP="001715C5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7911B144" w14:textId="77777777" w:rsidR="00553288" w:rsidRDefault="00553288" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1121E0E5" w14:textId="7E0AFDB5" w:rsidR="00553288" w:rsidRDefault="00961FFA" w:rsidP="00553288">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...214 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...79 lines deleted...]
-      <w:r w:rsidRPr="00946512">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Confidentiality Agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F0DA60" w14:textId="77777777" w:rsidR="00961FFA" w:rsidRDefault="00961FFA" w:rsidP="00553288">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00946512">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0544512F" w14:textId="5CCC7B9C" w:rsidR="00961FFA" w:rsidRDefault="009D5B45" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>You will be exposed to personal and sensitive information for the purp</w:t>
+      </w:r>
+      <w:r w:rsidR="009922BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ose of considering school admission appeals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071C74B2" w14:textId="77777777" w:rsidR="008E746A" w:rsidRDefault="008E746A" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6576B20E" w14:textId="7D1D4389" w:rsidR="008E746A" w:rsidRDefault="008E746A" w:rsidP="008E746A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I …………………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4D40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(please insert name)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confirm that I will not share any information outside of the hearing and that upon completion of any hearing that I take part in, I will </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD41B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>securely discard of the documentation or return them to the clerk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CF13EE" w14:textId="77777777" w:rsidR="008E746A" w:rsidRDefault="008E746A" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D54E64A" w14:textId="77777777" w:rsidR="00BD41B7" w:rsidRDefault="00BD41B7" w:rsidP="00BD41B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signed …………………………….  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Date ……………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D09D59E" w14:textId="77777777" w:rsidR="00BD41B7" w:rsidRDefault="00BD41B7" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63642CCC" w14:textId="77777777" w:rsidR="00B958DD" w:rsidRPr="00B958DD" w:rsidRDefault="00B958DD" w:rsidP="00B958DD">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B958DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>General Data Protection Regulations (GDPR) Consent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FDD9F93" w14:textId="77777777" w:rsidR="00715EB1" w:rsidRDefault="00715EB1" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D3E81BE" w14:textId="52B81060" w:rsidR="00B958DD" w:rsidRDefault="00B958DD" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sandwell Council is obliged to comply with the requirements of GDPR</w:t>
+      </w:r>
+      <w:r w:rsidR="0058793E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and must obtain your consent to store and use your da</w:t>
+      </w:r>
+      <w:r w:rsidR="00705B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ta for the intend purpose of administering the school admission appeals process.</w:t>
+      </w:r>
+      <w:r w:rsidR="004021DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A001C8" w14:textId="77777777" w:rsidR="004021DB" w:rsidRDefault="004021DB" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76400324" w14:textId="7FA0B7AB" w:rsidR="004021DB" w:rsidRDefault="004021DB" w:rsidP="004021DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I …………………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4D40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(please insert name)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confirm that I give consent to my </w:t>
+      </w:r>
+      <w:r w:rsidR="00853975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personal data being stored and utilised </w:t>
+      </w:r>
+      <w:r w:rsidR="00887A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>by the School Appeals Team for the purpose of administering school admission appeals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="181AD716" w14:textId="77777777" w:rsidR="004021DB" w:rsidRDefault="004021DB" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="621AC5BE" w14:textId="77777777" w:rsidR="00AE06F6" w:rsidRDefault="00AE06F6" w:rsidP="00AE06F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signed …………………………….  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  </w:t>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">   ______________________________________</w:t>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">   ______________________________________</w:t>
-[...1309 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+        <w:t>Date ……………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019F94C4" w14:textId="77777777" w:rsidR="00AE06F6" w:rsidRPr="00B958DD" w:rsidRDefault="00AE06F6" w:rsidP="00553288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AE06F6" w:rsidRPr="00B958DD" w:rsidSect="000E06B4">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="907" w:footer="706" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A7320F6" w14:textId="77777777" w:rsidR="009626F3" w:rsidRDefault="009626F3" w:rsidP="009626F3">
+    <w:p w14:paraId="02DC796A" w14:textId="77777777" w:rsidR="008C26DD" w:rsidRDefault="008C26DD" w:rsidP="006E5559">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FB1652C" w14:textId="77777777" w:rsidR="009626F3" w:rsidRDefault="009626F3" w:rsidP="009626F3">
+    <w:p w14:paraId="7B9ED430" w14:textId="77777777" w:rsidR="008C26DD" w:rsidRDefault="008C26DD" w:rsidP="006E5559">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings 2">
-[...28 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1242014361"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:p w14:paraId="09C3E6D7" w14:textId="6E700856" w:rsidR="00BF4DF8" w:rsidRDefault="00BF4DF8">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText>PAGE</w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText>NUMPAGES</w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="4DA67923" w14:textId="77777777" w:rsidR="00BF4DF8" w:rsidRDefault="00BF4DF8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78DC4A98" w14:textId="77777777" w:rsidR="009626F3" w:rsidRDefault="009626F3" w:rsidP="009626F3">
+    <w:p w14:paraId="20220227" w14:textId="77777777" w:rsidR="008C26DD" w:rsidRDefault="008C26DD" w:rsidP="006E5559">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02D15656" w14:textId="77777777" w:rsidR="009626F3" w:rsidRDefault="009626F3" w:rsidP="009626F3">
+    <w:p w14:paraId="08E1F7E3" w14:textId="77777777" w:rsidR="008C26DD" w:rsidRDefault="008C26DD" w:rsidP="006E5559">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="7321CC47" w14:textId="77777777" w:rsidR="009626F3" w:rsidRDefault="00946512" w:rsidP="009626F3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="38B17C83" w14:textId="26619896" w:rsidR="006E5559" w:rsidRDefault="006E5559">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38DC73B8" wp14:editId="7C5025D2">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B5A97A7" wp14:editId="3E31094D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>-563910</wp:posOffset>
+            <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>95442</wp:posOffset>
+            <wp:align>top</wp:align>
           </wp:positionV>
-          <wp:extent cx="2305050" cy="1009650"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="2070100" cy="906145"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="8255"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="26" name="Picture 26"/>
+          <wp:docPr id="26" name="Picture 26" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="Sandwell logo.jpg"/>
+                  <pic:cNvPr id="26" name="Picture 26" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2305050" cy="1009650"/>
+                    <a:ext cx="2070100" cy="906145"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...55 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w14:paraId="184FA269" w14:textId="77777777" w:rsidR="006E5559" w:rsidRDefault="006E5559">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0C6526EB"/>
+    <w:nsid w:val="22334688"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7B4EC832"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="D7C4FBD6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="-360" w:hanging="360"/>
-[...88 lines deleted...]
-      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
-[...224 lines deleted...]
-        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -5755,183 +6248,314 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76381254"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="487C4B50"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1561592825">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="677390808">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:gutterAtTop/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009626F3"/>
-[...35 lines deleted...]
-    <w:rsid w:val="00F739EF"/>
+    <w:rsidRoot w:val="006E5559"/>
+    <w:rsid w:val="000056CC"/>
+    <w:rsid w:val="00012ED1"/>
+    <w:rsid w:val="00045AA1"/>
+    <w:rsid w:val="00071007"/>
+    <w:rsid w:val="000A01F5"/>
+    <w:rsid w:val="000E06B4"/>
+    <w:rsid w:val="000F6A6E"/>
+    <w:rsid w:val="00227305"/>
+    <w:rsid w:val="00242CB3"/>
+    <w:rsid w:val="002D5F8F"/>
+    <w:rsid w:val="003103C0"/>
+    <w:rsid w:val="003A06A9"/>
+    <w:rsid w:val="003B75D8"/>
+    <w:rsid w:val="003C41BC"/>
+    <w:rsid w:val="004021DB"/>
+    <w:rsid w:val="004032C2"/>
+    <w:rsid w:val="004B4718"/>
+    <w:rsid w:val="004D50B1"/>
+    <w:rsid w:val="004F0A4E"/>
+    <w:rsid w:val="0052585C"/>
+    <w:rsid w:val="00530C9C"/>
+    <w:rsid w:val="00547012"/>
+    <w:rsid w:val="00553288"/>
+    <w:rsid w:val="0058793E"/>
+    <w:rsid w:val="005A331A"/>
+    <w:rsid w:val="005A33A5"/>
+    <w:rsid w:val="005B7484"/>
+    <w:rsid w:val="00606AB8"/>
+    <w:rsid w:val="006E5559"/>
+    <w:rsid w:val="00703055"/>
+    <w:rsid w:val="007032D2"/>
+    <w:rsid w:val="00705B68"/>
+    <w:rsid w:val="007076AF"/>
+    <w:rsid w:val="00715EB1"/>
+    <w:rsid w:val="007314B0"/>
+    <w:rsid w:val="00751F69"/>
+    <w:rsid w:val="00763A30"/>
+    <w:rsid w:val="0077235A"/>
+    <w:rsid w:val="007A64A6"/>
+    <w:rsid w:val="007B022A"/>
+    <w:rsid w:val="007C2FD0"/>
+    <w:rsid w:val="00853975"/>
+    <w:rsid w:val="00877731"/>
+    <w:rsid w:val="00887A9E"/>
+    <w:rsid w:val="008C26DD"/>
+    <w:rsid w:val="008E746A"/>
+    <w:rsid w:val="00925B58"/>
+    <w:rsid w:val="009317FE"/>
+    <w:rsid w:val="00961FFA"/>
+    <w:rsid w:val="009729B5"/>
+    <w:rsid w:val="009922BD"/>
+    <w:rsid w:val="009D5B45"/>
+    <w:rsid w:val="009E6A10"/>
+    <w:rsid w:val="00A2592D"/>
+    <w:rsid w:val="00A429F8"/>
+    <w:rsid w:val="00A535AC"/>
+    <w:rsid w:val="00A85CBE"/>
+    <w:rsid w:val="00AA4771"/>
+    <w:rsid w:val="00AB4966"/>
+    <w:rsid w:val="00AE06F6"/>
+    <w:rsid w:val="00AF5E90"/>
+    <w:rsid w:val="00B03654"/>
+    <w:rsid w:val="00B04476"/>
+    <w:rsid w:val="00B44A59"/>
+    <w:rsid w:val="00B81854"/>
+    <w:rsid w:val="00B958DD"/>
+    <w:rsid w:val="00BD1370"/>
+    <w:rsid w:val="00BD41B7"/>
+    <w:rsid w:val="00BF2A8E"/>
+    <w:rsid w:val="00BF4DF8"/>
+    <w:rsid w:val="00C438D8"/>
+    <w:rsid w:val="00CB24DC"/>
+    <w:rsid w:val="00CB595A"/>
+    <w:rsid w:val="00CC124B"/>
+    <w:rsid w:val="00D8433D"/>
+    <w:rsid w:val="00DC2C49"/>
+    <w:rsid w:val="00DD4668"/>
+    <w:rsid w:val="00DE4D40"/>
+    <w:rsid w:val="00E41F0A"/>
+    <w:rsid w:val="00E94FFE"/>
+    <w:rsid w:val="00EA7A8B"/>
+    <w:rsid w:val="00EF2CF5"/>
+    <w:rsid w:val="00F12E4E"/>
+    <w:rsid w:val="00F41A03"/>
+    <w:rsid w:val="00F913D9"/>
+    <w:rsid w:val="00FD102D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="22E70943"/>
+  <w14:docId w14:val="58684553"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{CDB7D5B5-6686-475D-8BFF-DB8D2A224BFC}"/>
+  <w15:docId w15:val="{C35BC06F-B72B-4C66-8307-815C1DFA5910}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5944,69 +6568,69 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6262,652 +6886,872 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009626F3"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="001715C5"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001715C5"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:sz w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001715C5"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="28"/>
-      <w:u w:val="single"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001715C5"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:sz w:val="28"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001715C5"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
       <w:keepNext/>
-      <w:ind w:left="720"/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:sz w:val="28"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="009626F3"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
-    <w:rsid w:val="009626F3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="006E5559"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
-    <w:name w:val="Body Text 2"/>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyText2Char"/>
-    <w:rsid w:val="009626F3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5559"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-[...12 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009626F3"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009626F3"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="006E5559"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009626F3"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009626F3"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="006E5559"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00CD7F79"/>
+    <w:rsid w:val="006E5559"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-[...223 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -7014,90 +7858,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>892</Words>
-  <Characters>5088</Characters>
+  <Words>528</Words>
+  <Characters>2717</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>11</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>371</Lines>
+  <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Sandwell Metropolitan Borough Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5969</CharactersWithSpaces>
+  <CharactersWithSpaces>3386</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Andrew Grant</dc:creator>
+  <dc:creator>Vicki2 White</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>